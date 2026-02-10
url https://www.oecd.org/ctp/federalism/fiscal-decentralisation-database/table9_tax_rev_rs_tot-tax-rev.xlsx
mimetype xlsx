--- v0 (2026-01-14)
+++ v1 (2026-02-10)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\main.oecd.org\horizontal\GLOBAL REVENUE STATISTICS\Fiscal network database\2025\to be uploaded 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://oecd-my.sharepoint.com/personal/nicolas_miranda_oecd_org/Documents/Desktop/FDD_NM/2026/to_be_uploaded_2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{25E315FA-0CC1-4598-9B71-B3B66A2098C6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="18" documentId="8_{220C7AA4-92FA-44CA-B0DE-B26895FE8C88}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B19AA4E5-0570-4DBC-9E75-BF29F5DE943A}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-24120" yWindow="-120" windowWidth="24240" windowHeight="13020" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="tax_rev" sheetId="1" r:id="rId1"/>
     <sheet name="tot_tax_rev" sheetId="2" r:id="rId2"/>
     <sheet name="tax_rev_%_total" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C90" i="3" l="1"/>
   <c r="C42" i="2"/>
   <c r="C89" i="3"/>
   <c r="C41" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3536" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3538" uniqueCount="87">
   <si>
     <t>Tax revenue, national currency in millions at current prices</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Central</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Local</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
@@ -170,50 +170,53 @@
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t xml:space="preserve">Source: </t>
   </si>
   <si>
     <t>Total general government tax revenue, National currency in millions at current prices</t>
   </si>
   <si>
+    <t>Table 9    Tax revenue as percentage of total general government tax revenue</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Notes:</t>
   </si>
   <si>
     <t>AUS</t>
   </si>
   <si>
     <t>AUT</t>
   </si>
   <si>
     <t>BEL</t>
   </si>
   <si>
     <t>CAN</t>
   </si>
   <si>
     <t>CHE</t>
   </si>
   <si>
     <t>CHL</t>
   </si>
   <si>
     <t>COL</t>
@@ -290,63 +293,60 @@
   <si>
     <t>NZL</t>
   </si>
   <si>
     <t>POL</t>
   </si>
   <si>
     <t>PRT</t>
   </si>
   <si>
     <t>SVK</t>
   </si>
   <si>
     <t>SVN</t>
   </si>
   <si>
     <t>SWE</t>
   </si>
   <si>
     <t>TUR</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
-    <t>Preliminary data for 2023 were not available for Australia and Japan at the time this database was updated (December 2024).</t>
-[...4 lines deleted...]
-  <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>Czechia</t>
   </si>
   <si>
-    <t>Table 9  Tax revenue as percentage of total general government tax revenue</t>
+    <t>Preliminary data for 2024 were not available for Australia and Japan at the time this database was updated (December 2025).</t>
+  </si>
+  <si>
+    <t>OECD (2025), Revenue Statistics 2025, OECD Publishing, Paris, https://doi.org/10.1787/2522770x.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -753,68 +753,68 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:BJ90"/>
+  <dimension ref="A1:BK90"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="3" ySplit="2" topLeftCell="D3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5.140625" style="22" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="62" width="12.140625" customWidth="1"/>
+    <col min="1" max="1" width="5.1796875" style="22" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.81640625" style="27" customWidth="1"/>
+    <col min="3" max="3" width="9.54296875" customWidth="1"/>
+    <col min="4" max="63" width="12.1796875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:62" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:63" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B1" s="23" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="17"/>
       <c r="G1" s="17"/>
       <c r="H1" s="17"/>
       <c r="I1" s="17"/>
       <c r="J1" s="17"/>
       <c r="K1" s="17"/>
       <c r="L1" s="17"/>
       <c r="M1" s="17"/>
       <c r="N1" s="17"/>
       <c r="O1" s="17"/>
       <c r="P1" s="17"/>
       <c r="Q1" s="17"/>
       <c r="R1" s="17"/>
       <c r="S1" s="17"/>
       <c r="T1" s="17"/>
       <c r="U1" s="17"/>
       <c r="V1" s="17"/>
       <c r="W1" s="17"/>
       <c r="X1" s="17"/>
@@ -834,52 +834,53 @@
       <c r="AL1" s="17"/>
       <c r="AM1" s="17"/>
       <c r="AN1" s="17"/>
       <c r="AO1" s="17"/>
       <c r="AP1" s="17"/>
       <c r="AQ1" s="17"/>
       <c r="AR1" s="17"/>
       <c r="AS1" s="17"/>
       <c r="AT1" s="17"/>
       <c r="AU1" s="17"/>
       <c r="AV1" s="17"/>
       <c r="AW1" s="17"/>
       <c r="AX1" s="17"/>
       <c r="AY1" s="17"/>
       <c r="AZ1" s="17"/>
       <c r="BA1" s="17"/>
       <c r="BB1" s="17"/>
       <c r="BC1" s="17"/>
       <c r="BD1" s="17"/>
       <c r="BE1" s="17"/>
       <c r="BF1" s="17"/>
       <c r="BG1" s="17"/>
       <c r="BH1" s="17"/>
       <c r="BI1" s="17"/>
       <c r="BJ1" s="17"/>
+      <c r="BK1" s="17"/>
     </row>
-    <row r="2" spans="1:62" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:63" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B2" s="24"/>
       <c r="C2" s="1"/>
       <c r="D2" s="2">
         <v>1965</v>
       </c>
       <c r="E2" s="2">
         <v>1966</v>
       </c>
       <c r="F2" s="2">
         <v>1967</v>
       </c>
       <c r="G2" s="2">
         <v>1968</v>
       </c>
       <c r="H2" s="2">
         <v>1969</v>
       </c>
       <c r="I2" s="2">
         <v>1970</v>
       </c>
       <c r="J2" s="2">
         <v>1971</v>
       </c>
       <c r="K2" s="2">
         <v>1972</v>
@@ -1015,54 +1016,57 @@
       </c>
       <c r="BC2" s="2">
         <v>2016</v>
       </c>
       <c r="BD2" s="2">
         <v>2017</v>
       </c>
       <c r="BE2" s="2">
         <v>2018</v>
       </c>
       <c r="BF2" s="2">
         <v>2019</v>
       </c>
       <c r="BG2" s="2">
         <v>2020</v>
       </c>
       <c r="BH2" s="2">
         <v>2021</v>
       </c>
       <c r="BI2" s="2">
         <v>2022</v>
       </c>
       <c r="BJ2" s="2">
         <v>2023</v>
       </c>
+      <c r="BK2" s="2">
+        <v>2024</v>
+      </c>
     </row>
-    <row r="3" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A3" s="22" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B3" s="25" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>3</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>3</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>3</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>3</v>
       </c>
@@ -1171,86 +1175,89 @@
       <c r="AR3" s="5">
         <v>244788</v>
       </c>
       <c r="AS3" s="5">
         <v>260072</v>
       </c>
       <c r="AT3" s="5">
         <v>283474</v>
       </c>
       <c r="AU3" s="5">
         <v>275446</v>
       </c>
       <c r="AV3" s="5">
         <v>264814</v>
       </c>
       <c r="AW3" s="5">
         <v>285935</v>
       </c>
       <c r="AX3" s="5">
         <v>313657</v>
       </c>
       <c r="AY3" s="5">
         <v>334370</v>
       </c>
       <c r="AZ3" s="5">
-        <v>347867.27940731996</v>
+        <v>347867.27899999998</v>
       </c>
       <c r="BA3" s="5">
         <v>351596</v>
       </c>
       <c r="BB3" s="5">
         <v>365485</v>
       </c>
       <c r="BC3" s="5">
         <v>384863</v>
       </c>
       <c r="BD3" s="5">
         <v>423707</v>
       </c>
       <c r="BE3" s="5">
         <v>451935</v>
       </c>
       <c r="BF3" s="5">
-        <v>443807.93418918003</v>
+        <v>443808</v>
       </c>
       <c r="BG3" s="5">
-        <v>477010.73732526996</v>
+        <v>477006</v>
       </c>
       <c r="BH3" s="5">
-        <v>546928.80648615002</v>
+        <v>547111</v>
       </c>
       <c r="BI3" s="5">
-        <v>614495</v>
-[...1 lines deleted...]
-      <c r="BJ3" s="5" t="s">
+        <v>613849</v>
+      </c>
+      <c r="BJ3" s="5">
+        <v>644727</v>
+      </c>
+      <c r="BK3" s="5" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A4" s="22" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B4" s="25" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>3</v>
       </c>
@@ -1362,83 +1369,86 @@
       <c r="AS4" s="4">
         <v>49221</v>
       </c>
       <c r="AT4" s="4">
         <v>53159</v>
       </c>
       <c r="AU4" s="4">
         <v>50750</v>
       </c>
       <c r="AV4" s="4">
         <v>54825</v>
       </c>
       <c r="AW4" s="4">
         <v>58363</v>
       </c>
       <c r="AX4" s="4">
         <v>59975</v>
       </c>
       <c r="AY4" s="4">
         <v>63689</v>
       </c>
       <c r="AZ4" s="4">
         <v>68463</v>
       </c>
       <c r="BA4" s="4">
-        <v>73740</v>
+        <v>73739</v>
       </c>
       <c r="BB4" s="4">
         <v>78624</v>
       </c>
       <c r="BC4" s="4">
         <v>81758</v>
       </c>
       <c r="BD4" s="4">
         <v>84217</v>
       </c>
       <c r="BE4" s="4">
         <v>86312</v>
       </c>
       <c r="BF4" s="4">
         <v>85492</v>
       </c>
       <c r="BG4" s="4">
-        <v>93040</v>
+        <v>93041</v>
       </c>
       <c r="BH4" s="4">
-        <v>112445</v>
+        <v>112506</v>
       </c>
       <c r="BI4" s="4">
-        <v>116876</v>
-[...1 lines deleted...]
-      <c r="BJ4" s="4" t="s">
+        <v>116938</v>
+      </c>
+      <c r="BJ4" s="4">
+        <v>130482</v>
+      </c>
+      <c r="BK4" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A5" s="22" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B5" s="25" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I5" s="4" t="s">
         <v>3</v>
       </c>
@@ -1574,623 +1584,635 @@
       <c r="BA5" s="4">
         <v>15779</v>
       </c>
       <c r="BB5" s="4">
         <v>16620</v>
       </c>
       <c r="BC5" s="4">
         <v>17399</v>
       </c>
       <c r="BD5" s="4">
         <v>18083</v>
       </c>
       <c r="BE5" s="4">
         <v>18904</v>
       </c>
       <c r="BF5" s="4">
         <v>19578</v>
       </c>
       <c r="BG5" s="4">
         <v>20089</v>
       </c>
       <c r="BH5" s="4">
         <v>20888</v>
       </c>
       <c r="BI5" s="4">
-        <v>21822</v>
-[...1 lines deleted...]
-      <c r="BJ5" s="4" t="s">
+        <v>21824</v>
+      </c>
+      <c r="BJ5" s="4">
+        <v>23100</v>
+      </c>
+      <c r="BK5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A6" s="22" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B6" s="25" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="4">
-        <v>11381.728596033599</v>
+        <v>11381.727999999999</v>
       </c>
       <c r="M6" s="4">
-        <v>13185.322994411499</v>
+        <v>13185.323</v>
       </c>
       <c r="N6" s="4">
-        <v>14188.4261244305</v>
+        <v>14188.425999999999</v>
       </c>
       <c r="O6" s="4">
-        <v>15631.8539566728</v>
+        <v>15631.854000000001</v>
       </c>
       <c r="P6" s="4">
-        <v>17580.503332049702</v>
+        <v>17580.503000000001</v>
       </c>
       <c r="Q6" s="4">
-        <v>19911.9205249882</v>
+        <v>19911.920999999998</v>
       </c>
       <c r="R6" s="4">
-        <v>21551.928373654402</v>
+        <v>21551.928</v>
       </c>
       <c r="S6" s="4">
-        <v>23432.047266411799</v>
+        <v>23432.047000000002</v>
       </c>
       <c r="T6" s="4">
-        <v>25602.348786000599</v>
+        <v>25602.348999999998</v>
       </c>
       <c r="U6" s="4">
-        <v>26709.446741713004</v>
+        <v>26709.446999999996</v>
       </c>
       <c r="V6" s="4">
-        <v>28245.0964005141</v>
+        <v>28245.097000000002</v>
       </c>
       <c r="W6" s="4">
-        <v>31021.925394069</v>
+        <v>31021.925000000003</v>
       </c>
       <c r="X6" s="4">
-        <v>32132.875009993</v>
+        <v>32132.875</v>
       </c>
       <c r="Y6" s="4">
-        <v>33675.646606542003</v>
+        <v>33675.646000000001</v>
       </c>
       <c r="Z6" s="4">
-        <v>34722.135418558995</v>
+        <v>34722.135999999999</v>
       </c>
       <c r="AA6" s="4">
-        <v>37592.058312681998</v>
+        <v>37592.057999999997</v>
       </c>
       <c r="AB6" s="4">
-        <v>39154.378901623</v>
+        <v>39154.379000000001</v>
       </c>
       <c r="AC6" s="4">
-        <v>42222.407941687998</v>
+        <v>42275.458999999995</v>
       </c>
       <c r="AD6" s="4">
-        <v>45662.812584028004</v>
+        <v>45706.706999999995</v>
       </c>
       <c r="AE6" s="4">
-        <v>50375.573206979992</v>
+        <v>50420.34</v>
       </c>
       <c r="AF6" s="4">
-        <v>52923.046735898999</v>
+        <v>52977.987000000001</v>
       </c>
       <c r="AG6" s="4">
-        <v>55311.076066655005</v>
+        <v>55395.958000000006</v>
       </c>
       <c r="AH6" s="4">
-        <v>68296.623640678008</v>
+        <v>68276.264999999999</v>
       </c>
       <c r="AI6" s="4">
-        <v>73057.350302011007</v>
+        <v>73052.674999999988</v>
       </c>
       <c r="AJ6" s="4">
-        <v>77104.658208387002</v>
+        <v>77091.990000000005</v>
       </c>
       <c r="AK6" s="4">
-        <v>80247.061176155999</v>
+        <v>80220.460999999996</v>
       </c>
       <c r="AL6" s="4">
-        <v>82731.073171691009</v>
+        <v>82684.996999999988</v>
       </c>
       <c r="AM6" s="4">
-        <v>85287.980073411003</v>
+        <v>85256.238999999987</v>
       </c>
       <c r="AN6" s="4">
-        <v>91949.828567395001</v>
+        <v>91933.53</v>
       </c>
       <c r="AO6" s="4">
-        <v>91938.989339070002</v>
+        <v>91945.865999999995</v>
       </c>
       <c r="AP6" s="4">
-        <v>93342.063006006007</v>
+        <v>93373.762000000002</v>
       </c>
       <c r="AQ6" s="4">
-        <v>96592.633971234012</v>
+        <v>96519.448999999993</v>
       </c>
       <c r="AR6" s="4">
-        <v>98943.650350067997</v>
+        <v>98845.482000000004</v>
       </c>
       <c r="AS6" s="4">
-        <v>102741.11175149299</v>
+        <v>102650.12999999999</v>
       </c>
       <c r="AT6" s="4">
-        <v>109395.292935255</v>
+        <v>109518.837</v>
       </c>
       <c r="AU6" s="4">
-        <v>115602.48188917499</v>
+        <v>115601.057</v>
       </c>
       <c r="AV6" s="4">
-        <v>112093.895029929</v>
+        <v>112140.70699999999</v>
       </c>
       <c r="AW6" s="4">
-        <v>115053.72912920499</v>
+        <v>115217.19899999999</v>
       </c>
       <c r="AX6" s="4">
-        <v>121111.08508116899</v>
+        <v>121287.00499999999</v>
       </c>
       <c r="AY6" s="4">
-        <v>126476.550114404</v>
+        <v>126759.14499999999</v>
       </c>
       <c r="AZ6" s="4">
-        <v>131267.413369816</v>
+        <v>131713.364</v>
       </c>
       <c r="BA6" s="4">
-        <v>135245.69022514499</v>
+        <v>135906.535</v>
       </c>
       <c r="BB6" s="4">
-        <v>141163.475243553</v>
+        <v>142008.49</v>
       </c>
       <c r="BC6" s="4">
-        <v>141743.734391932</v>
+        <v>142683.52000000002</v>
       </c>
       <c r="BD6" s="4">
-        <v>146844.84667050198</v>
+        <v>147588.978</v>
       </c>
       <c r="BE6" s="4">
-        <v>153642.34089977801</v>
+        <v>154314.261</v>
       </c>
       <c r="BF6" s="4">
-        <v>159764.356916569</v>
+        <v>160318.23199999999</v>
       </c>
       <c r="BG6" s="4">
-        <v>151186.66527289202</v>
+        <v>151990.82999999999</v>
       </c>
       <c r="BH6" s="4">
-        <v>166169.87021507201</v>
+        <v>167146.84900000002</v>
       </c>
       <c r="BI6" s="4">
-        <v>182582.64472278897</v>
+        <v>182485.73900000003</v>
       </c>
       <c r="BJ6" s="4">
-        <v>192530.18373101501</v>
+        <v>192547.61000000002</v>
+      </c>
+      <c r="BK6" s="4">
+        <v>202954.19099999999</v>
       </c>
     </row>
-    <row r="7" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A7" s="22" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B7" s="25" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L7" s="4">
-        <v>1524.7487336759</v>
+        <v>1524.7489999999998</v>
       </c>
       <c r="M7" s="4">
-        <v>1843.0557473311001</v>
+        <v>1843.056</v>
       </c>
       <c r="N7" s="4">
-        <v>1955.0445847838</v>
+        <v>1955.0449999999998</v>
       </c>
       <c r="O7" s="4">
-        <v>2183.1646112367002</v>
+        <v>2183.165</v>
       </c>
       <c r="P7" s="4">
-        <v>2374.8028749372997</v>
+        <v>2374.8029999999999</v>
       </c>
       <c r="Q7" s="4">
-        <v>2584.7546928482998</v>
+        <v>2584.7550000000001</v>
       </c>
       <c r="R7" s="4">
-        <v>2773.9220801872002</v>
+        <v>2773.922</v>
       </c>
       <c r="S7" s="4">
-        <v>3017.8847844887</v>
+        <v>3017.8850000000002</v>
       </c>
       <c r="T7" s="4">
-        <v>3346.8747047665997</v>
+        <v>3346.875</v>
       </c>
       <c r="U7" s="4">
-        <v>3480.0113369621004</v>
+        <v>3480.011</v>
       </c>
       <c r="V7" s="4">
-        <v>3678.4081742404001</v>
+        <v>3678.4079999999999</v>
       </c>
       <c r="W7" s="4">
-        <v>4063.5741953300003</v>
+        <v>4063.5740000000001</v>
       </c>
       <c r="X7" s="4">
-        <v>5537.5972907567002</v>
+        <v>5537.5969999999998</v>
       </c>
       <c r="Y7" s="4">
-        <v>5873.5638031148001</v>
+        <v>5873.5640000000003</v>
       </c>
       <c r="Z7" s="4">
-        <v>6010.043385682</v>
+        <v>6010.0429999999997</v>
       </c>
       <c r="AA7" s="4">
-        <v>5053.2328510279995</v>
+        <v>5053.2329999999993</v>
       </c>
       <c r="AB7" s="4">
-        <v>5187.8956127410001</v>
+        <v>5187.8960000000006</v>
       </c>
       <c r="AC7" s="4">
-        <v>5760.7755644862</v>
+        <v>5760.7759999999998</v>
       </c>
       <c r="AD7" s="4">
-        <v>6334.8909544122998</v>
+        <v>6334.8909999999996</v>
       </c>
       <c r="AE7" s="4">
-        <v>6773.2534901129002</v>
+        <v>6773.2530000000006</v>
       </c>
       <c r="AF7" s="4">
-        <v>6895.3438515149001</v>
+        <v>6895.3440000000001</v>
       </c>
       <c r="AG7" s="4">
-        <v>7376.5106865402995</v>
+        <v>7376.5109999999995</v>
       </c>
       <c r="AH7" s="4">
-        <v>1293.5431499989002</v>
+        <v>1293.5430000000001</v>
       </c>
       <c r="AI7" s="4">
-        <v>1326.1906463898999</v>
+        <v>1326.1909999999998</v>
       </c>
       <c r="AJ7" s="4">
-        <v>1346.3368233166</v>
+        <v>1346.337</v>
       </c>
       <c r="AK7" s="4">
-        <v>1444.8399008863998</v>
+        <v>1444.84</v>
       </c>
       <c r="AL7" s="4">
-        <v>1472.0080610015</v>
+        <v>1472.008</v>
       </c>
       <c r="AM7" s="4">
-        <v>1446.6484799738998</v>
+        <v>1446.6479999999999</v>
       </c>
       <c r="AN7" s="4">
-        <v>1461.1519868319001</v>
+        <v>1461.152</v>
       </c>
       <c r="AO7" s="4">
-        <v>1510.9481755205002</v>
+        <v>1510.9479999999999</v>
       </c>
       <c r="AP7" s="4">
-        <v>1565.2713435523999</v>
+        <v>1565.2710000000002</v>
       </c>
       <c r="AQ7" s="4">
-        <v>1587.6809741015002</v>
+        <v>1587.6809999999998</v>
       </c>
       <c r="AR7" s="4">
-        <v>1637.5917242877001</v>
+        <v>1637.5919999999999</v>
       </c>
       <c r="AS7" s="4">
-        <v>1703.2498505914</v>
+        <v>1703.25</v>
       </c>
       <c r="AT7" s="4">
-        <v>1788.3411245025</v>
+        <v>1788.3409999999999</v>
       </c>
       <c r="AU7" s="4">
-        <v>1890.4322481450999</v>
+        <v>1890.4319999999998</v>
       </c>
       <c r="AV7" s="4">
-        <v>1914.4882279284</v>
+        <v>1914.4880000000001</v>
       </c>
       <c r="AW7" s="4">
-        <v>1975.0618137585002</v>
+        <v>1975.0620000000001</v>
       </c>
       <c r="AX7" s="4">
-        <v>2019.3959794544</v>
+        <v>2019.396</v>
       </c>
       <c r="AY7" s="4">
-        <v>2109.1633015811003</v>
+        <v>2123.3529999999996</v>
       </c>
       <c r="AZ7" s="4">
-        <v>2216.5296549821001</v>
+        <v>2230.2620000000002</v>
       </c>
       <c r="BA7" s="4">
-        <v>2238.9749857156003</v>
+        <v>2249.9449999999997</v>
       </c>
       <c r="BB7" s="4">
-        <v>2277.3856181370002</v>
+        <v>2292.2159999999999</v>
       </c>
       <c r="BC7" s="4">
-        <v>2390.7950098209999</v>
+        <v>2403.6120000000001</v>
       </c>
       <c r="BD7" s="4">
-        <v>2458.2995609274999</v>
+        <v>2474.4199999999996</v>
       </c>
       <c r="BE7" s="4">
-        <v>3370.2983732873004</v>
+        <v>3380.991</v>
       </c>
       <c r="BF7" s="4">
-        <v>3450.4091634953002</v>
+        <v>3450.4870000000001</v>
       </c>
       <c r="BG7" s="4">
-        <v>3340.6897906533</v>
+        <v>3340.5819999999999</v>
       </c>
       <c r="BH7" s="4">
-        <v>3519.0257029524</v>
+        <v>3518.886</v>
       </c>
       <c r="BI7" s="4">
-        <v>3697.0674487077999</v>
+        <v>3714.806</v>
       </c>
       <c r="BJ7" s="4">
-        <v>3918.6396290981997</v>
+        <v>3898.0229999999997</v>
+      </c>
+      <c r="BK7" s="4">
+        <v>4119.3679999999995</v>
       </c>
     </row>
-    <row r="8" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A8" s="22" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B8" s="25" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L8" s="4">
-        <v>1729.1047433558999</v>
+        <v>1729.1049999999998</v>
       </c>
       <c r="M8" s="4">
-        <v>2096.2479015719</v>
+        <v>2096.248</v>
       </c>
       <c r="N8" s="4">
-        <v>2279.4561165091</v>
+        <v>2279.4560000000001</v>
       </c>
       <c r="O8" s="4">
-        <v>2462.0829487728997</v>
+        <v>2462.0829999999996</v>
       </c>
       <c r="P8" s="4">
-        <v>2672.6888221913996</v>
+        <v>2672.6890000000003</v>
       </c>
       <c r="Q8" s="4">
-        <v>2838.9642667674002</v>
+        <v>2838.9639999999999</v>
       </c>
       <c r="R8" s="4">
-        <v>3037.5064497139997</v>
+        <v>3037.5059999999999</v>
       </c>
       <c r="S8" s="4">
-        <v>3309.5208680043002</v>
+        <v>3309.5210000000002</v>
       </c>
       <c r="T8" s="4">
-        <v>3646.5774728748997</v>
+        <v>3646.5770000000002</v>
       </c>
       <c r="U8" s="4">
-        <v>3760.9645138551004</v>
+        <v>3760.9650000000001</v>
       </c>
       <c r="V8" s="4">
-        <v>3959.2160054649999</v>
+        <v>3959.2159999999999</v>
       </c>
       <c r="W8" s="4">
-        <v>4234.4280284586994</v>
+        <v>4234.4279999999999</v>
       </c>
       <c r="X8" s="4">
-        <v>4516.3259521957998</v>
+        <v>4516.326</v>
       </c>
       <c r="Y8" s="4">
-        <v>4776.2040071801002</v>
+        <v>4776.2039999999997</v>
       </c>
       <c r="Z8" s="4">
-        <v>4855.4173964230004</v>
+        <v>4855.4170000000004</v>
       </c>
       <c r="AA8" s="4">
-        <v>5165.2216884806003</v>
+        <v>5165.2219999999998</v>
       </c>
       <c r="AB8" s="4">
-        <v>5500.3161268285994</v>
+        <v>5500.3159999999998</v>
       </c>
       <c r="AC8" s="4">
-        <v>6056.3359810469001</v>
+        <v>6056.3360000000002</v>
       </c>
       <c r="AD8" s="4">
-        <v>6616.6435324811</v>
+        <v>6616.6440000000002</v>
       </c>
       <c r="AE8" s="4">
-        <v>7164.1606651018001</v>
+        <v>7164.1610000000001</v>
       </c>
       <c r="AF8" s="4">
-        <v>7269.1729104742999</v>
+        <v>7269.1730000000007</v>
       </c>
       <c r="AG8" s="4">
-        <v>7767.7085528657999</v>
+        <v>7767.7089999999998</v>
       </c>
       <c r="AH8" s="4">
-        <v>2987.4993526927001</v>
+        <v>2987.4990000000003</v>
       </c>
       <c r="AI8" s="4">
-        <v>3077.5948007898</v>
+        <v>3077.5950000000003</v>
       </c>
       <c r="AJ8" s="4">
-        <v>3142.6377138130997</v>
+        <v>3142.6379999999999</v>
       </c>
       <c r="AK8" s="4">
-        <v>3205.8179562806004</v>
+        <v>3205.8179999999998</v>
       </c>
       <c r="AL8" s="4">
-        <v>3270.3505178033997</v>
+        <v>3270.4</v>
       </c>
       <c r="AM8" s="4">
-        <v>3162.7142380666</v>
+        <v>3162.7200000000003</v>
       </c>
       <c r="AN8" s="4">
-        <v>2991.6329292456999</v>
+        <v>2991.643</v>
       </c>
       <c r="AO8" s="4">
-        <v>2993.7799802182999</v>
+        <v>2993.79</v>
       </c>
       <c r="AP8" s="4">
-        <v>3061.5143271856</v>
+        <v>3061.5239999999999</v>
       </c>
       <c r="AQ8" s="4">
-        <v>3149.4359356414998</v>
+        <v>3149.4409999999998</v>
       </c>
       <c r="AR8" s="4">
-        <v>3245.9527161709998</v>
+        <v>3245.9549999999999</v>
       </c>
       <c r="AS8" s="4">
-        <v>3381.8364968538999</v>
+        <v>3381.8389999999999</v>
       </c>
       <c r="AT8" s="4">
-        <v>3544.3142539386999</v>
+        <v>3544.3159999999998</v>
       </c>
       <c r="AU8" s="4">
-        <v>3700.2334549698999</v>
+        <v>3700.2429999999999</v>
       </c>
       <c r="AV8" s="4">
-        <v>3708.4366261474001</v>
+        <v>3708.44</v>
       </c>
       <c r="AW8" s="4">
-        <v>3814.2342298299</v>
+        <v>3814.2420000000002</v>
       </c>
       <c r="AX8" s="4">
-        <v>3974.7341726664999</v>
+        <v>3974.739</v>
       </c>
       <c r="AY8" s="4">
-        <v>4125.1056134502996</v>
+        <v>4125.1149999999998</v>
       </c>
       <c r="AZ8" s="4">
-        <v>4257.0417586215999</v>
+        <v>4257.049</v>
       </c>
       <c r="BA8" s="4">
-        <v>4367.5182423440001</v>
+        <v>4367.5199999999995</v>
       </c>
       <c r="BB8" s="4">
-        <v>4400.0847611435001</v>
+        <v>4400.0789999999997</v>
       </c>
       <c r="BC8" s="4">
-        <v>4519.9124904937999</v>
+        <v>4519.8999999999996</v>
       </c>
       <c r="BD8" s="4">
-        <v>4661.2663975607002</v>
+        <v>4660.51</v>
       </c>
       <c r="BE8" s="4">
-        <v>5124.6069518865006</v>
+        <v>5124.5969999999998</v>
       </c>
       <c r="BF8" s="4">
-        <v>5349.2840439240008</v>
+        <v>5349.2749999999996</v>
       </c>
       <c r="BG8" s="4">
-        <v>5118.6419032850999</v>
+        <v>5118.6420000000007</v>
       </c>
       <c r="BH8" s="4">
-        <v>5339.7444066291</v>
+        <v>5339.7439999999997</v>
       </c>
       <c r="BI8" s="4">
-        <v>5792.1076411510003</v>
+        <v>5792.9639999999999</v>
       </c>
       <c r="BJ8" s="4">
-        <v>6285.0303402540003</v>
+        <v>6297.241</v>
+      </c>
+      <c r="BK8" s="4">
+        <v>6684.9769999999999</v>
       </c>
     </row>
-    <row r="9" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A9" s="22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B9" s="25" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I9" s="4">
         <v>10537.4</v>
       </c>
@@ -2302,83 +2324,86 @@
       <c r="AS9" s="4">
         <v>125157.4</v>
       </c>
       <c r="AT9" s="4">
         <v>130851.59999999999</v>
       </c>
       <c r="AU9" s="4">
         <v>137005.1</v>
       </c>
       <c r="AV9" s="4">
         <v>131345.40000000002</v>
       </c>
       <c r="AW9" s="4">
         <v>138453.29999999999</v>
       </c>
       <c r="AX9" s="4">
         <v>145317.09999999998</v>
       </c>
       <c r="AY9" s="4">
         <v>153133.70000000001</v>
       </c>
       <c r="AZ9" s="4">
         <v>157726.20000000001</v>
       </c>
       <c r="BA9" s="4">
-        <v>161131.20000000001</v>
+        <v>161127</v>
       </c>
       <c r="BB9" s="4">
-        <v>159175.4</v>
+        <v>159174.9</v>
       </c>
       <c r="BC9" s="4">
-        <v>155052.39999999997</v>
+        <v>155053.40000000002</v>
       </c>
       <c r="BD9" s="4">
-        <v>162555.1</v>
+        <v>162554.69999999998</v>
       </c>
       <c r="BE9" s="4">
-        <v>169816.5</v>
+        <v>169812.09999999998</v>
       </c>
       <c r="BF9" s="4">
-        <v>169373.3</v>
+        <v>169370.99999999997</v>
       </c>
       <c r="BG9" s="4">
-        <v>161155.1</v>
+        <v>161155.79999999999</v>
       </c>
       <c r="BH9" s="4">
-        <v>180474.80000000002</v>
+        <v>180492.59999999998</v>
       </c>
       <c r="BI9" s="4">
-        <v>197701.39999999997</v>
+        <v>197304.9</v>
       </c>
       <c r="BJ9" s="4">
-        <v>210340.30000000002</v>
+        <v>211071.7</v>
+      </c>
+      <c r="BK9" s="4">
+        <v>221380.30000000002</v>
       </c>
     </row>
-    <row r="10" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A10" s="22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B10" s="25" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I10" s="4" t="s">
         <v>3</v>
       </c>
@@ -2475,98 +2500,101 @@
       <c r="AN10" s="4">
         <v>2592.6999999999998</v>
       </c>
       <c r="AO10" s="4">
         <v>5339.7</v>
       </c>
       <c r="AP10" s="4">
         <v>5598.9000000000005</v>
       </c>
       <c r="AQ10" s="4">
         <v>6063.7999999999993</v>
       </c>
       <c r="AR10" s="4">
         <v>6815.8</v>
       </c>
       <c r="AS10" s="4">
         <v>7322.6</v>
       </c>
       <c r="AT10" s="4">
         <v>7828.2</v>
       </c>
       <c r="AU10" s="4">
         <v>7918</v>
       </c>
       <c r="AV10" s="4">
-        <v>7404.5</v>
+        <v>7405.4000000000005</v>
       </c>
       <c r="AW10" s="4">
-        <v>8117.0000000000009</v>
+        <v>8117.5999999999995</v>
       </c>
       <c r="AX10" s="4">
-        <v>8733.9</v>
+        <v>8734.4000000000015</v>
       </c>
       <c r="AY10" s="4">
-        <v>8890.4</v>
+        <v>8890.5</v>
       </c>
       <c r="AZ10" s="4">
-        <v>9688.2000000000007</v>
+        <v>9688.9</v>
       </c>
       <c r="BA10" s="4">
-        <v>9627.2000000000007</v>
+        <v>9590.1</v>
       </c>
       <c r="BB10" s="4">
-        <v>14098.5</v>
+        <v>14097.5</v>
       </c>
       <c r="BC10" s="4">
-        <v>19943.599999999999</v>
+        <v>19955.100000000002</v>
       </c>
       <c r="BD10" s="4">
-        <v>21048.2</v>
+        <v>21044</v>
       </c>
       <c r="BE10" s="4">
-        <v>20652.599999999999</v>
+        <v>20608.099999999999</v>
       </c>
       <c r="BF10" s="4">
         <v>21512.2</v>
       </c>
       <c r="BG10" s="4">
-        <v>21504.5</v>
+        <v>21511.600000000002</v>
       </c>
       <c r="BH10" s="4">
-        <v>21758.400000000001</v>
+        <v>21732.600000000002</v>
       </c>
       <c r="BI10" s="4">
-        <v>23819.8</v>
+        <v>23665.199999999997</v>
       </c>
       <c r="BJ10" s="4">
-        <v>24683.3</v>
+        <v>24678.100000000002</v>
+      </c>
+      <c r="BK10" s="4">
+        <v>26221.800000000003</v>
       </c>
     </row>
-    <row r="11" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A11" s="22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" s="25" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I11" s="4">
         <v>522.1</v>
       </c>
@@ -2678,83 +2706,86 @@
       <c r="AS11" s="4">
         <v>6743.7</v>
       </c>
       <c r="AT11" s="4">
         <v>7350.4</v>
       </c>
       <c r="AU11" s="4">
         <v>6794.4000000000005</v>
       </c>
       <c r="AV11" s="4">
         <v>7985.1</v>
       </c>
       <c r="AW11" s="4">
         <v>7874.7999999999993</v>
       </c>
       <c r="AX11" s="4">
         <v>8230.9</v>
       </c>
       <c r="AY11" s="4">
         <v>7914.4</v>
       </c>
       <c r="AZ11" s="4">
         <v>8334.9</v>
       </c>
       <c r="BA11" s="4">
-        <v>8345</v>
+        <v>8344.9000000000015</v>
       </c>
       <c r="BB11" s="4">
-        <v>8936.7999999999993</v>
+        <v>8936.9</v>
       </c>
       <c r="BC11" s="4">
         <v>9352.8000000000011</v>
       </c>
       <c r="BD11" s="4">
         <v>9476.8000000000011</v>
       </c>
       <c r="BE11" s="4">
         <v>9226.9000000000015</v>
       </c>
       <c r="BF11" s="4">
         <v>9999.1</v>
       </c>
       <c r="BG11" s="4">
         <v>9927.6</v>
       </c>
       <c r="BH11" s="4">
-        <v>9533.5</v>
+        <v>9534.5999999999985</v>
       </c>
       <c r="BI11" s="4">
-        <v>10610.4</v>
+        <v>10610.300000000001</v>
       </c>
       <c r="BJ11" s="4">
-        <v>11627.2</v>
+        <v>11797.800000000001</v>
+      </c>
+      <c r="BK11" s="4">
+        <v>11979.5</v>
       </c>
     </row>
-    <row r="12" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A12" s="22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B12" s="25" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>3</v>
       </c>
@@ -2788,161 +2819,164 @@
       <c r="S12" s="4">
         <v>54352.000000000007</v>
       </c>
       <c r="T12" s="4">
         <v>68688</v>
       </c>
       <c r="U12" s="4">
         <v>69666</v>
       </c>
       <c r="V12" s="4">
         <v>74133</v>
       </c>
       <c r="W12" s="4">
         <v>81733</v>
       </c>
       <c r="X12" s="4">
         <v>87758</v>
       </c>
       <c r="Y12" s="4">
         <v>96728.000000000015</v>
       </c>
       <c r="Z12" s="4">
         <v>110386</v>
       </c>
       <c r="AA12" s="4">
-        <v>115913.488295</v>
+        <v>115913.488</v>
       </c>
       <c r="AB12" s="4">
-        <v>127389.58545100001</v>
+        <v>127389.58499999999</v>
       </c>
       <c r="AC12" s="4">
-        <v>131354.19967100001</v>
+        <v>131354.19999999998</v>
       </c>
       <c r="AD12" s="4">
-        <v>135706.72042</v>
+        <v>135706.72</v>
       </c>
       <c r="AE12" s="4">
-        <v>137544.81185</v>
+        <v>137544.81199999998</v>
       </c>
       <c r="AF12" s="4">
-        <v>136978.19717999999</v>
+        <v>136978.19699999999</v>
       </c>
       <c r="AG12" s="4">
-        <v>147629.16138000001</v>
+        <v>147629.16100000002</v>
       </c>
       <c r="AH12" s="4">
-        <v>153956.22226000001</v>
+        <v>153956.22200000001</v>
       </c>
       <c r="AI12" s="4">
-        <v>163836.58179</v>
+        <v>163836.58199999999</v>
       </c>
       <c r="AJ12" s="4">
         <v>179659.19199999998</v>
       </c>
       <c r="AK12" s="4">
-        <v>185711.10752999998</v>
+        <v>185711.10800000001</v>
       </c>
       <c r="AL12" s="4">
-        <v>193472.50748638</v>
+        <v>193472.50700000001</v>
       </c>
       <c r="AM12" s="4">
-        <v>210470.36464365001</v>
+        <v>210470.36500000002</v>
       </c>
       <c r="AN12" s="4">
-        <v>208999.66670341001</v>
+        <v>208999.66700000002</v>
       </c>
       <c r="AO12" s="4">
-        <v>210290.14155425</v>
+        <v>210290.14199999999</v>
       </c>
       <c r="AP12" s="4">
-        <v>218491.10043026</v>
+        <v>218491.09999999998</v>
       </c>
       <c r="AQ12" s="4">
-        <v>231842.93472289998</v>
+        <v>231842.935</v>
       </c>
       <c r="AR12" s="4">
-        <v>245333.75352276</v>
+        <v>245333.75399999999</v>
       </c>
       <c r="AS12" s="4">
-        <v>257354.50938178002</v>
+        <v>257354.50900000002</v>
       </c>
       <c r="AT12" s="4">
-        <v>269460.68927134003</v>
+        <v>269460.68900000001</v>
       </c>
       <c r="AU12" s="4">
-        <v>266572.98983805004</v>
+        <v>266572.99</v>
       </c>
       <c r="AV12" s="4">
-        <v>258206.85984903004</v>
+        <v>258206.86000000002</v>
       </c>
       <c r="AW12" s="4">
-        <v>260018.48511867001</v>
+        <v>260018.48499999999</v>
       </c>
       <c r="AX12" s="4">
-        <v>276312.72008537001</v>
+        <v>276312.72000000003</v>
       </c>
       <c r="AY12" s="4">
-        <v>284781.03415371</v>
+        <v>284781.03399999999</v>
       </c>
       <c r="AZ12" s="4">
-        <v>297140.45699219004</v>
+        <v>297140.45700000005</v>
       </c>
       <c r="BA12" s="4">
-        <v>314314.24205116997</v>
+        <v>314314.24199999997</v>
       </c>
       <c r="BB12" s="4">
-        <v>328000.02331817994</v>
+        <v>328000.02299999999</v>
       </c>
       <c r="BC12" s="4">
-        <v>336184.58230491</v>
+        <v>336184.58199999999</v>
       </c>
       <c r="BD12" s="4">
         <v>353149.97900000005</v>
       </c>
       <c r="BE12" s="4">
         <v>378914.86100000003</v>
       </c>
       <c r="BF12" s="4">
         <v>386793.40600000002</v>
       </c>
       <c r="BG12" s="4">
-        <v>392885.67100383999</v>
+        <v>392374.67100000003</v>
       </c>
       <c r="BH12" s="4">
-        <v>456378.51173089998</v>
+        <v>459217.10600000003</v>
       </c>
       <c r="BI12" s="4">
-        <v>499173.47099880001</v>
+        <v>506705.99599999998</v>
       </c>
       <c r="BJ12" s="4">
-        <v>536037.31883054005</v>
+        <v>546517.09600000002</v>
+      </c>
+      <c r="BK12" s="4">
+        <v>579516.88500000001</v>
       </c>
     </row>
-    <row r="13" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A13" s="22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B13" s="25" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I13" s="4" t="s">
         <v>3</v>
       </c>
@@ -2976,161 +3010,164 @@
       <c r="S13" s="4">
         <v>36719</v>
       </c>
       <c r="T13" s="4">
         <v>42002</v>
       </c>
       <c r="U13" s="4">
         <v>45021</v>
       </c>
       <c r="V13" s="4">
         <v>49822</v>
       </c>
       <c r="W13" s="4">
         <v>53580</v>
       </c>
       <c r="X13" s="4">
         <v>57910</v>
       </c>
       <c r="Y13" s="4">
         <v>60098</v>
       </c>
       <c r="Z13" s="4">
         <v>68247</v>
       </c>
       <c r="AA13" s="4">
-        <v>75034.059862039008</v>
+        <v>75034.06</v>
       </c>
       <c r="AB13" s="4">
-        <v>82938.236589004009</v>
+        <v>82938.236999999994</v>
       </c>
       <c r="AC13" s="4">
-        <v>89273.760672489007</v>
+        <v>89273.760999999999</v>
       </c>
       <c r="AD13" s="4">
-        <v>89560.707065762996</v>
+        <v>89560.706999999995</v>
       </c>
       <c r="AE13" s="4">
-        <v>89201.101980268009</v>
+        <v>89201.101999999999</v>
       </c>
       <c r="AF13" s="4">
-        <v>95365.686480581004</v>
+        <v>95365.686000000002</v>
       </c>
       <c r="AG13" s="4">
-        <v>100449.63951665</v>
+        <v>100449.64</v>
       </c>
       <c r="AH13" s="4">
-        <v>107439.27089532001</v>
+        <v>107439.27100000001</v>
       </c>
       <c r="AI13" s="4">
-        <v>111555.90183789001</v>
+        <v>111555.902</v>
       </c>
       <c r="AJ13" s="4">
-        <v>117913.17079405999</v>
+        <v>117913.171</v>
       </c>
       <c r="AK13" s="4">
-        <v>123894.50670083</v>
+        <v>123894.507</v>
       </c>
       <c r="AL13" s="4">
-        <v>141320.63887786001</v>
+        <v>141320.639</v>
       </c>
       <c r="AM13" s="4">
-        <v>148213.97564985999</v>
+        <v>148213.976</v>
       </c>
       <c r="AN13" s="4">
-        <v>144734.96693390002</v>
+        <v>144734.967</v>
       </c>
       <c r="AO13" s="4">
-        <v>147252.15297042002</v>
+        <v>147252.15299999999</v>
       </c>
       <c r="AP13" s="4">
-        <v>153419.55454557002</v>
+        <v>153419.55499999999</v>
       </c>
       <c r="AQ13" s="4">
-        <v>164806.05545751998</v>
+        <v>164806.05499999999</v>
       </c>
       <c r="AR13" s="4">
-        <v>176155.75481343002</v>
+        <v>176155.755</v>
       </c>
       <c r="AS13" s="4">
-        <v>188837.38400411</v>
+        <v>188837.38399999999</v>
       </c>
       <c r="AT13" s="4">
-        <v>196851.04433469998</v>
+        <v>196851.04399999999</v>
       </c>
       <c r="AU13" s="4">
-        <v>200483.13056633002</v>
+        <v>200483.13099999999</v>
       </c>
       <c r="AV13" s="4">
-        <v>197430.50020020999</v>
+        <v>197430.5</v>
       </c>
       <c r="AW13" s="4">
-        <v>201135.66776874001</v>
+        <v>201135.66800000001</v>
       </c>
       <c r="AX13" s="4">
-        <v>213097.85699509</v>
+        <v>213097.85700000002</v>
       </c>
       <c r="AY13" s="4">
-        <v>225101.89615159002</v>
+        <v>225101.89600000001</v>
       </c>
       <c r="AZ13" s="4">
-        <v>232941.42313956999</v>
+        <v>232941.42299999998</v>
       </c>
       <c r="BA13" s="4">
-        <v>244660.18917324999</v>
+        <v>244660.18900000001</v>
       </c>
       <c r="BB13" s="4">
-        <v>257403.41011189003</v>
+        <v>257403.41</v>
       </c>
       <c r="BC13" s="4">
-        <v>267251.97346910997</v>
+        <v>267251.973</v>
       </c>
       <c r="BD13" s="4">
-        <v>281573.72868909</v>
+        <v>281573.72899999999</v>
       </c>
       <c r="BE13" s="4">
-        <v>295352.49759922997</v>
+        <v>295352.49800000002</v>
       </c>
       <c r="BF13" s="4">
-        <v>301620.65858504002</v>
+        <v>301620.65899999999</v>
       </c>
       <c r="BG13" s="4">
-        <v>296028.23045287997</v>
+        <v>296028.23</v>
       </c>
       <c r="BH13" s="4">
-        <v>339131.68723768002</v>
+        <v>342284.16</v>
       </c>
       <c r="BI13" s="4">
-        <v>370537.72052530001</v>
+        <v>374721.27899999998</v>
       </c>
       <c r="BJ13" s="4">
-        <v>386045.43576745997</v>
+        <v>387820.853</v>
+      </c>
+      <c r="BK13" s="4">
+        <v>405100.576</v>
       </c>
     </row>
-    <row r="14" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A14" s="22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B14" s="25" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I14" s="4" t="s">
         <v>3</v>
       </c>
@@ -3188,51 +3225,51 @@
       <c r="AA14" s="4">
         <v>19482.095000000001</v>
       </c>
       <c r="AB14" s="4">
         <v>21711.242999999999</v>
       </c>
       <c r="AC14" s="4">
         <v>23524.118999999999</v>
       </c>
       <c r="AD14" s="4">
         <v>25376.811000000002</v>
       </c>
       <c r="AE14" s="4">
         <v>27191.223000000002</v>
       </c>
       <c r="AF14" s="4">
         <v>28100.121000000003</v>
       </c>
       <c r="AG14" s="4">
         <v>28152.526000000002</v>
       </c>
       <c r="AH14" s="4">
         <v>28482.514999999999</v>
       </c>
       <c r="AI14" s="4">
-        <v>29132.693050000002</v>
+        <v>29132.692999999999</v>
       </c>
       <c r="AJ14" s="4">
         <v>30265.289000000001</v>
       </c>
       <c r="AK14" s="4">
         <v>30073.816000000003</v>
       </c>
       <c r="AL14" s="4">
         <v>31327.7</v>
       </c>
       <c r="AM14" s="4">
         <v>31549.817999999999</v>
       </c>
       <c r="AN14" s="4">
         <v>36388.457999999999</v>
       </c>
       <c r="AO14" s="4">
         <v>37338.525999999998</v>
       </c>
       <c r="AP14" s="4">
         <v>38390.945999999996</v>
       </c>
       <c r="AQ14" s="4">
         <v>40304.966999999997</v>
       </c>
@@ -3263,62 +3300,65 @@
       <c r="AZ14" s="4">
         <v>62124.182000000001</v>
       </c>
       <c r="BA14" s="4">
         <v>64757.813000000002</v>
       </c>
       <c r="BB14" s="4">
         <v>67866.039999999994</v>
       </c>
       <c r="BC14" s="4">
         <v>70216.173999999999</v>
       </c>
       <c r="BD14" s="4">
         <v>72629.986999999994</v>
       </c>
       <c r="BE14" s="4">
         <v>74292</v>
       </c>
       <c r="BF14" s="4">
         <v>76956</v>
       </c>
       <c r="BG14" s="4">
         <v>76461</v>
       </c>
       <c r="BH14" s="4">
-        <v>80414</v>
+        <v>80985.815000000002</v>
       </c>
       <c r="BI14" s="4">
-        <v>82068</v>
+        <v>84435.292000000001</v>
       </c>
       <c r="BJ14" s="4">
-        <v>83734</v>
+        <v>86191.756999999998</v>
+      </c>
+      <c r="BK14" s="4">
+        <v>87771.700999999986</v>
       </c>
     </row>
-    <row r="15" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A15" s="22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B15" s="25" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I15" s="4" t="s">
         <v>3</v>
       </c>
@@ -3358,155 +3398,158 @@
       <c r="U15" s="4" t="s">
         <v>3</v>
       </c>
       <c r="V15" s="4" t="s">
         <v>3</v>
       </c>
       <c r="W15" s="4" t="s">
         <v>3</v>
       </c>
       <c r="X15" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Y15" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Z15" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA15" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB15" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC15" s="4">
-        <v>1672536.1148899999</v>
+        <v>1672536.115</v>
       </c>
       <c r="AD15" s="4">
-        <v>2302052.0706100003</v>
+        <v>2302052.071</v>
       </c>
       <c r="AE15" s="4">
-        <v>2994755.9580199998</v>
+        <v>2994755.9579999996</v>
       </c>
       <c r="AF15" s="4">
-        <v>3570390.5681099999</v>
+        <v>3570390.5680000004</v>
       </c>
       <c r="AG15" s="4">
-        <v>4208610.1057699993</v>
+        <v>4208610.1059999997</v>
       </c>
       <c r="AH15" s="4">
-        <v>5039999.4959500004</v>
+        <v>5039999.4960000003</v>
       </c>
       <c r="AI15" s="4">
-        <v>5864956.6984000001</v>
+        <v>5864956.6980000008</v>
       </c>
       <c r="AJ15" s="4">
-        <v>6299970.8770800009</v>
+        <v>6299970.8769999994</v>
       </c>
       <c r="AK15" s="4">
-        <v>6528702.51676</v>
+        <v>6528702.517</v>
       </c>
       <c r="AL15" s="4">
-        <v>6334067.7473599995</v>
+        <v>6334067.7470000004</v>
       </c>
       <c r="AM15" s="4">
-        <v>7280817.7541999994</v>
+        <v>7280817.7539999997</v>
       </c>
       <c r="AN15" s="4">
-        <v>7907764.0813500006</v>
+        <v>7907764.0810000002</v>
       </c>
       <c r="AO15" s="4">
         <v>8449267.2999999989</v>
       </c>
       <c r="AP15" s="4">
-        <v>9064846.54813</v>
+        <v>9064846.5480000004</v>
       </c>
       <c r="AQ15" s="4">
-        <v>10746744.319530001</v>
+        <v>10746744.32</v>
       </c>
       <c r="AR15" s="4">
-        <v>13338657.42584</v>
+        <v>13338657.425999999</v>
       </c>
       <c r="AS15" s="4">
-        <v>17049182.261259999</v>
+        <v>17049182.261</v>
       </c>
       <c r="AT15" s="4">
-        <v>19521660.956599999</v>
+        <v>19521660.956999999</v>
       </c>
       <c r="AU15" s="4">
-        <v>18826115.215329997</v>
+        <v>18826115.214999996</v>
       </c>
       <c r="AV15" s="4">
-        <v>15350995.783312</v>
+        <v>15350995.783</v>
       </c>
       <c r="AW15" s="4">
-        <v>20337351.726363998</v>
+        <v>20337351.725999996</v>
       </c>
       <c r="AX15" s="4">
-        <v>24054782.772319999</v>
+        <v>24054782.772</v>
       </c>
       <c r="AY15" s="4">
-        <v>25868615.420909997</v>
+        <v>25868615.421</v>
       </c>
       <c r="AZ15" s="4">
-        <v>25368245.880550005</v>
+        <v>25368245.881000001</v>
       </c>
       <c r="BA15" s="4">
-        <v>26943000.943220001</v>
+        <v>26943000.943000004</v>
       </c>
       <c r="BB15" s="4">
         <v>30076212.726999998</v>
       </c>
       <c r="BC15" s="4">
-        <v>31452581.841532998</v>
+        <v>31452581.842</v>
       </c>
       <c r="BD15" s="4">
         <v>33395759.529000003</v>
       </c>
       <c r="BE15" s="4">
         <v>37128233.704999998</v>
       </c>
       <c r="BF15" s="4">
         <v>37624486.081999995</v>
       </c>
       <c r="BG15" s="4">
-        <v>35427308.476934992</v>
+        <v>35427308.476999998</v>
       </c>
       <c r="BH15" s="4">
-        <v>49714027.157722004</v>
+        <v>49714027.158000007</v>
       </c>
       <c r="BI15" s="4">
-        <v>58566081.625142999</v>
+        <v>58566081.625</v>
       </c>
       <c r="BJ15" s="4">
-        <v>53149597.295497008</v>
+        <v>53149598.108000003</v>
+      </c>
+      <c r="BK15" s="4">
+        <v>58478293.219999999</v>
       </c>
     </row>
-    <row r="16" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A16" s="22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B16" s="25" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H16" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I16" s="4" t="s">
         <v>3</v>
       </c>
@@ -3624,77 +3667,80 @@
       <c r="AU16" s="4">
         <v>1264075</v>
       </c>
       <c r="AV16" s="4">
         <v>1374390</v>
       </c>
       <c r="AW16" s="4">
         <v>1478039</v>
       </c>
       <c r="AX16" s="4">
         <v>1699550</v>
       </c>
       <c r="AY16" s="4">
         <v>1846164</v>
       </c>
       <c r="AZ16" s="4">
         <v>2010021</v>
       </c>
       <c r="BA16" s="4">
         <v>2202218</v>
       </c>
       <c r="BB16" s="4">
         <v>2457329</v>
       </c>
       <c r="BC16" s="4">
-        <v>2677400.4054149999</v>
+        <v>2677400.4049999998</v>
       </c>
       <c r="BD16" s="4">
-        <v>2866276.710378</v>
+        <v>2866276.71</v>
       </c>
       <c r="BE16" s="4">
-        <v>3186462.799133</v>
+        <v>3186462.7990000001</v>
       </c>
       <c r="BF16" s="4">
-        <v>3401226.0791409998</v>
+        <v>3401226.0789999999</v>
       </c>
       <c r="BG16" s="4">
-        <v>3396088.946219</v>
+        <v>3396088.946</v>
       </c>
       <c r="BH16" s="4">
-        <v>3749306.8468709998</v>
+        <v>3749306.8470000001</v>
       </c>
       <c r="BI16" s="4">
-        <v>4335356.8016850008</v>
+        <v>4335356.8020000001</v>
       </c>
       <c r="BJ16" s="4">
-        <v>4956776.2595889997</v>
+        <v>5004416.415</v>
+      </c>
+      <c r="BK16" s="4">
+        <v>5341986.1739999996</v>
       </c>
     </row>
-    <row r="17" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A17" s="22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B17" s="25" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I17" s="4" t="s">
         <v>3</v>
       </c>
@@ -3755,134 +3801,137 @@
       <c r="AB17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC17" s="4">
         <v>2089529.9999999998</v>
       </c>
       <c r="AD17" s="4">
         <v>3316378</v>
       </c>
       <c r="AE17" s="4">
         <v>4495057</v>
       </c>
       <c r="AF17" s="4">
         <v>6158581.9999999991</v>
       </c>
       <c r="AG17" s="4">
         <v>9081079.5999999996</v>
       </c>
       <c r="AH17" s="4">
         <v>11943625.299999999</v>
       </c>
       <c r="AI17" s="4">
         <v>15086179.985000001</v>
       </c>
       <c r="AJ17" s="4">
-        <v>19395411.499600001</v>
+        <v>19395411.5</v>
       </c>
       <c r="AK17" s="4">
         <v>21283987.999999996</v>
       </c>
       <c r="AL17" s="4">
-        <v>22694278.286486998</v>
+        <v>22694278.286000002</v>
       </c>
       <c r="AM17" s="4">
-        <v>26005289.662978999</v>
+        <v>26005289.662999999</v>
       </c>
       <c r="AN17" s="4">
-        <v>31781711.245383002</v>
+        <v>31781711.244999997</v>
       </c>
       <c r="AO17" s="4">
-        <v>34168434.183663003</v>
+        <v>34168434.184</v>
       </c>
       <c r="AP17" s="4">
-        <v>38842761.106976002</v>
+        <v>38842761.107000001</v>
       </c>
       <c r="AQ17" s="4">
-        <v>46016918.173211999</v>
+        <v>46016918.173</v>
       </c>
       <c r="AR17" s="4">
-        <v>52564808.323179998</v>
+        <v>52564808.322999999</v>
       </c>
       <c r="AS17" s="4">
-        <v>62666873.876755998</v>
+        <v>62666873.876999997</v>
       </c>
       <c r="AT17" s="4">
-        <v>70747033.067221001</v>
+        <v>70747033.067000002</v>
       </c>
       <c r="AU17" s="4">
-        <v>77607211.439270005</v>
+        <v>77607211.43900001</v>
       </c>
       <c r="AV17" s="4">
-        <v>79585297.629872009</v>
+        <v>79585297.62999998</v>
       </c>
       <c r="AW17" s="4">
-        <v>82782357.205429986</v>
+        <v>82782357.204999998</v>
       </c>
       <c r="AX17" s="4">
-        <v>99180501.255961001</v>
+        <v>99180501.255999982</v>
       </c>
       <c r="AY17" s="4">
-        <v>112300000.507966</v>
+        <v>112300000.508</v>
       </c>
       <c r="AZ17" s="4">
-        <v>121523864.706558</v>
+        <v>121523864.706</v>
       </c>
       <c r="BA17" s="4">
-        <v>125266102.76113601</v>
+        <v>125266102.76200001</v>
       </c>
       <c r="BB17" s="4">
-        <v>133384590.37184602</v>
+        <v>133384590.37200001</v>
       </c>
       <c r="BC17" s="4">
-        <v>136360062.18920597</v>
+        <v>136360062.18899998</v>
       </c>
       <c r="BD17" s="4">
-        <v>144056079.70738301</v>
+        <v>144056079.70699999</v>
       </c>
       <c r="BE17" s="4">
-        <v>157420187.03763801</v>
+        <v>157420187.037</v>
       </c>
       <c r="BF17" s="4">
-        <v>172178304.13921699</v>
+        <v>172178304.13999999</v>
       </c>
       <c r="BG17" s="4">
-        <v>153327914.71402198</v>
+        <v>153327914.71400002</v>
       </c>
       <c r="BH17" s="4">
-        <v>188399758.77184701</v>
+        <v>188399758.77200001</v>
       </c>
       <c r="BI17" s="4">
-        <v>240984107.30963603</v>
+        <v>240984107.31000003</v>
       </c>
       <c r="BJ17" s="4">
-        <v>294347338.322133</v>
+        <v>294347338.32199997</v>
+      </c>
+      <c r="BK17" s="4">
+        <v>280170613.22799999</v>
       </c>
     </row>
-    <row r="18" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A18" s="22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B18" s="25" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I18" s="4" t="s">
         <v>3</v>
       </c>
@@ -3922,155 +3971,158 @@
       <c r="U18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="V18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="W18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="X18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Y18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Z18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC18" s="4">
-        <v>263428.69570559997</v>
+        <v>263428.696</v>
       </c>
       <c r="AD18" s="4">
-        <v>336927.71610000002</v>
+        <v>336927.71599999996</v>
       </c>
       <c r="AE18" s="4">
-        <v>421430.3345</v>
+        <v>421430.33500000002</v>
       </c>
       <c r="AF18" s="4">
-        <v>506414.3504</v>
+        <v>506414.35000000003</v>
       </c>
       <c r="AG18" s="4">
-        <v>623474.09990000003</v>
+        <v>623474.1</v>
       </c>
       <c r="AH18" s="4">
-        <v>771559.98670000001</v>
+        <v>771559.98699999996</v>
       </c>
       <c r="AI18" s="4">
-        <v>886463.86440000008</v>
+        <v>886463.86399999994</v>
       </c>
       <c r="AJ18" s="4">
-        <v>1030678.41901</v>
+        <v>1030678.4190000001</v>
       </c>
       <c r="AK18" s="4">
         <v>1101114.173</v>
       </c>
       <c r="AL18" s="4">
         <v>1258378.649</v>
       </c>
       <c r="AM18" s="4">
         <v>1723196</v>
       </c>
       <c r="AN18" s="4">
         <v>1820042</v>
       </c>
       <c r="AO18" s="4">
         <v>2070822.9999999998</v>
       </c>
       <c r="AP18" s="4">
         <v>2427779</v>
       </c>
       <c r="AQ18" s="4">
         <v>2734423</v>
       </c>
       <c r="AR18" s="4">
         <v>3083342</v>
       </c>
       <c r="AS18" s="4">
         <v>3455581</v>
       </c>
       <c r="AT18" s="4">
         <v>3894153</v>
       </c>
       <c r="AU18" s="4">
         <v>4082161</v>
       </c>
       <c r="AV18" s="4">
         <v>4398355.3620000007</v>
       </c>
       <c r="AW18" s="4">
         <v>4781271.1579999998</v>
       </c>
       <c r="AX18" s="4">
         <v>5876078.5320000006</v>
       </c>
       <c r="AY18" s="4">
         <v>5997751.0810000002</v>
       </c>
       <c r="AZ18" s="4">
-        <v>6482452.6601220006</v>
+        <v>6482452.6600000001</v>
       </c>
       <c r="BA18" s="4">
-        <v>6973436.4166329997</v>
+        <v>6973436.4169999994</v>
       </c>
       <c r="BB18" s="4">
-        <v>7611083.5713570006</v>
+        <v>7611083.5710000005</v>
       </c>
       <c r="BC18" s="4">
-        <v>8351156.138464001</v>
+        <v>8351156.1380000003</v>
       </c>
       <c r="BD18" s="4">
-        <v>8952637.8486049995</v>
+        <v>8952637.8490000013</v>
       </c>
       <c r="BE18" s="4">
-        <v>9419072.6522610001</v>
+        <v>9419072.6520000007</v>
       </c>
       <c r="BF18" s="4">
-        <v>10472462.2094</v>
+        <v>10472462.208999999</v>
       </c>
       <c r="BG18" s="4">
-        <v>9094967.0392279997</v>
+        <v>9094967.0389999989</v>
       </c>
       <c r="BH18" s="4">
-        <v>11699560.215273</v>
+        <v>11699560.215</v>
       </c>
       <c r="BI18" s="4">
-        <v>13871017.1083</v>
+        <v>13871017.107999999</v>
       </c>
       <c r="BJ18" s="4">
-        <v>15106328.333751</v>
+        <v>15111584.821</v>
+      </c>
+      <c r="BK18" s="4">
+        <v>15662721.922</v>
       </c>
     </row>
-    <row r="19" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A19" s="22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B19" s="25" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I19" s="4" t="s">
         <v>3</v>
       </c>
@@ -4110,158 +4162,161 @@
       <c r="U19" s="4" t="s">
         <v>3</v>
       </c>
       <c r="V19" s="4" t="s">
         <v>3</v>
       </c>
       <c r="W19" s="4" t="s">
         <v>3</v>
       </c>
       <c r="X19" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Y19" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Z19" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA19" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB19" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC19" s="4">
-        <v>226467.05541520001</v>
+        <v>226467.05499999999</v>
       </c>
       <c r="AD19" s="4">
-        <v>298021.6041</v>
+        <v>298021.60400000005</v>
       </c>
       <c r="AE19" s="4">
-        <v>404022.09279999998</v>
+        <v>404022.09299999999</v>
       </c>
       <c r="AF19" s="4">
-        <v>590090.37959999999</v>
+        <v>590090.38</v>
       </c>
       <c r="AG19" s="4">
-        <v>933633.30850000004</v>
+        <v>933633.30900000001</v>
       </c>
       <c r="AH19" s="4">
-        <v>1192704.5095036002</v>
+        <v>1192704.51</v>
       </c>
       <c r="AI19" s="4">
-        <v>1654851.7666</v>
+        <v>1654851.767</v>
       </c>
       <c r="AJ19" s="4">
-        <v>2170648.5539199999</v>
+        <v>2170648.554</v>
       </c>
       <c r="AK19" s="4">
         <v>2664852.6869999999</v>
       </c>
       <c r="AL19" s="4">
         <v>3125638.3429999999</v>
       </c>
       <c r="AM19" s="4">
         <v>2870143.8539999998</v>
       </c>
       <c r="AN19" s="4">
         <v>3275827.3029999998</v>
       </c>
       <c r="AO19" s="4">
         <v>3705979.2659999998</v>
       </c>
       <c r="AP19" s="4">
         <v>4483007.3039999995</v>
       </c>
       <c r="AQ19" s="4">
         <v>5251451.4920000006</v>
       </c>
       <c r="AR19" s="4">
         <v>6059237.7779999999</v>
       </c>
       <c r="AS19" s="4">
         <v>7401988.1100000003</v>
       </c>
       <c r="AT19" s="4">
         <v>8056271.1740000006</v>
       </c>
       <c r="AU19" s="4">
         <v>9007589.8430000003</v>
       </c>
       <c r="AV19" s="4">
         <v>10396539.945</v>
       </c>
       <c r="AW19" s="4">
         <v>10891706.748</v>
       </c>
       <c r="AX19" s="4">
         <v>12135989.970000001</v>
       </c>
       <c r="AY19" s="4">
         <v>13140986.386</v>
       </c>
       <c r="AZ19" s="4">
-        <v>14969705.500505999</v>
+        <v>14969705.501</v>
       </c>
       <c r="BA19" s="4">
-        <v>16910892.852843001</v>
+        <v>16910892.853</v>
       </c>
       <c r="BB19" s="4">
-        <v>19162019.479173999</v>
+        <v>19162019.478999998</v>
       </c>
       <c r="BC19" s="4">
-        <v>20088782.429409999</v>
+        <v>20088782.428999998</v>
       </c>
       <c r="BD19" s="4">
-        <v>21727105.183123</v>
+        <v>21727105.182999998</v>
       </c>
       <c r="BE19" s="4">
-        <v>23460650.858558003</v>
+        <v>23460650.859000001</v>
       </c>
       <c r="BF19" s="4">
-        <v>26101758.206866</v>
+        <v>26101758.206999999</v>
       </c>
       <c r="BG19" s="4">
-        <v>25015779.381475002</v>
+        <v>25015779.381000001</v>
       </c>
       <c r="BH19" s="4">
-        <v>28807520.878079999</v>
+        <v>28807520.877999999</v>
       </c>
       <c r="BI19" s="4">
-        <v>33987202.178366005</v>
+        <v>33987202.178000003</v>
       </c>
       <c r="BJ19" s="4">
-        <v>40345910.644552998</v>
+        <v>40340654.158</v>
+      </c>
+      <c r="BK19" s="4">
+        <v>42944030.291000001</v>
       </c>
     </row>
-    <row r="20" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A20" s="22" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B20" s="25" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J20" s="4" t="s">
         <v>3</v>
       </c>
@@ -4307,149 +4362,152 @@
       <c r="X20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Y20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Z20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC20" s="4">
         <v>115250.20000000001</v>
       </c>
       <c r="AD20" s="4">
         <v>152174.1</v>
       </c>
       <c r="AE20" s="4">
         <v>210447.5</v>
       </c>
       <c r="AF20" s="4">
-        <v>250959.03927029701</v>
+        <v>250959.03899999999</v>
       </c>
       <c r="AG20" s="4">
-        <v>317608.57801105001</v>
+        <v>317608.57799999998</v>
       </c>
       <c r="AH20" s="4">
-        <v>387468.96135179</v>
+        <v>387468.96099999995</v>
       </c>
       <c r="AI20" s="4">
-        <v>471362.37970231002</v>
+        <v>471362.38</v>
       </c>
       <c r="AJ20" s="4">
-        <v>578875.29629648</v>
+        <v>578875.29600000009</v>
       </c>
       <c r="AK20" s="4">
-        <v>707094.89675217005</v>
+        <v>707094.897</v>
       </c>
       <c r="AL20" s="4">
-        <v>848603.58115984011</v>
+        <v>848603.58100000012</v>
       </c>
       <c r="AM20" s="4">
-        <v>959501.47949203011</v>
+        <v>959501.47900000005</v>
       </c>
       <c r="AN20" s="4">
-        <v>1121437.99433703</v>
+        <v>1121437.9940000002</v>
       </c>
       <c r="AO20" s="4">
-        <v>1278816.8876318701</v>
+        <v>1278816.8879999998</v>
       </c>
       <c r="AP20" s="4">
-        <v>1473191.27462589</v>
+        <v>1473191.2749999999</v>
       </c>
       <c r="AQ20" s="4">
-        <v>1701103.5005603097</v>
+        <v>1701103.5010000002</v>
       </c>
       <c r="AR20" s="4">
-        <v>2039938.0953961299</v>
+        <v>2039938.095</v>
       </c>
       <c r="AS20" s="4">
-        <v>2499383.4902673899</v>
+        <v>2499383.4900000002</v>
       </c>
       <c r="AT20" s="4">
-        <v>3141037.9318104996</v>
+        <v>3141037.932</v>
       </c>
       <c r="AU20" s="4">
-        <v>3749944.8851217004</v>
+        <v>3749944.8849999998</v>
       </c>
       <c r="AV20" s="4">
-        <v>3793634.2166903</v>
+        <v>3793634.216</v>
       </c>
       <c r="AW20" s="4">
-        <v>4266602.1751386998</v>
+        <v>4266602.1749999998</v>
       </c>
       <c r="AX20" s="4">
-        <v>4771069.1403376004</v>
+        <v>4771069.1400000006</v>
       </c>
       <c r="AY20" s="4">
-        <v>5214120.3507875996</v>
+        <v>5214120.3509999998</v>
       </c>
       <c r="AZ20" s="4">
-        <v>5684815.182197501</v>
+        <v>5684815.182</v>
       </c>
       <c r="BA20" s="4">
-        <v>6140420.2350460002</v>
+        <v>6140420.2349999994</v>
       </c>
       <c r="BB20" s="4">
-        <v>6712152.8780359002</v>
+        <v>6712152.8779999996</v>
       </c>
       <c r="BC20" s="4">
-        <v>7306229.7562202001</v>
+        <v>7306229.756000001</v>
       </c>
       <c r="BD20" s="4">
         <v>7656286.169999999</v>
       </c>
       <c r="BE20" s="4">
-        <v>8094527.1264069993</v>
+        <v>8094527.1260000002</v>
       </c>
       <c r="BF20" s="4">
         <v>8593305.0199999996</v>
       </c>
       <c r="BG20" s="4">
-        <v>7978840.4186284998</v>
+        <v>7978840.4189999998</v>
       </c>
       <c r="BH20" s="4">
-        <v>9722649.0874719005</v>
+        <v>9722649.0869999994</v>
       </c>
       <c r="BI20" s="4">
-        <v>10980797.3276334</v>
+        <v>10980797.328</v>
       </c>
       <c r="BJ20" s="4">
-        <v>11406856.6424917</v>
+        <v>11406856.642000001</v>
+      </c>
+      <c r="BK20" s="4">
+        <v>11859182.625000002</v>
       </c>
     </row>
-    <row r="21" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A21" s="22" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B21" s="25" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I21" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J21" s="4" t="s">
         <v>3</v>
       </c>
@@ -4587,57 +4645,60 @@
       </c>
       <c r="BC21" s="4">
         <v>222522.4</v>
       </c>
       <c r="BD21" s="4">
         <v>237355.7</v>
       </c>
       <c r="BE21" s="4">
         <v>245463.5</v>
       </c>
       <c r="BF21" s="4">
         <v>262579.90000000002</v>
       </c>
       <c r="BG21" s="4">
         <v>256687.8</v>
       </c>
       <c r="BH21" s="4">
         <v>296615.3</v>
       </c>
       <c r="BI21" s="4">
         <v>305169.69999999995</v>
       </c>
       <c r="BJ21" s="4">
         <v>325429.3</v>
       </c>
+      <c r="BK21" s="4">
+        <v>341254.39999999997</v>
+      </c>
     </row>
-    <row r="22" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A22" s="22" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B22" s="25" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G22" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H22" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I22" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J22" s="4" t="s">
         <v>3</v>
       </c>
@@ -4689,143 +4750,146 @@
       <c r="Z22" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA22" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB22" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC22" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AD22" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AE22" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AF22" s="4">
         <v>397721</v>
       </c>
       <c r="AG22" s="4">
         <v>431264</v>
       </c>
       <c r="AH22" s="4">
-        <v>545757.55058407004</v>
+        <v>545757.55099999998</v>
       </c>
       <c r="AI22" s="4">
-        <v>600329.87510758999</v>
+        <v>600329.875</v>
       </c>
       <c r="AJ22" s="4">
         <v>652926</v>
       </c>
       <c r="AK22" s="4">
         <v>690420.00000000012</v>
       </c>
       <c r="AL22" s="4">
         <v>740015</v>
       </c>
       <c r="AM22" s="4">
         <v>764918</v>
       </c>
       <c r="AN22" s="4">
-        <v>829206.15454034996</v>
+        <v>829206.15500000003</v>
       </c>
       <c r="AO22" s="4">
-        <v>884702.32166586001</v>
+        <v>884702.32200000004</v>
       </c>
       <c r="AP22" s="4">
-        <v>951571.2412323301</v>
+        <v>951571.24100000015</v>
       </c>
       <c r="AQ22" s="4">
-        <v>1046938.61070089</v>
+        <v>1046938.611</v>
       </c>
       <c r="AR22" s="4">
-        <v>1106833.06326219</v>
+        <v>1106833.0630000001</v>
       </c>
       <c r="AS22" s="4">
-        <v>1176829.40059657</v>
+        <v>1176829.4010000001</v>
       </c>
       <c r="AT22" s="4">
-        <v>1296402.40427907</v>
+        <v>1296402.4039999999</v>
       </c>
       <c r="AU22" s="4">
-        <v>1326297.8059566</v>
+        <v>1326297.8060000001</v>
       </c>
       <c r="AV22" s="4">
-        <v>1248528.8267876799</v>
+        <v>1248528.827</v>
       </c>
       <c r="AW22" s="4">
-        <v>1263298.6686030298</v>
+        <v>1263298.669</v>
       </c>
       <c r="AX22" s="4">
-        <v>1318191.9693547899</v>
+        <v>1318191.969</v>
       </c>
       <c r="AY22" s="4">
-        <v>1344006.8122308501</v>
+        <v>1344006.8120000002</v>
       </c>
       <c r="AZ22" s="4">
-        <v>1373378.92900018</v>
+        <v>1373378.929</v>
       </c>
       <c r="BA22" s="4">
-        <v>1402947.7617476401</v>
+        <v>1402947.7620000001</v>
       </c>
       <c r="BB22" s="4">
-        <v>1506590.1179098201</v>
+        <v>1506590.118</v>
       </c>
       <c r="BC22" s="4">
-        <v>1605962.3871859799</v>
+        <v>1605962.3870000001</v>
       </c>
       <c r="BD22" s="4">
-        <v>1732970.28340392</v>
+        <v>1732970.2830000001</v>
       </c>
       <c r="BE22" s="4">
-        <v>1865071.2273017</v>
+        <v>1865071.2280000001</v>
       </c>
       <c r="BF22" s="4">
-        <v>1985899.9006929197</v>
+        <v>1985899.9010000001</v>
       </c>
       <c r="BG22" s="4">
-        <v>1956294.4560088899</v>
+        <v>1956294.456</v>
       </c>
       <c r="BH22" s="4">
-        <v>2092042.3650265997</v>
+        <v>2092042.3649999998</v>
       </c>
       <c r="BI22" s="4">
-        <v>2302989.8082642001</v>
+        <v>2303603.1979999999</v>
       </c>
       <c r="BJ22" s="4">
-        <v>2531896.6346562002</v>
+        <v>2511397.5520000001</v>
+      </c>
+      <c r="BK22" s="4">
+        <v>2690611.2859999998</v>
       </c>
     </row>
-    <row r="23" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A23" s="22" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B23" s="25" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J23" s="4" t="s">
         <v>3</v>
       </c>
@@ -4895,122 +4959,125 @@
       <c r="AF23" s="4">
         <v>39896</v>
       </c>
       <c r="AG23" s="4">
         <v>57411</v>
       </c>
       <c r="AH23" s="4">
         <v>4928</v>
       </c>
       <c r="AI23" s="4">
         <v>5298.84</v>
       </c>
       <c r="AJ23" s="4">
         <v>5324</v>
       </c>
       <c r="AK23" s="4">
         <v>6129</v>
       </c>
       <c r="AL23" s="4">
         <v>6207</v>
       </c>
       <c r="AM23" s="4">
         <v>6678.2969999999996</v>
       </c>
       <c r="AN23" s="4">
-        <v>6565.0021992900001</v>
+        <v>6565.0019999999995</v>
       </c>
       <c r="AO23" s="4">
-        <v>10720.987880049999</v>
+        <v>10720.987999999999</v>
       </c>
       <c r="AP23" s="4">
         <v>11188.338</v>
       </c>
       <c r="AQ23" s="4">
         <v>11712.545</v>
       </c>
       <c r="AR23" s="4">
         <v>12382.263000000001</v>
       </c>
       <c r="AS23" s="4">
-        <v>12576.26545076</v>
+        <v>12576.264999999999</v>
       </c>
       <c r="AT23" s="4">
-        <v>13351.24021224</v>
+        <v>13351.24</v>
       </c>
       <c r="AU23" s="4">
-        <v>13587.317047590001</v>
+        <v>13587.317000000001</v>
       </c>
       <c r="AV23" s="4">
-        <v>14774.562124459999</v>
+        <v>14774.562</v>
       </c>
       <c r="AW23" s="4">
-        <v>16989.467498629998</v>
+        <v>16989.467000000001</v>
       </c>
       <c r="AX23" s="4">
-        <v>16422.255939839</v>
+        <v>16422.256000000001</v>
       </c>
       <c r="AY23" s="4">
-        <v>17091.627398659999</v>
+        <v>17091.627</v>
       </c>
       <c r="AZ23" s="4">
-        <v>17620.173417921</v>
+        <v>17620.173000000003</v>
       </c>
       <c r="BA23" s="4">
-        <v>17726.946470179002</v>
+        <v>17726.946</v>
       </c>
       <c r="BB23" s="4">
-        <v>18062.636066495001</v>
+        <v>18062.636000000002</v>
       </c>
       <c r="BC23" s="4">
-        <v>18451.401441148002</v>
+        <v>18451.401000000002</v>
       </c>
       <c r="BD23" s="4">
-        <v>18806.395656551998</v>
+        <v>18806.396000000001</v>
       </c>
       <c r="BE23" s="4">
-        <v>19028.790816923</v>
+        <v>19028.790999999997</v>
       </c>
       <c r="BF23" s="4">
-        <v>19518.580714633001</v>
+        <v>19518.581000000002</v>
       </c>
       <c r="BG23" s="4">
-        <v>19949.953329925</v>
+        <v>19949.953000000001</v>
       </c>
       <c r="BH23" s="4">
-        <v>20127.138205087002</v>
+        <v>20127.137999999999</v>
       </c>
       <c r="BI23" s="4">
-        <v>23918.957622648999</v>
+        <v>23317.377</v>
       </c>
       <c r="BJ23" s="4">
-        <v>24818.898220194002</v>
+        <v>24091.698999999997</v>
+      </c>
+      <c r="BK23" s="4">
+        <v>35884.462999999996</v>
       </c>
     </row>
-    <row r="24" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A24" s="22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B24" s="25" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I24" s="4" t="s">
         <v>3</v>
       </c>
@@ -5050,155 +5117,158 @@
       <c r="U24" s="4">
         <v>139206.70000000001</v>
       </c>
       <c r="V24" s="4">
         <v>164258.90000000002</v>
       </c>
       <c r="W24" s="4">
         <v>182869</v>
       </c>
       <c r="X24" s="4">
         <v>213776.9</v>
       </c>
       <c r="Y24" s="4">
         <v>232274.69999999998</v>
       </c>
       <c r="Z24" s="4">
         <v>247678.30000000002</v>
       </c>
       <c r="AA24" s="4">
         <v>252403.5</v>
       </c>
       <c r="AB24" s="4">
         <v>255866.6</v>
       </c>
       <c r="AC24" s="4">
-        <v>260566.30000000002</v>
+        <v>258179.19999999998</v>
       </c>
       <c r="AD24" s="4">
-        <v>267162.89999999997</v>
+        <v>264746.40000000002</v>
       </c>
       <c r="AE24" s="4">
-        <v>280555.7</v>
+        <v>277974</v>
       </c>
       <c r="AF24" s="4">
-        <v>291726.2</v>
+        <v>289144.3</v>
       </c>
       <c r="AG24" s="4">
-        <v>317354.89999999997</v>
+        <v>314739.8</v>
       </c>
       <c r="AH24" s="4">
-        <v>329214.74438699998</v>
+        <v>329214.74400000001</v>
       </c>
       <c r="AI24" s="4">
-        <v>348900.01271599997</v>
+        <v>348900.01299999998</v>
       </c>
       <c r="AJ24" s="4">
-        <v>365112.09228099999</v>
+        <v>365112.092</v>
       </c>
       <c r="AK24" s="4">
-        <v>382727.46840500005</v>
+        <v>382727.46799999999</v>
       </c>
       <c r="AL24" s="4">
-        <v>406246.67313199997</v>
+        <v>406246.67300000001</v>
       </c>
       <c r="AM24" s="4">
-        <v>426150.825212</v>
+        <v>426150.82500000001</v>
       </c>
       <c r="AN24" s="4">
-        <v>423047.13829500001</v>
+        <v>423047.13800000004</v>
       </c>
       <c r="AO24" s="4">
-        <v>427790.46359</v>
+        <v>427790.46399999998</v>
       </c>
       <c r="AP24" s="4">
-        <v>437252.68703700003</v>
+        <v>437252.68700000003</v>
       </c>
       <c r="AQ24" s="4">
-        <v>473217.01017600001</v>
+        <v>473217.01</v>
       </c>
       <c r="AR24" s="4">
-        <v>526270.02714200004</v>
+        <v>526270.027</v>
       </c>
       <c r="AS24" s="4">
-        <v>539147.70179999992</v>
+        <v>539147.70199999993</v>
       </c>
       <c r="AT24" s="4">
-        <v>614603.5721649999</v>
+        <v>614603.57199999993</v>
       </c>
       <c r="AU24" s="4">
-        <v>606541.41071199998</v>
+        <v>606541.41099999996</v>
       </c>
       <c r="AV24" s="4">
-        <v>571877.72991600004</v>
+        <v>571877.7300000001</v>
       </c>
       <c r="AW24" s="4">
-        <v>591541.50165400002</v>
+        <v>591541.50200000009</v>
       </c>
       <c r="AX24" s="4">
-        <v>604346.05783999991</v>
+        <v>604346.05799999996</v>
       </c>
       <c r="AY24" s="4">
-        <v>632115.50934999995</v>
+        <v>632115.50899999996</v>
       </c>
       <c r="AZ24" s="4">
-        <v>651024.69312200008</v>
+        <v>651024.69299999997</v>
       </c>
       <c r="BA24" s="4">
-        <v>721090.72728300013</v>
+        <v>721090.72700000007</v>
       </c>
       <c r="BB24" s="4">
-        <v>691295.07622800011</v>
+        <v>691295.076</v>
       </c>
       <c r="BC24" s="4">
-        <v>701473.84047199995</v>
+        <v>701473.84</v>
       </c>
       <c r="BD24" s="4">
-        <v>726277.81467499991</v>
+        <v>726277.81500000006</v>
       </c>
       <c r="BE24" s="4">
-        <v>724690.7970449999</v>
+        <v>724690.79700000002</v>
       </c>
       <c r="BF24" s="4">
-        <v>804500.17579899996</v>
+        <v>804500.17599999986</v>
       </c>
       <c r="BG24" s="4">
-        <v>801279.58504200005</v>
+        <v>801279.58499999996</v>
       </c>
       <c r="BH24" s="4">
-        <v>898358.95818000007</v>
+        <v>897269.20600000001</v>
       </c>
       <c r="BI24" s="4">
-        <v>872462.470371</v>
+        <v>870199.33799999987</v>
       </c>
       <c r="BJ24" s="4">
-        <v>881575.35759400006</v>
+        <v>892042.12900000007</v>
+      </c>
+      <c r="BK24" s="4">
+        <v>976915.96400000004</v>
       </c>
     </row>
-    <row r="25" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A25" s="22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B25" s="25" t="s">
         <v>11</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I25" s="4" t="s">
         <v>3</v>
       </c>
@@ -5334,59 +5404,62 @@
       <c r="BA25" s="4">
         <v>241773.2</v>
       </c>
       <c r="BB25" s="4">
         <v>249169.09999999998</v>
       </c>
       <c r="BC25" s="4">
         <v>257889.8</v>
       </c>
       <c r="BD25" s="4">
         <v>265873.7</v>
       </c>
       <c r="BE25" s="4">
         <v>269263</v>
       </c>
       <c r="BF25" s="4">
         <v>278448</v>
       </c>
       <c r="BG25" s="4">
         <v>294636.39999999997</v>
       </c>
       <c r="BH25" s="4">
         <v>311051.60000000003</v>
       </c>
       <c r="BI25" s="4">
-        <v>315653</v>
+        <v>315905.39999999997</v>
       </c>
       <c r="BJ25" s="4">
-        <v>331802.90000000002</v>
+        <v>330799.59999999998</v>
+      </c>
+      <c r="BK25" s="4">
+        <v>341666.7</v>
       </c>
     </row>
-    <row r="26" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A26" s="22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B26" s="25" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E26" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G26" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H26" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I26" s="4" t="s">
         <v>3</v>
       </c>
@@ -5477,104 +5550,107 @@
       <c r="AL26" s="4">
         <v>1724.79</v>
       </c>
       <c r="AM26" s="4">
         <v>1888.5100000000002</v>
       </c>
       <c r="AN26" s="4">
         <v>2086.5100000000002</v>
       </c>
       <c r="AO26" s="4">
         <v>2389.5300000000002</v>
       </c>
       <c r="AP26" s="4">
         <v>2656.85</v>
       </c>
       <c r="AQ26" s="4">
         <v>2980.69</v>
       </c>
       <c r="AR26" s="4">
         <v>3313.4</v>
       </c>
       <c r="AS26" s="4">
         <v>4061.89</v>
       </c>
       <c r="AT26" s="4">
-        <v>5000.21</v>
+        <v>5006.5810000000001</v>
       </c>
       <c r="AU26" s="4">
-        <v>5098.58</v>
+        <v>5112.8689999999997</v>
       </c>
       <c r="AV26" s="4">
-        <v>4860.6100000000006</v>
+        <v>4815.9409999999998</v>
       </c>
       <c r="AW26" s="4">
-        <v>4801.71</v>
+        <v>4770.7280000000001</v>
       </c>
       <c r="AX26" s="4">
-        <v>5144.12</v>
+        <v>5121.7879999999996</v>
       </c>
       <c r="AY26" s="4">
-        <v>5574.9800000000005</v>
+        <v>5646.8570000000009</v>
       </c>
       <c r="AZ26" s="4">
-        <v>5891.2699999999995</v>
+        <v>5956.0519999999997</v>
       </c>
       <c r="BA26" s="4">
-        <v>6342.95</v>
+        <v>6450.808</v>
       </c>
       <c r="BB26" s="4">
-        <v>6771.2300000000005</v>
+        <v>6892.4199999999992</v>
       </c>
       <c r="BC26" s="4">
-        <v>7179.38</v>
+        <v>7311.9539999999997</v>
       </c>
       <c r="BD26" s="4">
-        <v>7644.2999999999993</v>
+        <v>7727.418999999999</v>
       </c>
       <c r="BE26" s="4">
-        <v>8413.4600000000009</v>
+        <v>8486.2839999999997</v>
       </c>
       <c r="BF26" s="4">
-        <v>9168.26</v>
+        <v>9253.3010000000013</v>
       </c>
       <c r="BG26" s="4">
-        <v>9013.3157032599993</v>
+        <v>9103.405999999999</v>
       </c>
       <c r="BH26" s="4">
-        <v>10388.46099946</v>
+        <v>10483.350999999999</v>
       </c>
       <c r="BI26" s="4">
-        <v>11687.13059945</v>
+        <v>11780.939</v>
       </c>
       <c r="BJ26" s="4">
-        <v>12667.425586089999</v>
+        <v>12758.564999999999</v>
+      </c>
+      <c r="BK26" s="4">
+        <v>13919.558999999999</v>
       </c>
     </row>
-    <row r="27" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A27" s="22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" s="25" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I27" s="4" t="s">
         <v>3</v>
       </c>
@@ -5704,179 +5780,182 @@
       <c r="AY27" s="4">
         <v>75.149999999999991</v>
       </c>
       <c r="AZ27" s="4">
         <v>68.239999999999995</v>
       </c>
       <c r="BA27" s="4">
         <v>69.28</v>
       </c>
       <c r="BB27" s="4">
         <v>69.17</v>
       </c>
       <c r="BC27" s="4">
         <v>70.64</v>
       </c>
       <c r="BD27" s="4">
         <v>70.31</v>
       </c>
       <c r="BE27" s="4">
         <v>70.7</v>
       </c>
       <c r="BF27" s="4">
         <v>70.540000000000006</v>
       </c>
       <c r="BG27" s="4">
-        <v>70.300515329999996</v>
+        <v>70.301000000000002</v>
       </c>
       <c r="BH27" s="4">
-        <v>73.412234949999998</v>
+        <v>73.412000000000006</v>
       </c>
       <c r="BI27" s="4">
-        <v>73.845301899999995</v>
+        <v>73.844999999999999</v>
       </c>
       <c r="BJ27" s="4">
-        <v>74.068014149999996</v>
+        <v>74.067999999999998</v>
+      </c>
+      <c r="BK27" s="4">
+        <v>74.337000000000003</v>
       </c>
     </row>
-    <row r="28" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A28" s="22" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B28" s="25" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G28" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H28" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I28" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J28" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L28" s="4">
-        <v>3344.8667161139001</v>
+        <v>3344.8669999999997</v>
       </c>
       <c r="M28" s="4">
-        <v>4086.2299683974497</v>
+        <v>4086.2299999999996</v>
       </c>
       <c r="N28" s="4">
-        <v>5039.9023007653004</v>
+        <v>5039.902</v>
       </c>
       <c r="O28" s="4">
-        <v>6350.1120088123007</v>
+        <v>6350.1120000000001</v>
       </c>
       <c r="P28" s="4">
-        <v>6936.7137793419997</v>
+        <v>6936.713999999999</v>
       </c>
       <c r="Q28" s="4">
-        <v>7041.0804577427989</v>
+        <v>7041.079999999999</v>
       </c>
       <c r="R28" s="4">
-        <v>7846.6935343406994</v>
+        <v>7846.6940000000004</v>
       </c>
       <c r="S28" s="4">
-        <v>9313.6264979340995</v>
+        <v>9313.6260000000002</v>
       </c>
       <c r="T28" s="4">
-        <v>11030.430146896799</v>
+        <v>11030.43</v>
       </c>
       <c r="U28" s="4">
-        <v>11984.3158107854</v>
+        <v>11984.315999999999</v>
       </c>
       <c r="V28" s="4">
-        <v>13252.0793274198</v>
+        <v>13252.079</v>
       </c>
       <c r="W28" s="4">
-        <v>15526.113842745001</v>
+        <v>15526.114</v>
       </c>
       <c r="X28" s="4">
-        <v>17710.844026195999</v>
+        <v>17710.844000000001</v>
       </c>
       <c r="Y28" s="4">
-        <v>19686.275472821999</v>
+        <v>19686.274999999998</v>
       </c>
       <c r="Z28" s="4">
-        <v>20407.552460139003</v>
+        <v>20407.552</v>
       </c>
       <c r="AA28" s="4">
-        <v>25449.274457080999</v>
+        <v>25449.273999999998</v>
       </c>
       <c r="AB28" s="4">
-        <v>28265.764168615002</v>
+        <v>28265.763999999996</v>
       </c>
       <c r="AC28" s="4">
-        <v>30670.381450216999</v>
+        <v>30670.380999999998</v>
       </c>
       <c r="AD28" s="4">
         <v>30582</v>
       </c>
       <c r="AE28" s="4">
-        <v>29379.503729600005</v>
+        <v>29379.503999999997</v>
       </c>
       <c r="AF28" s="4">
         <v>29381</v>
       </c>
       <c r="AG28" s="4">
-        <v>32285.123868728002</v>
+        <v>32285.124000000003</v>
       </c>
       <c r="AH28" s="4">
         <v>33920</v>
       </c>
       <c r="AI28" s="4">
         <v>35856</v>
       </c>
       <c r="AJ28" s="4">
         <v>38824</v>
       </c>
       <c r="AK28" s="4">
         <v>42070</v>
       </c>
       <c r="AL28" s="4">
-        <v>43855.886577425998</v>
+        <v>43855.887000000002</v>
       </c>
       <c r="AM28" s="4">
-        <v>48830.010071668992</v>
+        <v>48830.01</v>
       </c>
       <c r="AN28" s="4">
         <v>48441</v>
       </c>
       <c r="AO28" s="4">
         <v>50399</v>
       </c>
       <c r="AP28" s="4">
         <v>50626.999999999993</v>
       </c>
       <c r="AQ28" s="4">
         <v>52391.999999999993</v>
       </c>
       <c r="AR28" s="4">
         <v>54769.000000000007</v>
       </c>
       <c r="AS28" s="4">
         <v>57310.999999999993</v>
       </c>
       <c r="AT28" s="4">
         <v>60791</v>
       </c>
       <c r="AU28" s="4">
         <v>62142</v>
       </c>
@@ -5901,137 +5980,140 @@
       <c r="BB28" s="4">
         <v>69911</v>
       </c>
       <c r="BC28" s="4">
         <v>72903</v>
       </c>
       <c r="BD28" s="4">
         <v>73920.999999999985</v>
       </c>
       <c r="BE28" s="4">
         <v>76264</v>
       </c>
       <c r="BF28" s="4">
         <v>77870</v>
       </c>
       <c r="BG28" s="4">
         <v>74616.999999999985</v>
       </c>
       <c r="BH28" s="4">
         <v>82003</v>
       </c>
       <c r="BI28" s="4">
         <v>88372.999999999985</v>
       </c>
       <c r="BJ28" s="4">
-        <v>103154</v>
+        <v>103152</v>
+      </c>
+      <c r="BK28" s="4">
+        <v>102348.00000000001</v>
       </c>
     </row>
-    <row r="29" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A29" s="22" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B29" s="25" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G29" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H29" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I29" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J29" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L29" s="4">
-        <v>917.80151470046997</v>
+        <v>917.80200000000002</v>
       </c>
       <c r="M29" s="4">
-        <v>1169.7470285397999</v>
+        <v>1169.7470000000001</v>
       </c>
       <c r="N29" s="4">
-        <v>1550.0199300929</v>
+        <v>1550.02</v>
       </c>
       <c r="O29" s="4">
-        <v>1852.4218220849</v>
+        <v>1852.422</v>
       </c>
       <c r="P29" s="4">
-        <v>2106.0492155429001</v>
+        <v>2106.049</v>
       </c>
       <c r="Q29" s="4">
-        <v>2124.3816991283002</v>
+        <v>2124.3820000000001</v>
       </c>
       <c r="R29" s="4">
-        <v>2386.2503007673999</v>
+        <v>2386.25</v>
       </c>
       <c r="S29" s="4">
-        <v>2581.1801075314002</v>
+        <v>2581.1799999999998</v>
       </c>
       <c r="T29" s="4">
-        <v>3166.3013395870003</v>
+        <v>3166.3009999999999</v>
       </c>
       <c r="U29" s="4">
-        <v>3614.6604991200002</v>
+        <v>3614.6600000000003</v>
       </c>
       <c r="V29" s="4">
-        <v>3983.441991444</v>
+        <v>3983.442</v>
       </c>
       <c r="W29" s="4">
-        <v>4563.7943780329997</v>
+        <v>4563.7939999999999</v>
       </c>
       <c r="X29" s="4">
-        <v>5101.9002930730003</v>
+        <v>5101.8999999999996</v>
       </c>
       <c r="Y29" s="4">
-        <v>5572.4676809490002</v>
+        <v>5572.4679999999998</v>
       </c>
       <c r="Z29" s="4">
-        <v>5844.1958804989999</v>
+        <v>5844.1959999999999</v>
       </c>
       <c r="AA29" s="4">
-        <v>6749.8860530859993</v>
+        <v>6749.8860000000004</v>
       </c>
       <c r="AB29" s="4">
-        <v>7428.860711796</v>
+        <v>7428.8610000000008</v>
       </c>
       <c r="AC29" s="4">
         <v>8382</v>
       </c>
       <c r="AD29" s="4">
         <v>8071</v>
       </c>
       <c r="AE29" s="4">
         <v>7925</v>
       </c>
       <c r="AF29" s="4">
         <v>7899</v>
       </c>
       <c r="AG29" s="4">
         <v>9022</v>
       </c>
       <c r="AH29" s="4">
         <v>9761</v>
       </c>
       <c r="AI29" s="4">
         <v>10621</v>
       </c>
       <c r="AJ29" s="4">
         <v>10805</v>
       </c>
@@ -6089,146 +6171,149 @@
       <c r="BB29" s="4">
         <v>21849</v>
       </c>
       <c r="BC29" s="4">
         <v>21936</v>
       </c>
       <c r="BD29" s="4">
         <v>22767</v>
       </c>
       <c r="BE29" s="4">
         <v>22464</v>
       </c>
       <c r="BF29" s="4">
         <v>23166</v>
       </c>
       <c r="BG29" s="4">
         <v>24584</v>
       </c>
       <c r="BH29" s="4">
         <v>25836</v>
       </c>
       <c r="BI29" s="4">
         <v>26585</v>
       </c>
       <c r="BJ29" s="4">
-        <v>13064</v>
+        <v>13044</v>
+      </c>
+      <c r="BK29" s="4">
+        <v>13973</v>
       </c>
     </row>
-    <row r="30" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A30" s="22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B30" s="25" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G30" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H30" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I30" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J30" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L30" s="4">
-        <v>54936.070504620999</v>
+        <v>54936.07</v>
       </c>
       <c r="M30" s="4">
-        <v>67030.765736169007</v>
+        <v>67030.764999999999</v>
       </c>
       <c r="N30" s="4">
-        <v>75790.638715646986</v>
+        <v>75790.638999999996</v>
       </c>
       <c r="O30" s="4">
-        <v>92134.392955636009</v>
+        <v>92134.392999999996</v>
       </c>
       <c r="P30" s="4">
-        <v>103880.589733778</v>
+        <v>103880.59000000001</v>
       </c>
       <c r="Q30" s="4">
-        <v>117980.59933806599</v>
+        <v>117980.59999999999</v>
       </c>
       <c r="R30" s="4">
-        <v>140331.14975524301</v>
+        <v>140331.14999999997</v>
       </c>
       <c r="S30" s="4">
-        <v>164765.678238055</v>
+        <v>164765.67800000001</v>
       </c>
       <c r="T30" s="4">
-        <v>186363.28295910102</v>
+        <v>186363.28300000002</v>
       </c>
       <c r="U30" s="4">
-        <v>218446.94088179001</v>
+        <v>218446.94100000002</v>
       </c>
       <c r="V30" s="4">
-        <v>244396.20279987002</v>
+        <v>244396.20300000001</v>
       </c>
       <c r="W30" s="4">
-        <v>269251.94791731995</v>
+        <v>269251.94799999997</v>
       </c>
       <c r="X30" s="4">
-        <v>288984.64381050004</v>
+        <v>288984.64400000003</v>
       </c>
       <c r="Y30" s="4">
-        <v>307925.94990678004</v>
+        <v>307925.95</v>
       </c>
       <c r="Z30" s="4">
-        <v>327848.47177483002</v>
+        <v>327848.47200000001</v>
       </c>
       <c r="AA30" s="4">
-        <v>345913.37541942997</v>
+        <v>345913.375</v>
       </c>
       <c r="AB30" s="4">
-        <v>370879.64607436</v>
+        <v>370879.64600000001</v>
       </c>
       <c r="AC30" s="4">
-        <v>390988.46298462001</v>
+        <v>390988.46300000005</v>
       </c>
       <c r="AD30" s="4">
-        <v>408620.35948240996</v>
+        <v>408620.359</v>
       </c>
       <c r="AE30" s="4">
-        <v>419702.41684134997</v>
+        <v>419702.41699999996</v>
       </c>
       <c r="AF30" s="4">
         <v>435109</v>
       </c>
       <c r="AG30" s="4">
         <v>449000.2</v>
       </c>
       <c r="AH30" s="4">
         <v>457863.4</v>
       </c>
       <c r="AI30" s="4">
         <v>482773.4</v>
       </c>
       <c r="AJ30" s="4">
         <v>501671.3</v>
       </c>
       <c r="AK30" s="4">
         <v>523206.9</v>
       </c>
       <c r="AL30" s="4">
         <v>553178.79999999993</v>
       </c>
       <c r="AM30" s="4">
         <v>576823.5</v>
       </c>
@@ -6274,149 +6359,152 @@
       <c r="BA30" s="4">
         <v>849207.1</v>
       </c>
       <c r="BB30" s="4">
         <v>864091.6</v>
       </c>
       <c r="BC30" s="4">
         <v>872635.2</v>
       </c>
       <c r="BD30" s="4">
         <v>913774.79999999993</v>
       </c>
       <c r="BE30" s="4">
         <v>932290.50000000012</v>
       </c>
       <c r="BF30" s="4">
         <v>941491</v>
       </c>
       <c r="BG30" s="4">
         <v>902166.99999999988</v>
       </c>
       <c r="BH30" s="4">
         <v>960994</v>
       </c>
       <c r="BI30" s="4">
-        <v>1033970</v>
+        <v>1034295.0000000001</v>
       </c>
       <c r="BJ30" s="4">
-        <v>1052776</v>
+        <v>1055628</v>
+      </c>
+      <c r="BK30" s="4">
+        <v>1082532.0000000002</v>
       </c>
     </row>
-    <row r="31" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A31" s="22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B31" s="25" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I31" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J31" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L31" s="4">
-        <v>4948.0377524746</v>
+        <v>4948.0380000000005</v>
       </c>
       <c r="M31" s="4">
-        <v>2952.6325658542</v>
+        <v>2952.6330000000003</v>
       </c>
       <c r="N31" s="4">
-        <v>6247.9705224580002</v>
+        <v>6247.9709999999995</v>
       </c>
       <c r="O31" s="4">
-        <v>7616.2004521638</v>
+        <v>7616.2</v>
       </c>
       <c r="P31" s="4">
-        <v>8187.1220217179007</v>
+        <v>8187.1220000000003</v>
       </c>
       <c r="Q31" s="4">
-        <v>9131.2387854692006</v>
+        <v>9131.2390000000014</v>
       </c>
       <c r="R31" s="4">
-        <v>10692.774069031999</v>
+        <v>10692.773999999999</v>
       </c>
       <c r="S31" s="4">
-        <v>12656.927207119001</v>
+        <v>12656.927</v>
       </c>
       <c r="T31" s="4">
-        <v>14513.451339035999</v>
+        <v>14513.450999999999</v>
       </c>
       <c r="U31" s="4">
-        <v>16761.464547218999</v>
+        <v>16761.465</v>
       </c>
       <c r="V31" s="4">
-        <v>19847.337554138001</v>
+        <v>19847.338</v>
       </c>
       <c r="W31" s="4">
-        <v>25136.861105225002</v>
+        <v>25136.861000000001</v>
       </c>
       <c r="X31" s="4">
-        <v>27692.516430192998</v>
+        <v>27692.516</v>
       </c>
       <c r="Y31" s="4">
-        <v>29806.374503207</v>
+        <v>29806.375</v>
       </c>
       <c r="Z31" s="4">
-        <v>31442.91470325</v>
+        <v>31442.915000000001</v>
       </c>
       <c r="AA31" s="4">
-        <v>34496.163620480998</v>
+        <v>34496.163999999997</v>
       </c>
       <c r="AB31" s="4">
-        <v>36870.252165918995</v>
+        <v>36870.252</v>
       </c>
       <c r="AC31" s="4">
-        <v>40201.568090591005</v>
+        <v>40201.567999999999</v>
       </c>
       <c r="AD31" s="4">
-        <v>42348.507600345998</v>
+        <v>42348.508000000002</v>
       </c>
       <c r="AE31" s="4">
-        <v>48208.341661115002</v>
+        <v>48208.342000000004</v>
       </c>
       <c r="AF31" s="4">
         <v>50940.5</v>
       </c>
       <c r="AG31" s="4">
         <v>54067.3</v>
       </c>
       <c r="AH31" s="4">
         <v>56662</v>
       </c>
       <c r="AI31" s="4">
         <v>60673.4</v>
       </c>
       <c r="AJ31" s="4">
         <v>62066.1</v>
       </c>
       <c r="AK31" s="4">
         <v>64777.299999999996</v>
       </c>
       <c r="AL31" s="4">
         <v>66222.8</v>
       </c>
       <c r="AM31" s="4">
         <v>64730.2</v>
       </c>
@@ -6462,170 +6550,173 @@
       <c r="BA31" s="4">
         <v>126666</v>
       </c>
       <c r="BB31" s="4">
         <v>131461</v>
       </c>
       <c r="BC31" s="4">
         <v>136918</v>
       </c>
       <c r="BD31" s="4">
         <v>141820</v>
       </c>
       <c r="BE31" s="4">
         <v>147107.9</v>
       </c>
       <c r="BF31" s="4">
         <v>148938</v>
       </c>
       <c r="BG31" s="4">
         <v>141554</v>
       </c>
       <c r="BH31" s="4">
         <v>163672</v>
       </c>
       <c r="BI31" s="4">
-        <v>174598</v>
+        <v>175046</v>
       </c>
       <c r="BJ31" s="4">
-        <v>177297</v>
+        <v>177380</v>
+      </c>
+      <c r="BK31" s="4">
+        <v>183921</v>
       </c>
     </row>
-    <row r="32" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A32" s="22" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B32" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G32" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H32" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I32" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J32" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L32" s="4">
-        <v>113619.28183942399</v>
+        <v>113619.281</v>
       </c>
       <c r="M32" s="4">
-        <v>121552.48666806401</v>
+        <v>121552.48699999999</v>
       </c>
       <c r="N32" s="4">
-        <v>127667.53756717099</v>
+        <v>127667.537</v>
       </c>
       <c r="O32" s="4">
-        <v>142580.89915790199</v>
+        <v>142580.89899999998</v>
       </c>
       <c r="P32" s="4">
-        <v>156294.25870346601</v>
+        <v>156294.25900000002</v>
       </c>
       <c r="Q32" s="4">
-        <v>166792.614900068</v>
+        <v>166792.614</v>
       </c>
       <c r="R32" s="4">
-        <v>180155.73950701201</v>
+        <v>180155.74</v>
       </c>
       <c r="S32" s="4">
-        <v>192830.15394998499</v>
+        <v>192830.15399999998</v>
       </c>
       <c r="T32" s="4">
-        <v>201889.73479290502</v>
+        <v>201889.734</v>
       </c>
       <c r="U32" s="4">
-        <v>208733.88791459301</v>
+        <v>208733.88799999998</v>
       </c>
       <c r="V32" s="4">
-        <v>218302.2041793</v>
+        <v>218302.20400000003</v>
       </c>
       <c r="W32" s="4">
-        <v>229618.11609393999</v>
+        <v>229618.11599999998</v>
       </c>
       <c r="X32" s="4">
-        <v>242174.42211234997</v>
+        <v>242174.42299999998</v>
       </c>
       <c r="Y32" s="4">
-        <v>253670.82006105001</v>
+        <v>253670.81999999998</v>
       </c>
       <c r="Z32" s="4">
-        <v>264507.14019112004</v>
+        <v>264507.14</v>
       </c>
       <c r="AA32" s="4">
-        <v>276234.13077823998</v>
+        <v>276234.13100000005</v>
       </c>
       <c r="AB32" s="4">
-        <v>296396.41482133005</v>
+        <v>296396.41499999998</v>
       </c>
       <c r="AC32" s="4">
-        <v>314385.19707744999</v>
+        <v>314385.19699999999</v>
       </c>
       <c r="AD32" s="4">
-        <v>389626.39902240998</v>
+        <v>389626.39899999998</v>
       </c>
       <c r="AE32" s="4">
-        <v>428626.20984442002</v>
+        <v>428626.21</v>
       </c>
       <c r="AF32" s="4">
-        <v>437183.19076811004</v>
+        <v>437183.19099999999</v>
       </c>
       <c r="AG32" s="4">
-        <v>466605.99336343003</v>
+        <v>466605.99300000002</v>
       </c>
       <c r="AH32" s="4">
-        <v>484292.09082589002</v>
+        <v>484292.09099999996</v>
       </c>
       <c r="AI32" s="4">
-        <v>479533.49728758994</v>
+        <v>479533.49700000003</v>
       </c>
       <c r="AJ32" s="4">
-        <v>488079.22978991998</v>
+        <v>488079.23</v>
       </c>
       <c r="AK32" s="4">
-        <v>499523.98725860997</v>
+        <v>499523.98700000002</v>
       </c>
       <c r="AL32" s="4">
-        <v>519435.73827992007</v>
+        <v>519435.73800000001</v>
       </c>
       <c r="AM32" s="4">
         <v>534277.11800000002</v>
       </c>
       <c r="AN32" s="4">
         <v>536545.87199999997</v>
       </c>
       <c r="AO32" s="4">
         <v>538289</v>
       </c>
       <c r="AP32" s="4">
         <v>547507</v>
       </c>
       <c r="AQ32" s="4">
         <v>547123</v>
       </c>
       <c r="AR32" s="4">
         <v>554152</v>
       </c>
       <c r="AS32" s="4">
         <v>577000</v>
       </c>
       <c r="AT32" s="4">
         <v>607089</v>
       </c>
@@ -6647,173 +6738,176 @@
       <c r="AZ32" s="4">
         <v>736479</v>
       </c>
       <c r="BA32" s="4">
         <v>765099.99999999988</v>
       </c>
       <c r="BB32" s="4">
         <v>792403</v>
       </c>
       <c r="BC32" s="4">
         <v>821018</v>
       </c>
       <c r="BD32" s="4">
         <v>857575</v>
       </c>
       <c r="BE32" s="4">
         <v>895399</v>
       </c>
       <c r="BF32" s="4">
         <v>926454.99999999988</v>
       </c>
       <c r="BG32" s="4">
         <v>892842</v>
       </c>
       <c r="BH32" s="4">
-        <v>954099</v>
+        <v>953749</v>
       </c>
       <c r="BI32" s="4">
-        <v>1011417.9999999999</v>
+        <v>1013780</v>
       </c>
       <c r="BJ32" s="4">
-        <v>1049554</v>
+        <v>1052097</v>
+      </c>
+      <c r="BK32" s="4">
+        <v>1112415</v>
       </c>
     </row>
-    <row r="33" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A33" s="22" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B33" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L33" s="4">
-        <v>39437.476672308003</v>
+        <v>39437.476999999999</v>
       </c>
       <c r="M33" s="4">
-        <v>43049.242521077998</v>
+        <v>43049.242999999995</v>
       </c>
       <c r="N33" s="4">
-        <v>42115.623546014001</v>
+        <v>42115.623999999996</v>
       </c>
       <c r="O33" s="4">
-        <v>46310.773431229005</v>
+        <v>46310.773000000001</v>
       </c>
       <c r="P33" s="4">
-        <v>52763.788263805996</v>
+        <v>52763.788</v>
       </c>
       <c r="Q33" s="4">
-        <v>57145.048393777004</v>
+        <v>57145.048000000003</v>
       </c>
       <c r="R33" s="4">
-        <v>61989.538968110995</v>
+        <v>61989.538999999997</v>
       </c>
       <c r="S33" s="4">
-        <v>64869.646134888993</v>
+        <v>64869.646000000001</v>
       </c>
       <c r="T33" s="4">
-        <v>65269.47638598401</v>
+        <v>65269.475999999995</v>
       </c>
       <c r="U33" s="4">
-        <v>67417.413578890002</v>
+        <v>67417.41399999999</v>
       </c>
       <c r="V33" s="4">
-        <v>70057.213561506011</v>
+        <v>70057.214000000007</v>
       </c>
       <c r="W33" s="4">
-        <v>73560.074239580994</v>
+        <v>73560.073999999993</v>
       </c>
       <c r="X33" s="4">
-        <v>77980.192552521999</v>
+        <v>77980.192999999999</v>
       </c>
       <c r="Y33" s="4">
-        <v>81856.296303871</v>
+        <v>81856.296000000002</v>
       </c>
       <c r="Z33" s="4">
-        <v>85123.962716595997</v>
+        <v>85123.963000000003</v>
       </c>
       <c r="AA33" s="4">
-        <v>88435.088939222987</v>
+        <v>88435.089000000007</v>
       </c>
       <c r="AB33" s="4">
-        <v>96744.093300542998</v>
+        <v>96744.093000000008</v>
       </c>
       <c r="AC33" s="4">
-        <v>97793.264240756995</v>
+        <v>97793.263999999996</v>
       </c>
       <c r="AD33" s="4">
-        <v>115205.30925489</v>
+        <v>115205.30899999999</v>
       </c>
       <c r="AE33" s="4">
-        <v>127778.99919726999</v>
+        <v>127778.999</v>
       </c>
       <c r="AF33" s="4">
-        <v>135317.48669362999</v>
+        <v>135317.48699999999</v>
       </c>
       <c r="AG33" s="4">
-        <v>140516.81383351001</v>
+        <v>140516.81400000001</v>
       </c>
       <c r="AH33" s="4">
-        <v>148902.00068512998</v>
+        <v>148902.00100000002</v>
       </c>
       <c r="AI33" s="4">
-        <v>151700.30115092002</v>
+        <v>151700.30100000001</v>
       </c>
       <c r="AJ33" s="4">
-        <v>150059.56550415998</v>
+        <v>150059.56599999999</v>
       </c>
       <c r="AK33" s="4">
-        <v>156324.93621633999</v>
+        <v>156324.93600000002</v>
       </c>
       <c r="AL33" s="4">
-        <v>164566.96134122001</v>
+        <v>164566.96099999998</v>
       </c>
       <c r="AM33" s="4">
         <v>172062.11799999999</v>
       </c>
       <c r="AN33" s="4">
         <v>167518.87199999997</v>
       </c>
       <c r="AO33" s="4">
         <v>165297</v>
       </c>
       <c r="AP33" s="4">
         <v>165746</v>
       </c>
       <c r="AQ33" s="4">
         <v>175113</v>
       </c>
       <c r="AR33" s="4">
         <v>175698</v>
       </c>
       <c r="AS33" s="4">
         <v>191625</v>
       </c>
       <c r="AT33" s="4">
         <v>209291</v>
       </c>
@@ -6835,173 +6929,176 @@
       <c r="AZ33" s="4">
         <v>234733</v>
       </c>
       <c r="BA33" s="4">
         <v>244966</v>
       </c>
       <c r="BB33" s="4">
         <v>260463.00000000003</v>
       </c>
       <c r="BC33" s="4">
         <v>280863</v>
       </c>
       <c r="BD33" s="4">
         <v>290448</v>
       </c>
       <c r="BE33" s="4">
         <v>306933</v>
       </c>
       <c r="BF33" s="4">
         <v>319263</v>
       </c>
       <c r="BG33" s="4">
         <v>309467</v>
       </c>
       <c r="BH33" s="4">
-        <v>351975</v>
+        <v>351691</v>
       </c>
       <c r="BI33" s="4">
-        <v>379416</v>
+        <v>381535</v>
       </c>
       <c r="BJ33" s="4">
-        <v>370886</v>
+        <v>373157</v>
+      </c>
+      <c r="BK33" s="4">
+        <v>384055</v>
       </c>
     </row>
-    <row r="34" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A34" s="22" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B34" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L34" s="4">
-        <v>15467.601989948</v>
+        <v>15467.601999999999</v>
       </c>
       <c r="M34" s="4">
-        <v>16850.135236703001</v>
+        <v>16850.135000000002</v>
       </c>
       <c r="N34" s="4">
-        <v>17041.869692150998</v>
+        <v>17041.87</v>
       </c>
       <c r="O34" s="4">
-        <v>19380.518756743</v>
+        <v>19380.519</v>
       </c>
       <c r="P34" s="4">
-        <v>21525.388198361001</v>
+        <v>21525.387999999999</v>
       </c>
       <c r="Q34" s="4">
-        <v>22163.991757975</v>
+        <v>22163.992000000002</v>
       </c>
       <c r="R34" s="4">
-        <v>23037.789582939</v>
+        <v>23037.79</v>
       </c>
       <c r="S34" s="4">
-        <v>26224.160586554</v>
+        <v>26224.161</v>
       </c>
       <c r="T34" s="4">
-        <v>25593.226405157999</v>
+        <v>25593.226000000002</v>
       </c>
       <c r="U34" s="4">
-        <v>26154.113598830001</v>
+        <v>26154.114000000001</v>
       </c>
       <c r="V34" s="4">
-        <v>27537.669429347003</v>
+        <v>27537.669000000002</v>
       </c>
       <c r="W34" s="4">
-        <v>29258.677901454001</v>
+        <v>29258.678</v>
       </c>
       <c r="X34" s="4">
-        <v>31475.128206439</v>
+        <v>31475.128000000001</v>
       </c>
       <c r="Y34" s="4">
-        <v>32620.933312200003</v>
+        <v>32620.933000000001</v>
       </c>
       <c r="Z34" s="4">
-        <v>33240.107780328995</v>
+        <v>33240.108</v>
       </c>
       <c r="AA34" s="4">
-        <v>35173.302383131995</v>
+        <v>35173.301999999996</v>
       </c>
       <c r="AB34" s="4">
-        <v>37706.753654458997</v>
+        <v>37706.753999999994</v>
       </c>
       <c r="AC34" s="4">
-        <v>38441.480087738004</v>
+        <v>38441.479999999996</v>
       </c>
       <c r="AD34" s="4">
-        <v>43341.701477121998</v>
+        <v>43341.701000000001</v>
       </c>
       <c r="AE34" s="4">
-        <v>47711.713185706001</v>
+        <v>47711.713000000003</v>
       </c>
       <c r="AF34" s="4">
-        <v>49741.541954054999</v>
+        <v>49741.542000000001</v>
       </c>
       <c r="AG34" s="4">
-        <v>50678.228680407003</v>
+        <v>50678.228999999999</v>
       </c>
       <c r="AH34" s="4">
-        <v>50666.468967138993</v>
+        <v>50666.468999999997</v>
       </c>
       <c r="AI34" s="4">
-        <v>50278.570964757004</v>
+        <v>50278.570999999996</v>
       </c>
       <c r="AJ34" s="4">
-        <v>51275.612716852003</v>
+        <v>51275.612999999998</v>
       </c>
       <c r="AK34" s="4">
-        <v>56424.638133171</v>
+        <v>56424.637999999999</v>
       </c>
       <c r="AL34" s="4">
-        <v>59091.025293609004</v>
+        <v>59091.025000000001</v>
       </c>
       <c r="AM34" s="4">
         <v>56961.764000000003</v>
       </c>
       <c r="AN34" s="4">
         <v>55667.256000000001</v>
       </c>
       <c r="AO34" s="4">
         <v>52858</v>
       </c>
       <c r="AP34" s="4">
         <v>52087</v>
       </c>
       <c r="AQ34" s="4">
         <v>55630</v>
       </c>
       <c r="AR34" s="4">
         <v>59329</v>
       </c>
       <c r="AS34" s="4">
         <v>67152</v>
       </c>
       <c r="AT34" s="4">
         <v>72132</v>
       </c>
@@ -7023,158 +7120,161 @@
       <c r="AZ34" s="4">
         <v>83649</v>
       </c>
       <c r="BA34" s="4">
         <v>86527</v>
       </c>
       <c r="BB34" s="4">
         <v>91870</v>
       </c>
       <c r="BC34" s="4">
         <v>98626</v>
       </c>
       <c r="BD34" s="4">
         <v>103996</v>
       </c>
       <c r="BE34" s="4">
         <v>109789</v>
       </c>
       <c r="BF34" s="4">
         <v>113452</v>
       </c>
       <c r="BG34" s="4">
         <v>106340</v>
       </c>
       <c r="BH34" s="4">
-        <v>125202</v>
+        <v>124840</v>
       </c>
       <c r="BI34" s="4">
-        <v>136128</v>
+        <v>136894</v>
       </c>
       <c r="BJ34" s="4">
-        <v>140066</v>
+        <v>140051</v>
+      </c>
+      <c r="BK34" s="4">
+        <v>143886</v>
       </c>
     </row>
-    <row r="35" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A35" s="22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B35" s="25" t="s">
         <v>16</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I35" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J35" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>3</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>3</v>
       </c>
       <c r="N35" s="4">
-        <v>484.81584739546003</v>
+        <v>484.81600000000003</v>
       </c>
       <c r="O35" s="4">
-        <v>657.20029347027992</v>
+        <v>657.2</v>
       </c>
       <c r="P35" s="4">
-        <v>783.27512839324993</v>
+        <v>783.27499999999998</v>
       </c>
       <c r="Q35" s="4">
-        <v>952.76008804109006</v>
+        <v>952.7600000000001</v>
       </c>
       <c r="R35" s="4">
-        <v>1233.67278063096</v>
+        <v>1233.672</v>
       </c>
       <c r="S35" s="4">
-        <v>1442.49449743214</v>
+        <v>1442.4950000000001</v>
       </c>
       <c r="T35" s="4">
-        <v>1717.91342626562</v>
+        <v>1717.913</v>
       </c>
       <c r="U35" s="4">
-        <v>2441.8371239912103</v>
+        <v>2441.837</v>
       </c>
       <c r="V35" s="4">
-        <v>2982.3947175349003</v>
+        <v>2982.395</v>
       </c>
       <c r="W35" s="4">
-        <v>3811.8444607482998</v>
+        <v>3811.8440000000001</v>
       </c>
       <c r="X35" s="4">
-        <v>4655.3220836390001</v>
+        <v>4655.3220000000001</v>
       </c>
       <c r="Y35" s="4">
-        <v>5854.0660308143997</v>
+        <v>5854.0659999999998</v>
       </c>
       <c r="Z35" s="4">
-        <v>6727.2252384446001</v>
+        <v>6727.2249999999995</v>
       </c>
       <c r="AA35" s="4">
-        <v>7362.2274394716997</v>
+        <v>7362.226999999999</v>
       </c>
       <c r="AB35" s="4">
-        <v>8440.9361702126989</v>
+        <v>8440.9360000000015</v>
       </c>
       <c r="AC35" s="4">
-        <v>11229.5553925165</v>
+        <v>11229.555</v>
       </c>
       <c r="AD35" s="4">
-        <v>13945.355832722002</v>
+        <v>13945.355</v>
       </c>
       <c r="AE35" s="4">
-        <v>16629.857666910902</v>
+        <v>16629.857</v>
       </c>
       <c r="AF35" s="4">
-        <v>19046.799706529298</v>
+        <v>19046.8</v>
       </c>
       <c r="AG35" s="4">
-        <v>21826.500366837699</v>
+        <v>21826.5</v>
       </c>
       <c r="AH35" s="4">
         <v>25662.999999999996</v>
       </c>
       <c r="AI35" s="4">
         <v>28534</v>
       </c>
       <c r="AJ35" s="4">
         <v>33027</v>
       </c>
       <c r="AK35" s="4">
         <v>37587</v>
       </c>
       <c r="AL35" s="4">
         <v>41513.999999999993</v>
       </c>
       <c r="AM35" s="4">
         <v>46023</v>
       </c>
       <c r="AN35" s="4">
         <v>47379.999999999993</v>
       </c>
       <c r="AO35" s="4">
         <v>52891.000000000007</v>
       </c>
@@ -7214,155 +7314,158 @@
       <c r="BA35" s="4">
         <v>63295</v>
       </c>
       <c r="BB35" s="4">
         <v>63342</v>
       </c>
       <c r="BC35" s="4">
         <v>66475</v>
       </c>
       <c r="BD35" s="4">
         <v>68214</v>
       </c>
       <c r="BE35" s="4">
         <v>70408</v>
       </c>
       <c r="BF35" s="4">
         <v>70282</v>
       </c>
       <c r="BG35" s="4">
         <v>63223</v>
       </c>
       <c r="BH35" s="4">
         <v>70627.000000000015</v>
       </c>
       <c r="BI35" s="4">
-        <v>82641</v>
+        <v>82698</v>
       </c>
       <c r="BJ35" s="4">
-        <v>85209</v>
+        <v>85223</v>
+      </c>
+      <c r="BK35" s="4">
+        <v>92234.000000000015</v>
       </c>
     </row>
-    <row r="36" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A36" s="22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B36" s="25" t="s">
         <v>16</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G36" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H36" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I36" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J36" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>3</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>3</v>
       </c>
       <c r="N36" s="4">
-        <v>17.273661041820002</v>
+        <v>17.274000000000001</v>
       </c>
       <c r="O36" s="4">
-        <v>21.55832721937</v>
+        <v>21.558</v>
       </c>
       <c r="P36" s="4">
-        <v>23.190022010270003</v>
+        <v>23.189999999999998</v>
       </c>
       <c r="Q36" s="4">
-        <v>29.326485693320002</v>
+        <v>29.326000000000001</v>
       </c>
       <c r="R36" s="4">
-        <v>29.573000733680001</v>
+        <v>29.572999999999997</v>
       </c>
       <c r="S36" s="4">
-        <v>32.710198092440002</v>
+        <v>32.71</v>
       </c>
       <c r="T36" s="4">
-        <v>37.851797505500002</v>
+        <v>37.851999999999997</v>
       </c>
       <c r="U36" s="4">
-        <v>47.803374908290003</v>
+        <v>47.802999999999997</v>
       </c>
       <c r="V36" s="4">
-        <v>45.238444607479998</v>
+        <v>45.238</v>
       </c>
       <c r="W36" s="4">
-        <v>52.895084372709995</v>
+        <v>52.894999999999996</v>
       </c>
       <c r="X36" s="4">
-        <v>64.026412325750002</v>
+        <v>64.025999999999996</v>
       </c>
       <c r="Y36" s="4">
-        <v>64.581071166539999</v>
+        <v>64.581000000000003</v>
       </c>
       <c r="Z36" s="4">
-        <v>59.850330154070001</v>
+        <v>59.85</v>
       </c>
       <c r="AA36" s="4">
-        <v>78.206896551720007</v>
+        <v>78.206999999999994</v>
       </c>
       <c r="AB36" s="4">
-        <v>121.91342626559</v>
+        <v>121.913</v>
       </c>
       <c r="AC36" s="4">
-        <v>131.39545121056</v>
+        <v>131.39500000000001</v>
       </c>
       <c r="AD36" s="4">
-        <v>136.02054292002998</v>
+        <v>136.02100000000002</v>
       </c>
       <c r="AE36" s="4">
-        <v>203.73000733676</v>
+        <v>203.73</v>
       </c>
       <c r="AF36" s="4">
-        <v>245.23257520176</v>
+        <v>245.233</v>
       </c>
       <c r="AG36" s="4">
-        <v>312.44314013205997</v>
+        <v>312.44300000000004</v>
       </c>
       <c r="AH36" s="4">
         <v>536</v>
       </c>
       <c r="AI36" s="4">
         <v>636</v>
       </c>
       <c r="AJ36" s="4">
         <v>718</v>
       </c>
       <c r="AK36" s="4">
         <v>759</v>
       </c>
       <c r="AL36" s="4">
         <v>855</v>
       </c>
       <c r="AM36" s="4">
         <v>967</v>
       </c>
       <c r="AN36" s="4">
         <v>1024</v>
       </c>
       <c r="AO36" s="4">
         <v>1095</v>
       </c>
@@ -7402,59 +7505,62 @@
       <c r="BA36" s="4">
         <v>1564</v>
       </c>
       <c r="BB36" s="4">
         <v>1545</v>
       </c>
       <c r="BC36" s="4">
         <v>1650</v>
       </c>
       <c r="BD36" s="4">
         <v>1698</v>
       </c>
       <c r="BE36" s="4">
         <v>1708</v>
       </c>
       <c r="BF36" s="4">
         <v>1742</v>
       </c>
       <c r="BG36" s="4">
         <v>1631</v>
       </c>
       <c r="BH36" s="4">
         <v>1672</v>
       </c>
       <c r="BI36" s="4">
-        <v>1962</v>
+        <v>1960</v>
       </c>
       <c r="BJ36" s="4">
-        <v>1961</v>
+        <v>1965</v>
+      </c>
+      <c r="BK36" s="4">
+        <v>2025.9999999999998</v>
       </c>
     </row>
-    <row r="37" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A37" s="22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B37" s="25" t="s">
         <v>17</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H37" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I37" s="4" t="s">
         <v>3</v>
       </c>
@@ -7497,152 +7603,155 @@
       <c r="V37" s="4" t="s">
         <v>3</v>
       </c>
       <c r="W37" s="4" t="s">
         <v>3</v>
       </c>
       <c r="X37" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Y37" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Z37" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA37" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB37" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC37" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AD37" s="4">
-        <v>1140508.5612829998</v>
+        <v>1140508.561</v>
       </c>
       <c r="AE37" s="4">
-        <v>1328659.5020880001</v>
+        <v>1328659.5019999999</v>
       </c>
       <c r="AF37" s="4">
         <v>1627528.9360000002</v>
       </c>
       <c r="AG37" s="4">
         <v>1894948.111</v>
       </c>
       <c r="AH37" s="4">
         <v>2318977.4959999998</v>
       </c>
       <c r="AI37" s="4">
         <v>2703930.8000000003</v>
       </c>
       <c r="AJ37" s="4">
         <v>3197535.2480000001</v>
       </c>
       <c r="AK37" s="4">
         <v>3736339.1029999997</v>
       </c>
       <c r="AL37" s="4">
         <v>4212922.0449999999</v>
       </c>
       <c r="AM37" s="4">
         <v>4866541.7770000007</v>
       </c>
       <c r="AN37" s="4">
         <v>5471310.5999999996</v>
       </c>
       <c r="AO37" s="4">
         <v>6164217.2000000002</v>
       </c>
       <c r="AP37" s="4">
         <v>6706111</v>
       </c>
       <c r="AQ37" s="4">
-        <v>7302050.8740179995</v>
+        <v>7302050.8740000008</v>
       </c>
       <c r="AR37" s="4">
         <v>7681265.6299999999</v>
       </c>
       <c r="AS37" s="4">
         <v>8250428.5</v>
       </c>
       <c r="AT37" s="4">
         <v>9429689.2000000011</v>
       </c>
       <c r="AU37" s="4">
         <v>9986910.5</v>
       </c>
       <c r="AV37" s="4">
         <v>9551960.5000000019</v>
       </c>
       <c r="AW37" s="4">
         <v>9443864</v>
       </c>
       <c r="AX37" s="4">
         <v>9678798</v>
       </c>
       <c r="AY37" s="4">
         <v>10562483</v>
       </c>
       <c r="AZ37" s="4">
         <v>10966318</v>
       </c>
       <c r="BA37" s="4">
         <v>11853342</v>
       </c>
       <c r="BB37" s="4">
-        <v>12709280.999999998</v>
+        <v>12710344.000000002</v>
       </c>
       <c r="BC37" s="4">
-        <v>13286164</v>
+        <v>13287345.000000002</v>
       </c>
       <c r="BD37" s="4">
-        <v>13960300</v>
+        <v>13962062</v>
       </c>
       <c r="BE37" s="4">
-        <v>14974489.023</v>
+        <v>14976600.023</v>
       </c>
       <c r="BF37" s="4">
         <v>16238230</v>
       </c>
       <c r="BG37" s="4">
         <v>16455478.600000001</v>
       </c>
       <c r="BH37" s="4">
         <v>17628779</v>
       </c>
       <c r="BI37" s="4">
-        <v>21983898.999999996</v>
+        <v>21983591.050000001</v>
       </c>
       <c r="BJ37" s="4">
-        <v>24040579</v>
+        <v>24775454</v>
+      </c>
+      <c r="BK37" s="4">
+        <v>26286334</v>
       </c>
     </row>
-    <row r="38" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A38" s="22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B38" s="25" t="s">
         <v>17</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H38" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I38" s="4" t="s">
         <v>3</v>
       </c>
@@ -7783,54 +7892,57 @@
       </c>
       <c r="BC38" s="4">
         <v>805661</v>
       </c>
       <c r="BD38" s="4">
         <v>846228</v>
       </c>
       <c r="BE38" s="4">
         <v>923837</v>
       </c>
       <c r="BF38" s="4">
         <v>1006192</v>
       </c>
       <c r="BG38" s="4">
         <v>906216</v>
       </c>
       <c r="BH38" s="4">
         <v>944825</v>
       </c>
       <c r="BI38" s="4">
         <v>1092550</v>
       </c>
       <c r="BJ38" s="4">
         <v>1493075</v>
       </c>
+      <c r="BK38" s="4">
+        <v>1601243</v>
+      </c>
     </row>
-    <row r="39" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A39" s="22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B39" s="25" t="s">
         <v>18</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G39" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I39" s="4" t="s">
         <v>3</v>
       </c>
@@ -7894,131 +8006,134 @@
       <c r="AC39" s="4">
         <v>91644</v>
       </c>
       <c r="AD39" s="4">
         <v>99418</v>
       </c>
       <c r="AE39" s="4">
         <v>101694</v>
       </c>
       <c r="AF39" s="4">
         <v>101914</v>
       </c>
       <c r="AG39" s="4">
         <v>107627</v>
       </c>
       <c r="AH39" s="4">
         <v>112162</v>
       </c>
       <c r="AI39" s="4">
         <v>125719</v>
       </c>
       <c r="AJ39" s="4">
         <v>129083</v>
       </c>
       <c r="AK39" s="4">
-        <v>155674.67997099998</v>
+        <v>155674.68</v>
       </c>
       <c r="AL39" s="4">
-        <v>180935.290851</v>
+        <v>180935.291</v>
       </c>
       <c r="AM39" s="4">
-        <v>195125.89474399999</v>
+        <v>195125.89500000002</v>
       </c>
       <c r="AN39" s="4">
-        <v>205212.79549299998</v>
+        <v>205212.79500000001</v>
       </c>
       <c r="AO39" s="4">
-        <v>217139.06673299999</v>
+        <v>217139.06700000001</v>
       </c>
       <c r="AP39" s="4">
-        <v>234373.07029999999</v>
+        <v>234373.07</v>
       </c>
       <c r="AQ39" s="4">
-        <v>269593.80329700001</v>
+        <v>269593.80299999996</v>
       </c>
       <c r="AR39" s="4">
-        <v>321941.47044900001</v>
+        <v>321941.46999999997</v>
       </c>
       <c r="AS39" s="4">
-        <v>368093.92070100002</v>
+        <v>368093.92100000003</v>
       </c>
       <c r="AT39" s="4">
-        <v>399625.85212</v>
+        <v>399625.85200000001</v>
       </c>
       <c r="AU39" s="4">
-        <v>404036.60290224</v>
+        <v>404036.603</v>
       </c>
       <c r="AV39" s="4">
-        <v>370104.17640600004</v>
+        <v>370104.17599999998</v>
       </c>
       <c r="AW39" s="4">
-        <v>403596.66369884001</v>
+        <v>403596.66399999999</v>
       </c>
       <c r="AX39" s="4">
-        <v>430096.83930800005</v>
+        <v>430096.83899999998</v>
       </c>
       <c r="AY39" s="4">
-        <v>461652.789407</v>
+        <v>461652.78899999999</v>
       </c>
       <c r="AZ39" s="4">
-        <v>496569.06499000004</v>
+        <v>496569.065</v>
       </c>
       <c r="BA39" s="4">
-        <v>584422.83722005005</v>
+        <v>584422.83699999994</v>
       </c>
       <c r="BB39" s="4">
-        <v>604025.81245982007</v>
+        <v>604025.81199999992</v>
       </c>
       <c r="BC39" s="4">
-        <v>1030225.3974048999</v>
+        <v>1030225.3969999999</v>
       </c>
       <c r="BD39" s="4">
-        <v>721690.64147599996</v>
+        <v>721690.64100000006</v>
       </c>
       <c r="BE39" s="4">
-        <v>751746.69709552999</v>
+        <v>751746.69700000004</v>
       </c>
       <c r="BF39" s="4">
-        <v>761108.11988800007</v>
+        <v>761108.12</v>
       </c>
       <c r="BG39" s="4">
-        <v>744544.62096999993</v>
+        <v>744544.62100000004</v>
       </c>
       <c r="BH39" s="4">
-        <v>798907.02896100003</v>
+        <v>798907.02899999998</v>
       </c>
       <c r="BI39" s="4">
-        <v>990044.2264119999</v>
+        <v>990044.22600000002</v>
       </c>
       <c r="BJ39" s="4">
-        <v>1111989.3906572</v>
+        <v>1130229.844</v>
+      </c>
+      <c r="BK39" s="4">
+        <v>1228810.395</v>
       </c>
     </row>
-    <row r="40" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A40" s="22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B40" s="25" t="s">
         <v>18</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E40" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H40" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I40" s="4" t="s">
         <v>3</v>
       </c>
@@ -8082,507 +8197,516 @@
       <c r="AC40" s="4">
         <v>23288</v>
       </c>
       <c r="AD40" s="4">
         <v>26294</v>
       </c>
       <c r="AE40" s="4">
         <v>27339</v>
       </c>
       <c r="AF40" s="4">
         <v>26725</v>
       </c>
       <c r="AG40" s="4">
         <v>27101</v>
       </c>
       <c r="AH40" s="4">
         <v>29429</v>
       </c>
       <c r="AI40" s="4">
         <v>31745</v>
       </c>
       <c r="AJ40" s="4">
         <v>40459</v>
       </c>
       <c r="AK40" s="4">
-        <v>47240.909</v>
+        <v>47380.65</v>
       </c>
       <c r="AL40" s="4">
-        <v>52455.348999999995</v>
+        <v>52595.09</v>
       </c>
       <c r="AM40" s="4">
-        <v>59444.605000000003</v>
+        <v>59584.345999999998</v>
       </c>
       <c r="AN40" s="4">
-        <v>68073.299048408997</v>
+        <v>68352.780999999988</v>
       </c>
       <c r="AO40" s="4">
-        <v>71296.316990193009</v>
+        <v>71575.798999999999</v>
       </c>
       <c r="AP40" s="4">
-        <v>74820.69</v>
+        <v>75309.784</v>
       </c>
       <c r="AQ40" s="4">
-        <v>82937.005000000005</v>
+        <v>83565.84</v>
       </c>
       <c r="AR40" s="4">
-        <v>95393.482000000004</v>
+        <v>96162.058000000005</v>
       </c>
       <c r="AS40" s="4">
-        <v>117463.14700000001</v>
+        <v>118650.947</v>
       </c>
       <c r="AT40" s="4">
-        <v>133142.84599999999</v>
+        <v>134749.86899999998</v>
       </c>
       <c r="AU40" s="4">
-        <v>140624.94</v>
+        <v>142930.66800000001</v>
       </c>
       <c r="AV40" s="4">
-        <v>138563.29500000001</v>
+        <v>140310.05900000001</v>
       </c>
       <c r="AW40" s="4">
-        <v>137981.03353426</v>
+        <v>139029.092</v>
       </c>
       <c r="AX40" s="4">
-        <v>155839.05583385</v>
+        <v>157096.726</v>
       </c>
       <c r="AY40" s="4">
-        <v>164796.78670162999</v>
+        <v>166403.81</v>
       </c>
       <c r="AZ40" s="4">
-        <v>179572.66155153999</v>
+        <v>183599.03700000001</v>
       </c>
       <c r="BA40" s="4">
-        <v>189840.23397465001</v>
+        <v>193498.61000000002</v>
       </c>
       <c r="BB40" s="4">
-        <v>207976.38907914</v>
+        <v>212241.47</v>
       </c>
       <c r="BC40" s="4">
-        <v>232978.74020149</v>
+        <v>239401.75</v>
       </c>
       <c r="BD40" s="4">
-        <v>259274.50779520001</v>
+        <v>267911.56400000001</v>
       </c>
       <c r="BE40" s="4">
-        <v>285099.65524410002</v>
+        <v>290498.11499999999</v>
       </c>
       <c r="BF40" s="4">
-        <v>300869.80679841002</v>
+        <v>302419.49699999997</v>
       </c>
       <c r="BG40" s="4">
-        <v>316543.95054577</v>
+        <v>319187.99400000001</v>
       </c>
       <c r="BH40" s="4">
-        <v>341070.78697101003</v>
+        <v>349080.87899999996</v>
       </c>
       <c r="BI40" s="4">
-        <v>375368.82744249998</v>
+        <v>389439.33199999999</v>
       </c>
       <c r="BJ40" s="4">
-        <v>425214.47466951003</v>
+        <v>437334.74699999997</v>
+      </c>
+      <c r="BK40" s="4">
+        <v>470240.56799999997</v>
       </c>
     </row>
-    <row r="41" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A41" s="22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B41" s="25" t="s">
         <v>19</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H41" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I41" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J41" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L41" s="4">
-        <v>968.27686384852996</v>
+        <v>968.27700000000004</v>
       </c>
       <c r="M41" s="4">
-        <v>1089.66382414635</v>
+        <v>1089.664</v>
       </c>
       <c r="N41" s="4">
-        <v>1373.3994951521099</v>
+        <v>1373.3990000000001</v>
       </c>
       <c r="O41" s="4">
-        <v>1854.08423950311</v>
+        <v>1854.0839999999998</v>
       </c>
       <c r="P41" s="4">
-        <v>2170.4013896013098</v>
+        <v>2170.402</v>
       </c>
       <c r="Q41" s="4">
-        <v>2514.7162643289498</v>
+        <v>2514.7159999999999</v>
       </c>
       <c r="R41" s="4">
-        <v>2942.14819367058</v>
+        <v>2942.1480000000001</v>
       </c>
       <c r="S41" s="4">
-        <v>3832.2472840302798</v>
+        <v>3832.2470000000003</v>
       </c>
       <c r="T41" s="4">
-        <v>4841.6128720966999</v>
+        <v>4841.6130000000003</v>
       </c>
       <c r="U41" s="4">
-        <v>6004.5278859877099</v>
+        <v>6004.5279999999993</v>
       </c>
       <c r="V41" s="4">
-        <v>6912.9746915805999</v>
+        <v>6912.9749999999995</v>
       </c>
       <c r="W41" s="4">
-        <v>7811.9238563468998</v>
+        <v>7811.9239999999991</v>
       </c>
       <c r="X41" s="4">
-        <v>8216.0941840917003</v>
+        <v>8216.0939999999991</v>
       </c>
       <c r="Y41" s="4">
-        <v>8934.3596202976005</v>
+        <v>8934.3590000000004</v>
       </c>
       <c r="Z41" s="4">
-        <v>9560.6325327210998</v>
+        <v>9560.6319999999996</v>
       </c>
       <c r="AA41" s="4">
-        <v>10768.9152881544</v>
+        <v>10768.914999999999</v>
       </c>
       <c r="AB41" s="4">
-        <v>10918.668197124302</v>
+        <v>10918.668</v>
       </c>
       <c r="AC41" s="4">
-        <v>11725.9499469252</v>
+        <v>11725.95</v>
       </c>
       <c r="AD41" s="4">
-        <v>12387.329349742298</v>
+        <v>12387.33</v>
       </c>
       <c r="AE41" s="4">
-        <v>13324.950774794399</v>
+        <v>13324.95</v>
       </c>
       <c r="AF41" s="4">
-        <v>14379.1015231776</v>
+        <v>14379.101999999999</v>
       </c>
       <c r="AG41" s="4">
-        <v>15975.462194818299</v>
+        <v>15975.463</v>
       </c>
       <c r="AH41" s="4">
-        <v>16666.152774886101</v>
+        <v>16666.153000000002</v>
       </c>
       <c r="AI41" s="4">
-        <v>18474.419323381899</v>
+        <v>18474.419999999998</v>
       </c>
       <c r="AJ41" s="4">
-        <v>20993.826543620598</v>
+        <v>20993.827000000005</v>
       </c>
       <c r="AK41" s="4">
-        <v>24005.188206835497</v>
+        <v>24005.188000000002</v>
       </c>
       <c r="AL41" s="4">
         <v>27820.05</v>
       </c>
       <c r="AM41" s="4">
-        <v>32496.313265541296</v>
+        <v>32539.293999999998</v>
       </c>
       <c r="AN41" s="4">
-        <v>34077.179845210303</v>
+        <v>34077.18</v>
       </c>
       <c r="AO41" s="4">
-        <v>36930.129308241296</v>
+        <v>36930.129000000001</v>
       </c>
       <c r="AP41" s="4">
-        <v>40448.9940101553</v>
+        <v>40448.993999999999</v>
       </c>
       <c r="AQ41" s="4">
-        <v>45052.797753577303</v>
+        <v>45052.797999999995</v>
       </c>
       <c r="AR41" s="4">
-        <v>49827.951229086299</v>
+        <v>49827.951000000001</v>
       </c>
       <c r="AS41" s="4">
-        <v>56705.736107908204</v>
+        <v>56705.735999999997</v>
       </c>
       <c r="AT41" s="4">
-        <v>59174.741262696298</v>
+        <v>59174.740999999995</v>
       </c>
       <c r="AU41" s="4">
-        <v>52846.169493623907</v>
+        <v>52846.17</v>
       </c>
       <c r="AV41" s="4">
-        <v>45851.214175294997</v>
+        <v>45851.214</v>
       </c>
       <c r="AW41" s="4">
-        <v>44654.101916605905</v>
+        <v>44654.101999999999</v>
       </c>
       <c r="AX41" s="4">
-        <v>46011.980367080003</v>
+        <v>46011.98</v>
       </c>
       <c r="AY41" s="4">
-        <v>47475.497255631701</v>
+        <v>47475.498</v>
       </c>
       <c r="AZ41" s="4">
-        <v>49607.109663373907</v>
+        <v>49607.11</v>
       </c>
       <c r="BA41" s="4">
-        <v>54199.133116334997</v>
+        <v>54199.133000000002</v>
       </c>
       <c r="BB41" s="4">
-        <v>59062.017075817996</v>
+        <v>59062.017</v>
       </c>
       <c r="BC41" s="4">
-        <v>61673.974095836995</v>
+        <v>61673.974000000002</v>
       </c>
       <c r="BD41" s="4">
-        <v>65164.746005046996</v>
+        <v>65164.746000000006</v>
       </c>
       <c r="BE41" s="4">
-        <v>70883.777158202996</v>
+        <v>70883.777000000002</v>
       </c>
       <c r="BF41" s="4">
-        <v>75987.976744934</v>
+        <v>75987.976999999999</v>
       </c>
       <c r="BG41" s="4">
-        <v>72807.144646533008</v>
+        <v>72807.144</v>
       </c>
       <c r="BH41" s="4">
-        <v>88089.346566302003</v>
+        <v>88111.396000000008</v>
       </c>
       <c r="BI41" s="4">
-        <v>102994.14091563701</v>
+        <v>102993.611</v>
       </c>
       <c r="BJ41" s="4">
-        <v>108999.278233198</v>
+        <v>109024.274</v>
+      </c>
+      <c r="BK41" s="4">
+        <v>119631.827</v>
       </c>
     </row>
-    <row r="42" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A42" s="22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B42" s="25" t="s">
         <v>19</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E42" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G42" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H42" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I42" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J42" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L42" s="4">
-        <v>93.262261860620001</v>
+        <v>93.262</v>
       </c>
       <c r="M42" s="4">
-        <v>100.94417723512001</v>
+        <v>100.944</v>
       </c>
       <c r="N42" s="4">
-        <v>110.20056782687</v>
+        <v>110.20099999999999</v>
       </c>
       <c r="O42" s="4">
-        <v>143.01059977347998</v>
+        <v>143.011</v>
       </c>
       <c r="P42" s="4">
-        <v>146.38810306210001</v>
+        <v>146.38799999999998</v>
       </c>
       <c r="Q42" s="4">
-        <v>110.31484425392999</v>
+        <v>110.315</v>
       </c>
       <c r="R42" s="4">
-        <v>122.16150052566999</v>
+        <v>122.16200000000001</v>
       </c>
       <c r="S42" s="4">
-        <v>138.83316149544999</v>
+        <v>138.833</v>
       </c>
       <c r="T42" s="4">
-        <v>139.39184624996</v>
+        <v>139.392</v>
       </c>
       <c r="U42" s="4">
-        <v>131.87499682564999</v>
+        <v>131.875</v>
       </c>
       <c r="V42" s="4">
-        <v>147.87369661385998</v>
+        <v>147.874</v>
       </c>
       <c r="W42" s="4">
-        <v>173.56049794048002</v>
+        <v>173.56</v>
       </c>
       <c r="X42" s="4">
-        <v>194.57466313849</v>
+        <v>194.57499999999999</v>
       </c>
       <c r="Y42" s="4">
-        <v>211.61454815100998</v>
+        <v>211.61500000000001</v>
       </c>
       <c r="Z42" s="4">
-        <v>233.54292476548</v>
+        <v>233.54300000000001</v>
       </c>
       <c r="AA42" s="4">
-        <v>246.77359554271001</v>
+        <v>246.774</v>
       </c>
       <c r="AB42" s="4">
-        <v>292.67462707793004</v>
+        <v>292.67500000000001</v>
       </c>
       <c r="AC42" s="4">
         <v>349</v>
       </c>
       <c r="AD42" s="4">
         <v>365</v>
       </c>
       <c r="AE42" s="4">
         <v>388</v>
       </c>
       <c r="AF42" s="4">
         <v>405</v>
       </c>
       <c r="AG42" s="4">
-        <v>438.63866301658999</v>
+        <v>438.63900000000001</v>
       </c>
       <c r="AH42" s="4">
-        <v>463.81447602988004</v>
+        <v>463.81400000000002</v>
       </c>
       <c r="AI42" s="4">
-        <v>489.54588071572999</v>
+        <v>489.54599999999999</v>
       </c>
       <c r="AJ42" s="4">
         <v>520</v>
       </c>
       <c r="AK42" s="4">
         <v>557</v>
       </c>
       <c r="AL42" s="4">
         <v>608</v>
       </c>
       <c r="AM42" s="4">
-        <v>658.79491840050002</v>
+        <v>658.79500000000007</v>
       </c>
       <c r="AN42" s="4">
-        <v>740.47007281347999</v>
+        <v>740.46999999999991</v>
       </c>
       <c r="AO42" s="4">
-        <v>841.91200836552002</v>
+        <v>841.91200000000003</v>
       </c>
       <c r="AP42" s="4">
-        <v>941.05766724592002</v>
+        <v>941.05799999999999</v>
       </c>
       <c r="AQ42" s="4">
-        <v>987.61311037232008</v>
+        <v>987.61299999999994</v>
       </c>
       <c r="AR42" s="4">
-        <v>1110.0698193449</v>
+        <v>1110.07</v>
       </c>
       <c r="AS42" s="4">
-        <v>1151.5529156989001</v>
+        <v>1151.5530000000001</v>
       </c>
       <c r="AT42" s="4">
-        <v>1342.1082152223</v>
+        <v>1342.1080000000002</v>
       </c>
       <c r="AU42" s="4">
-        <v>1395.1814932314001</v>
+        <v>1395.181</v>
       </c>
       <c r="AV42" s="4">
-        <v>1519.1924681843002</v>
+        <v>1519.192</v>
       </c>
       <c r="AW42" s="4">
-        <v>1516.3849467068001</v>
+        <v>1516.385</v>
       </c>
       <c r="AX42" s="4">
-        <v>1519.3307367652999</v>
+        <v>1519.3309999999999</v>
       </c>
       <c r="AY42" s="4">
-        <v>1657.9220315946</v>
+        <v>1657.9219999999998</v>
       </c>
       <c r="AZ42" s="4">
-        <v>1604.871076655</v>
+        <v>1604.8709999999999</v>
       </c>
       <c r="BA42" s="4">
-        <v>1552.6698329399999</v>
+        <v>1552.67</v>
       </c>
       <c r="BB42" s="4">
-        <v>1509.597228655</v>
+        <v>1509.597</v>
       </c>
       <c r="BC42" s="4">
-        <v>1457.4817407200001</v>
+        <v>1457.482</v>
       </c>
       <c r="BD42" s="4">
-        <v>1477.676928865</v>
+        <v>1477.6769999999999</v>
       </c>
       <c r="BE42" s="4">
-        <v>1544.1332540999999</v>
+        <v>1544.133</v>
       </c>
       <c r="BF42" s="4">
-        <v>1541.6631787699998</v>
+        <v>1541.663</v>
       </c>
       <c r="BG42" s="4">
-        <v>815.87030504000006</v>
+        <v>815.87</v>
       </c>
       <c r="BH42" s="4">
-        <v>1204.4011301199998</v>
+        <v>1204.4010000000001</v>
       </c>
       <c r="BI42" s="4">
-        <v>1645.3816158145</v>
+        <v>1645.3819999999998</v>
       </c>
       <c r="BJ42" s="4">
-        <v>1775.4981923994001</v>
+        <v>1775.498</v>
+      </c>
+      <c r="BK42" s="4">
+        <v>1872.1310000000001</v>
       </c>
     </row>
-    <row r="43" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A43" s="22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B43" s="25" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G43" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H43" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I43" s="4" t="s">
         <v>3</v>
       </c>
@@ -8637,140 +8761,143 @@
       <c r="Z43" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA43" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB43" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC43" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AD43" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AE43" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AF43" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AG43" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AH43" s="4">
-        <v>100182.15599999999</v>
+        <v>100181.56200000001</v>
       </c>
       <c r="AI43" s="4">
-        <v>114286.1</v>
+        <v>114285.899</v>
       </c>
       <c r="AJ43" s="4">
-        <v>130769.822</v>
+        <v>130769.30000000002</v>
       </c>
       <c r="AK43" s="4">
-        <v>140969.03600000002</v>
+        <v>140969.20000000001</v>
       </c>
       <c r="AL43" s="4">
-        <v>154454.06</v>
+        <v>154453.79999999999</v>
       </c>
       <c r="AM43" s="4">
-        <v>175592.50399999999</v>
+        <v>175592.40099999998</v>
       </c>
       <c r="AN43" s="4">
-        <v>178145.948</v>
+        <v>178146.49</v>
       </c>
       <c r="AO43" s="4">
-        <v>181230.96700000003</v>
+        <v>181230.65000000002</v>
       </c>
       <c r="AP43" s="4">
-        <v>178521.05811297</v>
+        <v>178520.28400000001</v>
       </c>
       <c r="AQ43" s="4">
-        <v>186835.34595637003</v>
+        <v>186835.36599999998</v>
       </c>
       <c r="AR43" s="4">
-        <v>199077.71998224</v>
+        <v>199078.402</v>
       </c>
       <c r="AS43" s="4">
-        <v>217527.17</v>
+        <v>217526.6</v>
       </c>
       <c r="AT43" s="4">
-        <v>231942.85596064999</v>
+        <v>231943.02799999999</v>
       </c>
       <c r="AU43" s="4">
-        <v>227406.64755679999</v>
+        <v>227406.78599999999</v>
       </c>
       <c r="AV43" s="4">
-        <v>221927.11292630003</v>
+        <v>221926.79600000003</v>
       </c>
       <c r="AW43" s="4">
-        <v>245199.71790126999</v>
+        <v>245200.022</v>
       </c>
       <c r="AX43" s="4">
-        <v>264460.59163758002</v>
+        <v>264461.11100000003</v>
       </c>
       <c r="AY43" s="4">
-        <v>272683.93676531001</v>
+        <v>272683.37800000003</v>
       </c>
       <c r="AZ43" s="4">
-        <v>298611.25963834999</v>
+        <v>298611.43600000005</v>
       </c>
       <c r="BA43" s="4">
-        <v>315738.42197219998</v>
+        <v>315739.17799999996</v>
       </c>
       <c r="BB43" s="4">
-        <v>334738.6706219</v>
+        <v>334738.58400000003</v>
       </c>
       <c r="BC43" s="4">
-        <v>351404.68505213002</v>
+        <v>351405.55600000004</v>
       </c>
       <c r="BD43" s="4">
-        <v>382023.68103050004</v>
+        <v>382023.70799999993</v>
       </c>
       <c r="BE43" s="4">
-        <v>380719.59171399998</v>
+        <v>380715.55699999997</v>
       </c>
       <c r="BF43" s="4">
-        <v>394665.76860780997</v>
+        <v>394676.478</v>
       </c>
       <c r="BG43" s="4">
-        <v>387254.01475288003</v>
+        <v>387258.09300000005</v>
       </c>
       <c r="BH43" s="4">
-        <v>471229.84282468003</v>
+        <v>471474.20299999998</v>
       </c>
       <c r="BI43" s="4">
-        <v>533379.17114791006</v>
+        <v>533436.57199999993</v>
       </c>
       <c r="BJ43" s="4">
-        <v>513103.25105311995</v>
+        <v>513187.35600000003</v>
+      </c>
+      <c r="BK43" s="4">
+        <v>570145.19900000002</v>
       </c>
     </row>
-    <row r="44" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A44" s="22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B44" s="25" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E44" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G44" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H44" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I44" s="4" t="s">
         <v>3</v>
       </c>
@@ -8825,516 +8952,525 @@
       <c r="Z44" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA44" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB44" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC44" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AD44" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AE44" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AF44" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AG44" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AH44" s="4">
-        <v>7661</v>
+        <v>7660.85</v>
       </c>
       <c r="AI44" s="4">
         <v>8888</v>
       </c>
       <c r="AJ44" s="4">
-        <v>10214</v>
+        <v>10213.763999999999</v>
       </c>
       <c r="AK44" s="4">
-        <v>11423</v>
+        <v>11422.833000000001</v>
       </c>
       <c r="AL44" s="4">
-        <v>12356</v>
+        <v>12355.507</v>
       </c>
       <c r="AM44" s="4">
-        <v>13708.725663527999</v>
+        <v>13708.726000000001</v>
       </c>
       <c r="AN44" s="4">
-        <v>13511.017019875</v>
+        <v>13510.686</v>
       </c>
       <c r="AO44" s="4">
-        <v>14392.213662493999</v>
+        <v>14392.061</v>
       </c>
       <c r="AP44" s="4">
-        <v>14563.837540455999</v>
+        <v>14563.838</v>
       </c>
       <c r="AQ44" s="4">
-        <v>16061.799196043001</v>
+        <v>16061.799000000001</v>
       </c>
       <c r="AR44" s="4">
-        <v>17182.411307319999</v>
+        <v>17182.411</v>
       </c>
       <c r="AS44" s="4">
-        <v>18326.036214889999</v>
+        <v>18326.036</v>
       </c>
       <c r="AT44" s="4">
-        <v>20093.701394479998</v>
+        <v>20093.701000000001</v>
       </c>
       <c r="AU44" s="4">
-        <v>21226.681895359998</v>
+        <v>21226.682000000001</v>
       </c>
       <c r="AV44" s="4">
-        <v>22473.97722561</v>
+        <v>22473.977000000003</v>
       </c>
       <c r="AW44" s="4">
-        <v>24474.164365570003</v>
+        <v>24474.163999999997</v>
       </c>
       <c r="AX44" s="4">
-        <v>26288.88272831</v>
+        <v>26288.882999999998</v>
       </c>
       <c r="AY44" s="4">
-        <v>26834.74039499</v>
+        <v>26834.74</v>
       </c>
       <c r="AZ44" s="4">
-        <v>28244.912976970001</v>
+        <v>28244.913</v>
       </c>
       <c r="BA44" s="4">
-        <v>29630.5182202</v>
+        <v>29630.518</v>
       </c>
       <c r="BB44" s="4">
-        <v>31324.833284504999</v>
+        <v>31324.833000000002</v>
       </c>
       <c r="BC44" s="4">
-        <v>31867.318753240001</v>
+        <v>31867.319</v>
       </c>
       <c r="BD44" s="4">
-        <v>33399.486625850994</v>
+        <v>33399.487000000001</v>
       </c>
       <c r="BE44" s="4">
-        <v>34912.232310085004</v>
+        <v>34912.232000000004</v>
       </c>
       <c r="BF44" s="4">
-        <v>35876.528800569999</v>
+        <v>35876.528999999995</v>
       </c>
       <c r="BG44" s="4">
-        <v>33496.001012973997</v>
+        <v>33496.000999999997</v>
       </c>
       <c r="BH44" s="4">
-        <v>42804.732719390006</v>
+        <v>42805.058000000005</v>
       </c>
       <c r="BI44" s="4">
-        <v>47752.364544627999</v>
+        <v>47190.679000000004</v>
       </c>
       <c r="BJ44" s="4">
-        <v>48308.385480966994</v>
+        <v>47201.665000000001</v>
+      </c>
+      <c r="BK44" s="4">
+        <v>46807.214</v>
       </c>
     </row>
-    <row r="45" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A45" s="22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B45" s="25" t="s">
         <v>21</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H45" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I45" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J45" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L45" s="4">
-        <v>11667.2778073306</v>
+        <v>11667.278</v>
       </c>
       <c r="M45" s="4">
-        <v>15797.900086248299</v>
+        <v>15797.9</v>
       </c>
       <c r="N45" s="4">
-        <v>18597.612936212401</v>
+        <v>18597.613000000001</v>
       </c>
       <c r="O45" s="4">
-        <v>24146.942316928998</v>
+        <v>24146.942999999999</v>
       </c>
       <c r="P45" s="4">
-        <v>29847.077112179999</v>
+        <v>29847.076999999997</v>
       </c>
       <c r="Q45" s="4">
-        <v>35317.388587335001</v>
+        <v>35317.389000000003</v>
       </c>
       <c r="R45" s="4">
-        <v>41992.077551168004</v>
+        <v>41992.078000000001</v>
       </c>
       <c r="S45" s="4">
-        <v>59150.325109617996</v>
+        <v>59150.326000000001</v>
       </c>
       <c r="T45" s="4">
-        <v>72862.772237343001</v>
+        <v>72862.772000000012</v>
       </c>
       <c r="U45" s="4">
-        <v>92014.543426278004</v>
+        <v>92014.543000000005</v>
       </c>
       <c r="V45" s="4">
-        <v>113258.481513426</v>
+        <v>113258.48200000002</v>
       </c>
       <c r="W45" s="4">
-        <v>126698.23939843099</v>
+        <v>126698.24000000001</v>
       </c>
       <c r="X45" s="4">
-        <v>140242.32157705299</v>
+        <v>140242.321</v>
       </c>
       <c r="Y45" s="4">
-        <v>167059.34606227701</v>
+        <v>167059.34600000002</v>
       </c>
       <c r="Z45" s="4">
-        <v>180183.54878193798</v>
+        <v>180183.549</v>
       </c>
       <c r="AA45" s="4">
-        <v>201988.359061489</v>
+        <v>201988.359</v>
       </c>
       <c r="AB45" s="4">
-        <v>226951.30327899</v>
+        <v>226951.30299999999</v>
       </c>
       <c r="AC45" s="4">
-        <v>256134.216818938</v>
+        <v>256134.21700000003</v>
       </c>
       <c r="AD45" s="4">
-        <v>283410.37148744898</v>
+        <v>283410.37199999997</v>
       </c>
       <c r="AE45" s="4">
-        <v>316542.63093473006</v>
+        <v>316542.63099999999</v>
       </c>
       <c r="AF45" s="4">
-        <v>335208.41618162999</v>
+        <v>335208.41600000003</v>
       </c>
       <c r="AG45" s="4">
-        <v>334878.91668000998</v>
+        <v>334878.91700000002</v>
       </c>
       <c r="AH45" s="4">
-        <v>358074.09464589</v>
+        <v>358074.09499999997</v>
       </c>
       <c r="AI45" s="4">
-        <v>395366.02047235001</v>
+        <v>395366.02000000008</v>
       </c>
       <c r="AJ45" s="4">
-        <v>426429.83754331997</v>
+        <v>426429.83799999999</v>
       </c>
       <c r="AK45" s="4">
-        <v>399811.45933677</v>
+        <v>399811.45900000003</v>
       </c>
       <c r="AL45" s="4">
-        <v>432974.22668843</v>
+        <v>432974.22700000001</v>
       </c>
       <c r="AM45" s="4">
-        <v>424407.00000000006</v>
+        <v>437120</v>
       </c>
       <c r="AN45" s="4">
-        <v>439436.00000000006</v>
+        <v>454760.99999999994</v>
       </c>
       <c r="AO45" s="4">
-        <v>446272</v>
+        <v>466464.00000000006</v>
       </c>
       <c r="AP45" s="4">
-        <v>462034.99999999994</v>
+        <v>481819.7</v>
       </c>
       <c r="AQ45" s="4">
-        <v>473337.99999999994</v>
+        <v>495182.5</v>
       </c>
       <c r="AR45" s="4">
-        <v>484529</v>
+        <v>505995.5</v>
       </c>
       <c r="AS45" s="4">
-        <v>524880</v>
+        <v>542835.80000000005</v>
       </c>
       <c r="AT45" s="4">
-        <v>559087</v>
+        <v>582945.69999999995</v>
       </c>
       <c r="AU45" s="4">
-        <v>568841.34591400006</v>
+        <v>594293.74599999993</v>
       </c>
       <c r="AV45" s="4">
-        <v>560616.62745999999</v>
+        <v>585659.12699999998</v>
       </c>
       <c r="AW45" s="4">
-        <v>566453.35021499998</v>
+        <v>593277.45000000007</v>
       </c>
       <c r="AX45" s="4">
-        <v>576921.04494199995</v>
+        <v>604403.745</v>
       </c>
       <c r="AY45" s="4">
-        <v>591642.72346999997</v>
+        <v>617786.223</v>
       </c>
       <c r="AZ45" s="4">
-        <v>591005.82716899994</v>
+        <v>618524.82699999993</v>
       </c>
       <c r="BA45" s="4">
-        <v>586357.09585174988</v>
+        <v>613068.79599999997</v>
       </c>
       <c r="BB45" s="4">
-        <v>589383.47598700004</v>
+        <v>618859.77599999995</v>
       </c>
       <c r="BC45" s="4">
-        <v>632081.97169228003</v>
+        <v>634712.37199999997</v>
       </c>
       <c r="BD45" s="4">
-        <v>640209.37991617993</v>
+        <v>642805.88</v>
       </c>
       <c r="BE45" s="4">
-        <v>649846.28556558001</v>
+        <v>651192.08600000001</v>
       </c>
       <c r="BF45" s="4">
-        <v>669929.72732833994</v>
+        <v>673013.72700000007</v>
       </c>
       <c r="BG45" s="4">
-        <v>625810.56256210001</v>
+        <v>629933.46300000011</v>
       </c>
       <c r="BH45" s="4">
-        <v>685146.66795178002</v>
+        <v>688151.46799999999</v>
       </c>
       <c r="BI45" s="4">
-        <v>743875.15455400001</v>
+        <v>742644.12800000003</v>
       </c>
       <c r="BJ45" s="4">
-        <v>793767.13455399999</v>
+        <v>789223.46700000006</v>
+      </c>
+      <c r="BK45" s="4">
+        <v>834868.50099999993</v>
       </c>
     </row>
-    <row r="46" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A46" s="22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B46" s="25" t="s">
         <v>21</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E46" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F46" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H46" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I46" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J46" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L46" s="4">
-        <v>379.07936393168001</v>
+        <v>379.07900000000001</v>
       </c>
       <c r="M46" s="4">
-        <v>227.24103559937001</v>
+        <v>227.24099999999999</v>
       </c>
       <c r="N46" s="4">
-        <v>167.84849220408</v>
+        <v>167.84799999999998</v>
       </c>
       <c r="O46" s="4">
-        <v>214.84607002122999</v>
+        <v>214.846</v>
       </c>
       <c r="P46" s="4">
-        <v>221.04355281029999</v>
+        <v>221.04399999999998</v>
       </c>
       <c r="Q46" s="4">
-        <v>256.16262194838004</v>
+        <v>256.16299999999995</v>
       </c>
       <c r="R46" s="4">
-        <v>291.28169108647</v>
+        <v>291.28199999999998</v>
       </c>
       <c r="S46" s="4">
-        <v>1013.2884360136001</v>
+        <v>1013.288</v>
       </c>
       <c r="T46" s="4">
-        <v>1727.5483274543001</v>
+        <v>1727.548</v>
       </c>
       <c r="U46" s="4">
-        <v>2234.1925454611001</v>
+        <v>2234.1929999999998</v>
       </c>
       <c r="V46" s="4">
-        <v>3143.1566878586</v>
+        <v>3143.1570000000002</v>
       </c>
       <c r="W46" s="4">
-        <v>3166.3972483176003</v>
+        <v>3166.3969999999999</v>
       </c>
       <c r="X46" s="4">
-        <v>3347.1571629989999</v>
+        <v>3347.1570000000002</v>
       </c>
       <c r="Y46" s="4">
-        <v>-867.13113357125007</v>
+        <v>-867.13099999999997</v>
       </c>
       <c r="Z46" s="4">
-        <v>2015.2148202471997</v>
+        <v>2015.2149999999999</v>
       </c>
       <c r="AA46" s="4">
-        <v>3642.0540523791001</v>
+        <v>3642.0540000000001</v>
       </c>
       <c r="AB46" s="4">
-        <v>5157.8550512066995</v>
+        <v>5157.8549999999996</v>
       </c>
       <c r="AC46" s="4">
-        <v>7694.6913395342999</v>
+        <v>7694.6909999999998</v>
       </c>
       <c r="AD46" s="4">
-        <v>7922.4488320327</v>
+        <v>7922.4490000000005</v>
       </c>
       <c r="AE46" s="4">
-        <v>9221.8543901418998</v>
+        <v>9221.8540000000012</v>
       </c>
       <c r="AF46" s="4">
-        <v>14167.445655822999</v>
+        <v>14167.446</v>
       </c>
       <c r="AG46" s="4">
-        <v>17031.715618172999</v>
+        <v>17031.716</v>
       </c>
       <c r="AH46" s="4">
-        <v>20513.668031834</v>
+        <v>20513.667999999998</v>
       </c>
       <c r="AI46" s="4">
-        <v>23392.915244257998</v>
+        <v>23392.914999999997</v>
       </c>
       <c r="AJ46" s="4">
-        <v>26438.978035087999</v>
+        <v>26438.977999999999</v>
       </c>
       <c r="AK46" s="4">
-        <v>53508.033487064997</v>
+        <v>53508.032999999996</v>
       </c>
       <c r="AL46" s="4">
-        <v>45180.165989246998</v>
+        <v>45180.165999999997</v>
       </c>
       <c r="AM46" s="4">
-        <v>77153</v>
+        <v>59917</v>
       </c>
       <c r="AN46" s="4">
-        <v>82538</v>
+        <v>66675</v>
       </c>
       <c r="AO46" s="4">
-        <v>87314</v>
+        <v>69750</v>
       </c>
       <c r="AP46" s="4">
-        <v>93725.2</v>
+        <v>74869.299999999988</v>
       </c>
       <c r="AQ46" s="4">
-        <v>94726</v>
+        <v>75504.5</v>
       </c>
       <c r="AR46" s="4">
-        <v>96899</v>
+        <v>78247.5</v>
       </c>
       <c r="AS46" s="4">
-        <v>101300</v>
+        <v>80979.383999999991</v>
       </c>
       <c r="AT46" s="4">
-        <v>109841</v>
+        <v>87698.3</v>
       </c>
       <c r="AU46" s="4">
-        <v>110170</v>
+        <v>83332.600000000006</v>
       </c>
       <c r="AV46" s="4">
-        <v>99354</v>
+        <v>77573.5</v>
       </c>
       <c r="AW46" s="4">
-        <v>103234</v>
+        <v>78999</v>
       </c>
       <c r="AX46" s="4">
-        <v>107260</v>
+        <v>82756.3</v>
       </c>
       <c r="AY46" s="4">
-        <v>114784</v>
+        <v>90822.5</v>
       </c>
       <c r="AZ46" s="4">
-        <v>113933</v>
+        <v>89101</v>
       </c>
       <c r="BA46" s="4">
-        <v>116696</v>
+        <v>92784.3</v>
       </c>
       <c r="BB46" s="4">
-        <v>117139</v>
+        <v>91133.700000000012</v>
       </c>
       <c r="BC46" s="4">
-        <v>81244</v>
+        <v>81364.599999999991</v>
       </c>
       <c r="BD46" s="4">
-        <v>83063</v>
+        <v>83355.5</v>
       </c>
       <c r="BE46" s="4">
-        <v>85940</v>
+        <v>86391.2</v>
       </c>
       <c r="BF46" s="4">
-        <v>86390</v>
+        <v>87222</v>
       </c>
       <c r="BG46" s="4">
-        <v>78619</v>
+        <v>79378.100000000006</v>
       </c>
       <c r="BH46" s="4">
-        <v>84957</v>
+        <v>84808.2</v>
       </c>
       <c r="BI46" s="4">
-        <v>91859</v>
+        <v>91669.079999999987</v>
       </c>
       <c r="BJ46" s="4">
-        <v>95501</v>
+        <v>96273.02</v>
+      </c>
+      <c r="BK46" s="4">
+        <v>102527</v>
       </c>
     </row>
-    <row r="47" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A47" s="22" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B47" s="25" t="s">
         <v>22</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E47" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H47" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I47" s="4" t="s">
         <v>3</v>
       </c>
@@ -9467,62 +9603,63 @@
       <c r="AZ47" s="4">
         <v>111030700.00000001</v>
       </c>
       <c r="BA47" s="4">
         <v>120101100</v>
       </c>
       <c r="BB47" s="4">
         <v>124433455</v>
       </c>
       <c r="BC47" s="4">
         <v>125577900.00000001</v>
       </c>
       <c r="BD47" s="4">
         <v>132899900</v>
       </c>
       <c r="BE47" s="4">
         <v>134838021</v>
       </c>
       <c r="BF47" s="4">
         <v>134220900</v>
       </c>
       <c r="BG47" s="4">
         <v>136495600</v>
       </c>
       <c r="BH47" s="4">
-        <v>145583012</v>
+        <v>145583011</v>
       </c>
       <c r="BI47" s="4">
-        <v>151795683.00000003</v>
+        <v>151865683.00000003</v>
       </c>
       <c r="BJ47" s="4">
-        <v>74429000</v>
-      </c>
+        <v>155722304</v>
+      </c>
+      <c r="BK47" s="4"/>
     </row>
-    <row r="48" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A48" s="22" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B48" s="25" t="s">
         <v>22</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E48" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H48" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I48" s="4" t="s">
         <v>3</v>
       </c>
@@ -9592,125 +9729,126 @@
       <c r="AE48" s="4">
         <v>34568700</v>
       </c>
       <c r="AF48" s="4">
         <v>33591300</v>
       </c>
       <c r="AG48" s="4">
         <v>32539200</v>
       </c>
       <c r="AH48" s="4">
         <v>33675100</v>
       </c>
       <c r="AI48" s="4">
         <v>35093900</v>
       </c>
       <c r="AJ48" s="4">
         <v>36155700</v>
       </c>
       <c r="AK48" s="4">
         <v>35922400</v>
       </c>
       <c r="AL48" s="4">
         <v>35026300</v>
       </c>
       <c r="AM48" s="4">
-        <v>35546700</v>
+        <v>35491820</v>
       </c>
       <c r="AN48" s="4">
-        <v>35549100</v>
+        <v>35511850</v>
       </c>
       <c r="AO48" s="4">
-        <v>33378600</v>
+        <v>33348390</v>
       </c>
       <c r="AP48" s="4">
-        <v>32665800</v>
+        <v>32643110</v>
       </c>
       <c r="AQ48" s="4">
-        <v>33538800.000000004</v>
+        <v>33520530</v>
       </c>
       <c r="AR48" s="4">
-        <v>34804600</v>
+        <v>34791290</v>
       </c>
       <c r="AS48" s="4">
-        <v>36506400</v>
+        <v>36490560</v>
       </c>
       <c r="AT48" s="4">
-        <v>40266900</v>
+        <v>40243960</v>
       </c>
       <c r="AU48" s="4">
-        <v>39558300</v>
+        <v>39526090</v>
       </c>
       <c r="AV48" s="4">
-        <v>35182800</v>
+        <v>35155020</v>
       </c>
       <c r="AW48" s="4">
-        <v>34316300</v>
+        <v>34296820</v>
       </c>
       <c r="AX48" s="4">
-        <v>34171500</v>
+        <v>34156610</v>
       </c>
       <c r="AY48" s="4">
-        <v>34460900</v>
+        <v>34446630</v>
       </c>
       <c r="AZ48" s="4">
-        <v>35374400</v>
+        <v>35641230</v>
       </c>
       <c r="BA48" s="4">
         <v>36785400</v>
       </c>
       <c r="BB48" s="4">
-        <v>39098534</v>
+        <v>38979695</v>
       </c>
       <c r="BC48" s="4">
-        <v>39392300</v>
+        <v>39257060</v>
       </c>
       <c r="BD48" s="4">
         <v>38905600</v>
       </c>
       <c r="BE48" s="4">
         <v>40751300</v>
       </c>
       <c r="BF48" s="4">
         <v>41211200</v>
       </c>
       <c r="BG48" s="4">
         <v>40825700</v>
       </c>
       <c r="BH48" s="4">
         <v>42408938</v>
       </c>
       <c r="BI48" s="4">
-        <v>44052156.685000002</v>
+        <v>44052162.214999996</v>
       </c>
       <c r="BJ48" s="4">
-        <v>44055200</v>
-      </c>
+        <v>44620935.442000002</v>
+      </c>
+      <c r="BK48" s="4"/>
     </row>
-    <row r="49" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A49" s="22" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B49" s="25" t="s">
         <v>23</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E49" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F49" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H49" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I49" s="4" t="s">
         <v>3</v>
       </c>
@@ -9851,54 +9989,57 @@
       </c>
       <c r="BC49" s="4">
         <v>355220000</v>
       </c>
       <c r="BD49" s="4">
         <v>385061000</v>
       </c>
       <c r="BE49" s="4">
         <v>422230000</v>
       </c>
       <c r="BF49" s="4">
         <v>433525000</v>
       </c>
       <c r="BG49" s="4">
         <v>436401000</v>
       </c>
       <c r="BH49" s="4">
         <v>506286000</v>
       </c>
       <c r="BI49" s="4">
         <v>572686000</v>
       </c>
       <c r="BJ49" s="4">
         <v>532764000</v>
       </c>
+      <c r="BK49" s="4">
+        <v>531698000</v>
+      </c>
     </row>
-    <row r="50" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A50" s="22" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B50" s="25" t="s">
         <v>23</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E50" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F50" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G50" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H50" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I50" s="4" t="s">
         <v>3</v>
       </c>
@@ -10039,54 +10180,57 @@
       </c>
       <c r="BC50" s="4">
         <v>75532000</v>
       </c>
       <c r="BD50" s="4">
         <v>80409000</v>
       </c>
       <c r="BE50" s="4">
         <v>84318000</v>
       </c>
       <c r="BF50" s="4">
         <v>90460000</v>
       </c>
       <c r="BG50" s="4">
         <v>102049000</v>
       </c>
       <c r="BH50" s="4">
         <v>112798000</v>
       </c>
       <c r="BI50" s="4">
         <v>118571000</v>
       </c>
       <c r="BJ50" s="4">
         <v>112463000</v>
       </c>
+      <c r="BK50" s="4">
+        <v>114087000</v>
+      </c>
     </row>
-    <row r="51" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A51" s="22" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B51" s="25" t="s">
         <v>24</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E51" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F51" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G51" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H51" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I51" s="4" t="s">
         <v>3</v>
       </c>
@@ -10141,140 +10285,143 @@
       <c r="Z51" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA51" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB51" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC51" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AD51" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AE51" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AF51" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AG51" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AH51" s="4">
-        <v>970.53801628904</v>
+        <v>997.17399999999998</v>
       </c>
       <c r="AI51" s="4">
-        <v>1089.0347806785401</v>
+        <v>1096.3510000000001</v>
       </c>
       <c r="AJ51" s="4">
-        <v>1368.7685357510802</v>
+        <v>1393.2720000000002</v>
       </c>
       <c r="AK51" s="4">
-        <v>1574.3097350043499</v>
+        <v>1608.6299999999999</v>
       </c>
       <c r="AL51" s="4">
-        <v>1593.53592466748</v>
+        <v>1646.203</v>
       </c>
       <c r="AM51" s="4">
-        <v>1657.2488048104201</v>
+        <v>1669.0709999999999</v>
       </c>
       <c r="AN51" s="4">
-        <v>1734.9129326534198</v>
+        <v>1765.9469999999999</v>
       </c>
       <c r="AO51" s="4">
-        <v>1937.6900583116701</v>
+        <v>1938.1</v>
       </c>
       <c r="AP51" s="4">
-        <v>2161.9490837722401</v>
+        <v>2164.3249999999998</v>
       </c>
       <c r="AQ51" s="4">
-        <v>2501.7382083778198</v>
+        <v>2502.2349999999997</v>
       </c>
       <c r="AR51" s="4">
-        <v>3136.7198300411997</v>
+        <v>3137.2679999999996</v>
       </c>
       <c r="AS51" s="4">
-        <v>4050.5586332057997</v>
+        <v>4051.1910000000003</v>
       </c>
       <c r="AT51" s="4">
-        <v>5221.0529408917</v>
+        <v>5218.5779999999995</v>
       </c>
       <c r="AU51" s="4">
-        <v>5503.1209085638002</v>
+        <v>5514.2849999999999</v>
       </c>
       <c r="AV51" s="4">
-        <v>4364.7524737273006</v>
+        <v>4376.5970000000007</v>
       </c>
       <c r="AW51" s="4">
-        <v>4104.7502281055995</v>
+        <v>4115.4549999999999</v>
       </c>
       <c r="AX51" s="4">
-        <v>4624.6208135126999</v>
+        <v>4638.8230000000003</v>
       </c>
       <c r="AY51" s="4">
-        <v>5157.9686471370997</v>
+        <v>5170.3829999999998</v>
       </c>
       <c r="AZ51" s="4">
-        <v>5424.0772983477</v>
+        <v>5438.5110000000004</v>
       </c>
       <c r="BA51" s="4">
-        <v>5655.8926709901998</v>
+        <v>5668.4229999999998</v>
       </c>
       <c r="BB51" s="4">
-        <v>5901.3903665599</v>
+        <v>5917.7629999999999</v>
       </c>
       <c r="BC51" s="4">
-        <v>6267.8777713999998</v>
+        <v>6288.3499999999995</v>
       </c>
       <c r="BD51" s="4">
-        <v>6719.1524307925001</v>
+        <v>6735.8890000000001</v>
       </c>
       <c r="BE51" s="4">
-        <v>7349.1345489899995</v>
+        <v>7219.0690000000004</v>
       </c>
       <c r="BF51" s="4">
-        <v>7588.3314314599993</v>
+        <v>7700.692</v>
       </c>
       <c r="BG51" s="4">
-        <v>7649.7411685719999</v>
+        <v>7758.9439999999995</v>
       </c>
       <c r="BH51" s="4">
-        <v>8411.5049097377996</v>
+        <v>8502.7100000000009</v>
       </c>
       <c r="BI51" s="4">
-        <v>9773.9349694109005</v>
+        <v>9796.5320000000011</v>
       </c>
       <c r="BJ51" s="4">
-        <v>10647.389675455101</v>
+        <v>10649.767</v>
+      </c>
+      <c r="BK51" s="4">
+        <v>11600.892</v>
       </c>
     </row>
-    <row r="52" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A52" s="22" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B52" s="25" t="s">
         <v>24</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E52" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F52" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H52" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I52" s="4" t="s">
         <v>3</v>
       </c>
@@ -10329,140 +10476,143 @@
       <c r="Z52" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA52" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB52" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC52" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AD52" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AE52" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AF52" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AG52" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AH52" s="4">
-        <v>235.68590958503</v>
+        <v>235.68600000000001</v>
       </c>
       <c r="AI52" s="4">
-        <v>276.63900603867</v>
+        <v>276.63900000000001</v>
       </c>
       <c r="AJ52" s="4">
-        <v>263.56139122714001</v>
+        <v>263.56099999999998</v>
       </c>
       <c r="AK52" s="4">
-        <v>305.86479302906997</v>
+        <v>305.86500000000001</v>
       </c>
       <c r="AL52" s="4">
-        <v>304.03825248575998</v>
+        <v>304.03799999999995</v>
       </c>
       <c r="AM52" s="4">
-        <v>338.04691350646999</v>
+        <v>338.04699999999997</v>
       </c>
       <c r="AN52" s="4">
-        <v>366.01760519290997</v>
+        <v>366.01800000000003</v>
       </c>
       <c r="AO52" s="4">
-        <v>400.51343048702</v>
+        <v>400.51300000000003</v>
       </c>
       <c r="AP52" s="4">
-        <v>461.78493719444003</v>
+        <v>461.78500000000003</v>
       </c>
       <c r="AQ52" s="4">
-        <v>540.50631043648002</v>
+        <v>540.50600000000009</v>
       </c>
       <c r="AR52" s="4">
-        <v>633.64706376173001</v>
+        <v>633.64699999999993</v>
       </c>
       <c r="AS52" s="4">
-        <v>830.04963119163006</v>
+        <v>830.05</v>
       </c>
       <c r="AT52" s="4">
-        <v>1141.3324340782999</v>
+        <v>1141.3320000000001</v>
       </c>
       <c r="AU52" s="4">
-        <v>1282.5595756426999</v>
+        <v>1282.56</v>
       </c>
       <c r="AV52" s="4">
-        <v>946.61848832676003</v>
+        <v>946.61799999999994</v>
       </c>
       <c r="AW52" s="4">
-        <v>1032.7294452223</v>
+        <v>1032.729</v>
       </c>
       <c r="AX52" s="4">
-        <v>1102.7848915345</v>
+        <v>1102.7849999999999</v>
       </c>
       <c r="AY52" s="4">
-        <v>1192.6363893773998</v>
+        <v>1192.636</v>
       </c>
       <c r="AZ52" s="4">
-        <v>1243.3442351623</v>
+        <v>1243.3440000000001</v>
       </c>
       <c r="BA52" s="4">
-        <v>1328.7877679999999</v>
+        <v>1328.9070000000002</v>
       </c>
       <c r="BB52" s="4">
-        <v>1370.7591580000001</v>
+        <v>1370.759</v>
       </c>
       <c r="BC52" s="4">
-        <v>1473.0918120000001</v>
+        <v>1473.0920000000001</v>
       </c>
       <c r="BD52" s="4">
-        <v>1617.470963</v>
+        <v>1617.471</v>
       </c>
       <c r="BE52" s="4">
-        <v>1643.6246800000001</v>
+        <v>1643.625</v>
       </c>
       <c r="BF52" s="4">
-        <v>1837.662675</v>
+        <v>1837.663</v>
       </c>
       <c r="BG52" s="4">
-        <v>1671.8605759100001</v>
+        <v>1673.048</v>
       </c>
       <c r="BH52" s="4">
-        <v>1765.748389438</v>
+        <v>1766.701</v>
       </c>
       <c r="BI52" s="4">
-        <v>1941.843018601</v>
+        <v>1946.3140000000001</v>
       </c>
       <c r="BJ52" s="4">
-        <v>2155.5491532410001</v>
+        <v>2151.3330000000001</v>
+      </c>
+      <c r="BK52" s="4">
+        <v>2424.1769999999997</v>
       </c>
     </row>
-    <row r="53" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A53" s="22" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B53" s="25" t="s">
         <v>25</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E53" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F53" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H53" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I53" s="4" t="s">
         <v>3</v>
       </c>
@@ -10517,140 +10667,143 @@
       <c r="Z53" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA53" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB53" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC53" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AD53" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AE53" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AF53" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AG53" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AH53" s="4">
-        <v>2097.6816939735299</v>
+        <v>2097.681</v>
       </c>
       <c r="AI53" s="4">
-        <v>2582.7731192726201</v>
+        <v>2582.7740000000003</v>
       </c>
       <c r="AJ53" s="4">
-        <v>3589.6677280681997</v>
+        <v>3589.6680000000001</v>
       </c>
       <c r="AK53" s="4">
-        <v>4189.0920270178003</v>
+        <v>4189.0920000000006</v>
       </c>
       <c r="AL53" s="4">
-        <v>4071.2656593772999</v>
+        <v>4071.2650000000003</v>
       </c>
       <c r="AM53" s="4">
-        <v>4033.9316440013004</v>
+        <v>4033.931</v>
       </c>
       <c r="AN53" s="4">
-        <v>4081.5283333451998</v>
+        <v>4081.5279999999998</v>
       </c>
       <c r="AO53" s="4">
-        <v>4310.2411086654001</v>
+        <v>4310.241</v>
       </c>
       <c r="AP53" s="4">
-        <v>4691.6941322983994</v>
+        <v>4691.6940000000004</v>
       </c>
       <c r="AQ53" s="4">
-        <v>5178.6760503552005</v>
+        <v>5178.6759999999995</v>
       </c>
       <c r="AR53" s="4">
-        <v>5998.5401702966001</v>
+        <v>5998.54</v>
       </c>
       <c r="AS53" s="4">
-        <v>7107.9490558387006</v>
+        <v>7107.9489999999996</v>
       </c>
       <c r="AT53" s="4">
-        <v>8543.9472380851003</v>
+        <v>8543.9480000000003</v>
       </c>
       <c r="AU53" s="4">
-        <v>9782.6195567770992</v>
+        <v>9782.6190000000006</v>
       </c>
       <c r="AV53" s="4">
-        <v>7936.0185478453004</v>
+        <v>7946.1379999999999</v>
       </c>
       <c r="AW53" s="4">
-        <v>7736.7709102756999</v>
+        <v>7764.7110000000002</v>
       </c>
       <c r="AX53" s="4">
-        <v>8306.0672306534016</v>
+        <v>8336.9390000000003</v>
       </c>
       <c r="AY53" s="4">
-        <v>8784.3525309893012</v>
+        <v>8823.3089999999993</v>
       </c>
       <c r="AZ53" s="4">
-        <v>9240.3205350758999</v>
+        <v>9292.6639999999989</v>
       </c>
       <c r="BA53" s="4">
-        <v>9839.7677453167998</v>
+        <v>9901.2129999999997</v>
       </c>
       <c r="BB53" s="4">
-        <v>10555.131947140002</v>
+        <v>10610.83</v>
       </c>
       <c r="BC53" s="4">
-        <v>11284.1446121429</v>
+        <v>11330.708000000001</v>
       </c>
       <c r="BD53" s="4">
-        <v>12261.188705050599</v>
+        <v>12236.089</v>
       </c>
       <c r="BE53" s="4">
-        <v>13481.268576652401</v>
+        <v>13446.641</v>
       </c>
       <c r="BF53" s="4">
-        <v>14491.4489565</v>
+        <v>14598.271000000001</v>
       </c>
       <c r="BG53" s="4">
-        <v>15276.1481592</v>
+        <v>15392.758</v>
       </c>
       <c r="BH53" s="4">
-        <v>17652.223914999999</v>
+        <v>17777.853999999999</v>
       </c>
       <c r="BI53" s="4">
-        <v>20852.498542999998</v>
+        <v>20976.928</v>
       </c>
       <c r="BJ53" s="4">
-        <v>23087.4162</v>
+        <v>23296.643</v>
+      </c>
+      <c r="BK53" s="4">
+        <v>25582.413</v>
       </c>
     </row>
-    <row r="54" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A54" s="22" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B54" s="25" t="s">
         <v>25</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E54" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F54" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G54" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H54" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I54" s="4" t="s">
         <v>3</v>
       </c>
@@ -10705,516 +10858,525 @@
       <c r="Z54" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA54" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB54" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC54" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AD54" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AE54" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AF54" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AG54" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AH54" s="4">
-        <v>48.397216398449999</v>
+        <v>48.397000000000006</v>
       </c>
       <c r="AI54" s="4">
-        <v>64.835177247450005</v>
+        <v>64.835000000000008</v>
       </c>
       <c r="AJ54" s="4">
-        <v>73.404561030449997</v>
+        <v>73.405000000000001</v>
       </c>
       <c r="AK54" s="4">
-        <v>76.688209312200001</v>
+        <v>76.688000000000002</v>
       </c>
       <c r="AL54" s="4">
-        <v>80.288962958210007</v>
+        <v>80.289000000000001</v>
       </c>
       <c r="AM54" s="4">
-        <v>81.248325844939998</v>
+        <v>81.248000000000005</v>
       </c>
       <c r="AN54" s="4">
-        <v>80.457649045929998</v>
+        <v>80.457999999999998</v>
       </c>
       <c r="AO54" s="4">
-        <v>96.93199721965</v>
+        <v>96.932000000000002</v>
       </c>
       <c r="AP54" s="4">
-        <v>80.642941960149997</v>
+        <v>80.643000000000001</v>
       </c>
       <c r="AQ54" s="4">
-        <v>90.517290315109989</v>
+        <v>90.516999999999996</v>
       </c>
       <c r="AR54" s="4">
-        <v>89.209047729380003</v>
+        <v>89.209000000000003</v>
       </c>
       <c r="AS54" s="4">
-        <v>97.019259731230008</v>
+        <v>97.018999999999991</v>
       </c>
       <c r="AT54" s="4">
-        <v>103.45748378128</v>
+        <v>103.45699999999999</v>
       </c>
       <c r="AU54" s="4">
-        <v>119.65526529194</v>
+        <v>119.655</v>
       </c>
       <c r="AV54" s="4">
-        <v>131.24322289157001</v>
+        <v>131.24299999999999</v>
       </c>
       <c r="AW54" s="4">
-        <v>138.81919022243</v>
+        <v>138.81899999999999</v>
       </c>
       <c r="AX54" s="4">
-        <v>140.03669485635001</v>
+        <v>140.03700000000001</v>
       </c>
       <c r="AY54" s="4">
-        <v>144.23366543095</v>
+        <v>144.23400000000001</v>
       </c>
       <c r="AZ54" s="4">
-        <v>112.21671107507001</v>
+        <v>112.217</v>
       </c>
       <c r="BA54" s="4">
-        <v>124.46021779425</v>
+        <v>124.46000000000001</v>
       </c>
       <c r="BB54" s="4">
-        <v>143.20642474000002</v>
+        <v>143.20599999999999</v>
       </c>
       <c r="BC54" s="4">
-        <v>144.94335999999998</v>
+        <v>144.94299999999998</v>
       </c>
       <c r="BD54" s="4">
-        <v>147.57948000000002</v>
+        <v>147.57899999999998</v>
       </c>
       <c r="BE54" s="4">
-        <v>158.83816000000002</v>
+        <v>158.83799999999999</v>
       </c>
       <c r="BF54" s="4">
-        <v>172.51411999999999</v>
+        <v>169.321</v>
       </c>
       <c r="BG54" s="4">
-        <v>172.78824</v>
+        <v>169.86499999999998</v>
       </c>
       <c r="BH54" s="4">
-        <v>187.60064000000003</v>
+        <v>187.601</v>
       </c>
       <c r="BI54" s="4">
-        <v>220.2946</v>
+        <v>220.29499999999999</v>
       </c>
       <c r="BJ54" s="4">
-        <v>250.10739999999998</v>
+        <v>250.10700000000003</v>
+      </c>
+      <c r="BK54" s="4">
+        <v>274.70499999999998</v>
       </c>
     </row>
-    <row r="55" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A55" s="22" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B55" s="25" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E55" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F55" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G55" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H55" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I55" s="4">
-        <v>384.32236982047993</v>
+        <v>384.322</v>
       </c>
       <c r="J55" s="4">
-        <v>428.51135523967997</v>
+        <v>428.512</v>
       </c>
       <c r="K55" s="4">
-        <v>494.36110258934002</v>
+        <v>494.36099999999999</v>
       </c>
       <c r="L55" s="4">
-        <v>607.70820324386</v>
+        <v>607.70799999999997</v>
       </c>
       <c r="M55" s="4">
-        <v>764.33706590074007</v>
+        <v>764.33699999999999</v>
       </c>
       <c r="N55" s="4">
-        <v>856.19647015791998</v>
+        <v>856.19700000000012</v>
       </c>
       <c r="O55" s="4">
-        <v>989.69550633162999</v>
+        <v>989.69499999999994</v>
       </c>
       <c r="P55" s="4">
-        <v>1127.76454304547</v>
+        <v>1127.7639999999999</v>
       </c>
       <c r="Q55" s="4">
-        <v>1247.9277374944099</v>
+        <v>1247.9279999999999</v>
       </c>
       <c r="R55" s="4">
-        <v>1277.3924262602397</v>
+        <v>1277.393</v>
       </c>
       <c r="S55" s="4">
-        <v>1434.8149910150501</v>
+        <v>1434.8150000000001</v>
       </c>
       <c r="T55" s="4">
-        <v>1581.0090170225299</v>
+        <v>1581.0089999999998</v>
       </c>
       <c r="U55" s="4">
-        <v>1830.8788084129101</v>
+        <v>1830.8789999999999</v>
       </c>
       <c r="V55" s="4">
-        <v>2106.2322245187797</v>
+        <v>2106.232</v>
       </c>
       <c r="W55" s="4">
-        <v>2258.1830805147401</v>
+        <v>2258.183</v>
       </c>
       <c r="X55" s="4">
-        <v>2448.5701528058603</v>
+        <v>2448.5700000000002</v>
       </c>
       <c r="Y55" s="4">
-        <v>2556.5312175018298</v>
+        <v>2556.5319999999997</v>
       </c>
       <c r="Z55" s="4">
-        <v>2686.1870532969401</v>
+        <v>2686.1870000000004</v>
       </c>
       <c r="AA55" s="4">
-        <v>2884.4246921687995</v>
+        <v>2884.4249999999997</v>
       </c>
       <c r="AB55" s="4">
-        <v>3202.49753415957</v>
+        <v>3202.4980000000005</v>
       </c>
       <c r="AC55" s="4">
-        <v>3420.6327181504403</v>
+        <v>3420.6320000000005</v>
       </c>
       <c r="AD55" s="4">
-        <v>3525.1815857799993</v>
+        <v>3525.1820000000002</v>
       </c>
       <c r="AE55" s="4">
-        <v>3881.2626115687003</v>
+        <v>3881.2629999999995</v>
       </c>
       <c r="AF55" s="4">
-        <v>4527.160878963</v>
+        <v>4527.1610000000001</v>
       </c>
       <c r="AG55" s="4">
-        <v>4933.5339227306995</v>
+        <v>4933.5329999999994</v>
       </c>
       <c r="AH55" s="4">
-        <v>5104.6006461171</v>
+        <v>5104.6009999999997</v>
       </c>
       <c r="AI55" s="4">
-        <v>5438.3597784545</v>
+        <v>5438.3590000000004</v>
       </c>
       <c r="AJ55" s="4">
-        <v>5945.0292691989998</v>
+        <v>5945.0300000000007</v>
       </c>
       <c r="AK55" s="4">
-        <v>6331.8440426736997</v>
+        <v>6331.8440000000001</v>
       </c>
       <c r="AL55" s="4">
-        <v>7087.5144031999998</v>
+        <v>7087.5140000000001</v>
       </c>
       <c r="AM55" s="4">
-        <v>7987.0822660212998</v>
+        <v>7987.0820000000003</v>
       </c>
       <c r="AN55" s="4">
-        <v>8362.6273244414006</v>
+        <v>8362.6280000000006</v>
       </c>
       <c r="AO55" s="4">
-        <v>8766.9689792110003</v>
+        <v>8766.9689999999991</v>
       </c>
       <c r="AP55" s="4">
-        <v>9204.0795363624002</v>
+        <v>9204.0800000000017</v>
       </c>
       <c r="AQ55" s="4">
-        <v>9692.326435794299</v>
+        <v>9692.3269999999993</v>
       </c>
       <c r="AR55" s="4">
-        <v>10808.4223093938</v>
+        <v>10808.423000000001</v>
       </c>
       <c r="AS55" s="4">
-        <v>11505.7597649453</v>
+        <v>11505.76</v>
       </c>
       <c r="AT55" s="4">
-        <v>12835.3809137887</v>
+        <v>12835.380999999999</v>
       </c>
       <c r="AU55" s="4">
-        <v>13363.3750173711</v>
+        <v>13363.375</v>
       </c>
       <c r="AV55" s="4">
-        <v>13513.744939976998</v>
+        <v>13513.744000000001</v>
       </c>
       <c r="AW55" s="4">
-        <v>14444.265155514302</v>
+        <v>14444.266000000001</v>
       </c>
       <c r="AX55" s="4">
-        <v>15250.3923224423</v>
+        <v>15250.392000000002</v>
       </c>
       <c r="AY55" s="4">
-        <v>16247.966858898899</v>
+        <v>16247.967000000002</v>
       </c>
       <c r="AZ55" s="4">
-        <v>17122.463970446999</v>
+        <v>17122.464</v>
       </c>
       <c r="BA55" s="4">
-        <v>18050.078628251998</v>
+        <v>18050.079000000002</v>
       </c>
       <c r="BB55" s="4">
-        <v>18105.540648820999</v>
+        <v>18105.540999999997</v>
       </c>
       <c r="BC55" s="4">
-        <v>19045.440975771999</v>
+        <v>19045.440999999999</v>
       </c>
       <c r="BD55" s="4">
-        <v>20320.735874092999</v>
+        <v>20320.736000000001</v>
       </c>
       <c r="BE55" s="4">
-        <v>22425.569138954997</v>
+        <v>22604.210000000003</v>
       </c>
       <c r="BF55" s="4">
-        <v>23314.362534202999</v>
+        <v>23572.606999999996</v>
       </c>
       <c r="BG55" s="4">
-        <v>23445.913636551002</v>
+        <v>23703.429999999997</v>
       </c>
       <c r="BH55" s="4">
-        <v>26261.967092696999</v>
+        <v>26581.018</v>
       </c>
       <c r="BI55" s="4">
-        <v>28237.351492788002</v>
+        <v>28644.597000000002</v>
       </c>
       <c r="BJ55" s="4">
-        <v>30833.480509896097</v>
+        <v>31051.563999999998</v>
+      </c>
+      <c r="BK55" s="4">
+        <v>34006.163999999997</v>
       </c>
     </row>
-    <row r="56" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A56" s="22" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B56" s="25" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E56" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F56" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G56" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H56" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I56" s="4">
-        <v>34.457199943480006</v>
+        <v>34.457000000000001</v>
       </c>
       <c r="J56" s="4">
-        <v>35.597510157439999</v>
+        <v>35.597999999999999</v>
       </c>
       <c r="K56" s="4">
-        <v>39.216755619130005</v>
+        <v>39.216999999999999</v>
       </c>
       <c r="L56" s="4">
-        <v>50.371964233919996</v>
+        <v>50.372</v>
       </c>
       <c r="M56" s="4">
-        <v>64.030897448929991</v>
+        <v>64.031000000000006</v>
       </c>
       <c r="N56" s="4">
-        <v>61.551962201200006</v>
+        <v>61.552</v>
       </c>
       <c r="O56" s="4">
-        <v>73.20295786554</v>
+        <v>73.203000000000003</v>
       </c>
       <c r="P56" s="4">
-        <v>83.986326193170001</v>
+        <v>83.986000000000004</v>
       </c>
       <c r="Q56" s="4">
-        <v>101.93381738676</v>
+        <v>101.934</v>
       </c>
       <c r="R56" s="4">
-        <v>98.438518687449999</v>
+        <v>98.438999999999993</v>
       </c>
       <c r="S56" s="4">
-        <v>99.831370281039995</v>
+        <v>99.831000000000003</v>
       </c>
       <c r="T56" s="4">
-        <v>98.935325496589996</v>
+        <v>98.935000000000002</v>
       </c>
       <c r="U56" s="4">
-        <v>114.78891246632</v>
+        <v>114.789</v>
       </c>
       <c r="V56" s="4">
-        <v>152.12971764926999</v>
+        <v>152.13</v>
       </c>
       <c r="W56" s="4">
-        <v>148.95437318883</v>
+        <v>148.95400000000001</v>
       </c>
       <c r="X56" s="4">
-        <v>174.420160635</v>
+        <v>174.42</v>
       </c>
       <c r="Y56" s="4">
-        <v>176.14862909922999</v>
+        <v>176.149</v>
       </c>
       <c r="Z56" s="4">
-        <v>172.73380023252</v>
+        <v>172.73400000000001</v>
       </c>
       <c r="AA56" s="4">
-        <v>185.75212920705999</v>
+        <v>185.75200000000001</v>
       </c>
       <c r="AB56" s="4">
-        <v>223.14859347692999</v>
+        <v>223.14899999999997</v>
       </c>
       <c r="AC56" s="4">
-        <v>233.08683375360999</v>
+        <v>233.08699999999999</v>
       </c>
       <c r="AD56" s="4">
-        <v>254.10543229091996</v>
+        <v>254.10500000000002</v>
       </c>
       <c r="AE56" s="4">
-        <v>224.88423866408999</v>
+        <v>224.88400000000001</v>
       </c>
       <c r="AF56" s="4">
-        <v>290.89368628288997</v>
+        <v>290.89400000000001</v>
       </c>
       <c r="AG56" s="4">
-        <v>305.34942731838998</v>
+        <v>305.34899999999999</v>
       </c>
       <c r="AH56" s="4">
-        <v>356.53961023449</v>
+        <v>356.54</v>
       </c>
       <c r="AI56" s="4">
-        <v>387.02324279773995</v>
+        <v>387.02300000000002</v>
       </c>
       <c r="AJ56" s="4">
-        <v>395.04184335683999</v>
+        <v>395.04200000000003</v>
       </c>
       <c r="AK56" s="4">
-        <v>420.73221299368004</v>
+        <v>420.73199999999997</v>
       </c>
       <c r="AL56" s="4">
-        <v>432.90231279168</v>
+        <v>432.90199999999999</v>
       </c>
       <c r="AM56" s="4">
-        <v>495.15199451234997</v>
+        <v>495.15199999999999</v>
       </c>
       <c r="AN56" s="4">
-        <v>507.08594387532003</v>
+        <v>507.08600000000001</v>
       </c>
       <c r="AO56" s="4">
-        <v>573.01798916975997</v>
+        <v>573.01800000000003</v>
       </c>
       <c r="AP56" s="4">
-        <v>585.78629676063997</v>
+        <v>585.78600000000006</v>
       </c>
       <c r="AQ56" s="4">
-        <v>502.93142694642</v>
+        <v>502.93100000000004</v>
       </c>
       <c r="AR56" s="4">
-        <v>505.37003750744003</v>
+        <v>505.37</v>
       </c>
       <c r="AS56" s="4">
-        <v>533.62116643323998</v>
+        <v>533.62099999999998</v>
       </c>
       <c r="AT56" s="4">
-        <v>596.44868151519006</v>
+        <v>596.44899999999996</v>
       </c>
       <c r="AU56" s="4">
-        <v>631.35498274602003</v>
+        <v>631.35500000000002</v>
       </c>
       <c r="AV56" s="4">
-        <v>638.03780376781003</v>
+        <v>638.03800000000001</v>
       </c>
       <c r="AW56" s="4">
-        <v>654.28143644250997</v>
+        <v>654.28099999999995</v>
       </c>
       <c r="AX56" s="4">
-        <v>743.34601437831009</v>
+        <v>743.346</v>
       </c>
       <c r="AY56" s="4">
-        <v>675.60380663431999</v>
+        <v>675.60399999999993</v>
       </c>
       <c r="AZ56" s="4">
-        <v>624.93788317541998</v>
+        <v>624.93799999999999</v>
       </c>
       <c r="BA56" s="4">
-        <v>612.44928939445003</v>
+        <v>612.44900000000007</v>
       </c>
       <c r="BB56" s="4">
-        <v>670.94770704015002</v>
+        <v>670.94799999999998</v>
       </c>
       <c r="BC56" s="4">
-        <v>784.79053299619</v>
+        <v>784.79100000000005</v>
       </c>
       <c r="BD56" s="4">
-        <v>870.82710504009992</v>
+        <v>870.827</v>
       </c>
       <c r="BE56" s="4">
-        <v>1081.7994598111</v>
+        <v>1081.799</v>
       </c>
       <c r="BF56" s="4">
-        <v>1186.4138632515999</v>
+        <v>1186.414</v>
       </c>
       <c r="BG56" s="4">
-        <v>1039.2782885119</v>
+        <v>1039.278</v>
       </c>
       <c r="BH56" s="4">
-        <v>1103.6864978618</v>
+        <v>1104.098</v>
       </c>
       <c r="BI56" s="4">
-        <v>1078.6395087537001</v>
+        <v>1080.068</v>
       </c>
       <c r="BJ56" s="4">
-        <v>1360.4487518965</v>
+        <v>1374.0829999999999</v>
+      </c>
+      <c r="BK56" s="4">
+        <v>1704.1489999999999</v>
       </c>
     </row>
-    <row r="57" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A57" s="22" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B57" s="25" t="s">
         <v>27</v>
       </c>
       <c r="C57" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E57" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F57" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G57" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H57" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I57" s="4" t="s">
         <v>3</v>
       </c>
@@ -11284,125 +11446,128 @@
       <c r="AE57" s="4">
         <v>157249.54000000004</v>
       </c>
       <c r="AF57" s="4">
         <v>178820</v>
       </c>
       <c r="AG57" s="4">
         <v>204520</v>
       </c>
       <c r="AH57" s="4">
         <v>223619.9</v>
       </c>
       <c r="AI57" s="4">
         <v>296923.88199999998</v>
       </c>
       <c r="AJ57" s="4">
         <v>398669.72099999996</v>
       </c>
       <c r="AK57" s="4">
         <v>508082.91100000002</v>
       </c>
       <c r="AL57" s="4">
         <v>649988.40499999991</v>
       </c>
       <c r="AM57" s="4">
-        <v>738714.2696</v>
+        <v>738714.2699999999</v>
       </c>
       <c r="AN57" s="4">
-        <v>828313.61829999997</v>
+        <v>828313.61800000002</v>
       </c>
       <c r="AO57" s="4">
-        <v>901725.63489999995</v>
+        <v>901725.63500000001</v>
       </c>
       <c r="AP57" s="4">
         <v>955259.91899999999</v>
       </c>
       <c r="AQ57" s="4">
         <v>975181.81099999987</v>
       </c>
       <c r="AR57" s="4">
         <v>1033737.382</v>
       </c>
       <c r="AS57" s="4">
-        <v>1171390.098636</v>
+        <v>1171390.0989999999</v>
       </c>
       <c r="AT57" s="4">
-        <v>1312840.9130049099</v>
+        <v>1312840.9129999999</v>
       </c>
       <c r="AU57" s="4">
-        <v>1480664.85382988</v>
+        <v>1480664.8540000001</v>
       </c>
       <c r="AV57" s="4">
-        <v>1439094.3057088</v>
+        <v>1439094.3059999999</v>
       </c>
       <c r="AW57" s="4">
-        <v>1628921.8793540499</v>
+        <v>1628921.879</v>
       </c>
       <c r="AX57" s="4">
-        <v>1770839.28668767</v>
+        <v>1770839.287</v>
       </c>
       <c r="AY57" s="4">
-        <v>1875828.70447957</v>
+        <v>1875828.7049999998</v>
       </c>
       <c r="AZ57" s="4">
-        <v>2027660.7625203999</v>
+        <v>2027660.7629999998</v>
       </c>
       <c r="BA57" s="4">
-        <v>2236673.4797486495</v>
+        <v>2236673.48</v>
       </c>
       <c r="BB57" s="4">
-        <v>2783209.19556924</v>
+        <v>2783209.196</v>
       </c>
       <c r="BC57" s="4">
-        <v>3159337.54066459</v>
+        <v>3159337.5409999997</v>
       </c>
       <c r="BD57" s="4">
-        <v>3326885.3352771201</v>
+        <v>3326885.3350000004</v>
       </c>
       <c r="BE57" s="4">
-        <v>3582463.4416740001</v>
+        <v>3582463.4409999996</v>
       </c>
       <c r="BF57" s="4">
-        <v>3765218.6832520002</v>
+        <v>3765218.6830000002</v>
       </c>
       <c r="BG57" s="4">
-        <v>3923478.9965788098</v>
+        <v>3923478.9959999998</v>
       </c>
       <c r="BH57" s="4">
-        <v>4191645.7623831392</v>
+        <v>4191645.7630000003</v>
       </c>
       <c r="BI57" s="4">
-        <v>4639303.1462640604</v>
+        <v>4639303.1460000006</v>
       </c>
       <c r="BJ57" s="4">
-        <v>5294347.9003502093</v>
+        <v>5294347.9000000004</v>
+      </c>
+      <c r="BK57" s="4">
+        <v>5819454.1979999999</v>
       </c>
     </row>
-    <row r="58" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A58" s="22" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B58" s="25" t="s">
         <v>27</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E58" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F58" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G58" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H58" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I58" s="4" t="s">
         <v>3</v>
       </c>
@@ -11466,131 +11631,134 @@
       <c r="AC58" s="4">
         <v>2152</v>
       </c>
       <c r="AD58" s="4">
         <v>3465</v>
       </c>
       <c r="AE58" s="4">
         <v>4633</v>
       </c>
       <c r="AF58" s="4">
         <v>5335</v>
       </c>
       <c r="AG58" s="4">
         <v>6031</v>
       </c>
       <c r="AH58" s="4">
         <v>6573</v>
       </c>
       <c r="AI58" s="4">
         <v>8723</v>
       </c>
       <c r="AJ58" s="4">
         <v>12692</v>
       </c>
       <c r="AK58" s="4">
-        <v>13618.710100999999</v>
+        <v>13618.710000000001</v>
       </c>
       <c r="AL58" s="4">
-        <v>16454.577191999997</v>
+        <v>16454.577000000001</v>
       </c>
       <c r="AM58" s="4">
-        <v>20485.445863999998</v>
+        <v>20485.446</v>
       </c>
       <c r="AN58" s="4">
-        <v>24182.730610999999</v>
+        <v>24182.731</v>
       </c>
       <c r="AO58" s="4">
-        <v>26673.753658999998</v>
+        <v>26673.753999999997</v>
       </c>
       <c r="AP58" s="4">
-        <v>28487.921745</v>
+        <v>28487.922000000002</v>
       </c>
       <c r="AQ58" s="4">
-        <v>29728.514203999999</v>
+        <v>29728.513999999999</v>
       </c>
       <c r="AR58" s="4">
-        <v>34994.853341000002</v>
+        <v>34994.852999999996</v>
       </c>
       <c r="AS58" s="4">
-        <v>39393.067559000003</v>
+        <v>39393.067999999999</v>
       </c>
       <c r="AT58" s="4">
-        <v>44924.900827000005</v>
+        <v>44924.900999999998</v>
       </c>
       <c r="AU58" s="4">
-        <v>49072.838728000002</v>
+        <v>49072.839</v>
       </c>
       <c r="AV58" s="4">
-        <v>49930.827815000004</v>
+        <v>49930.828000000001</v>
       </c>
       <c r="AW58" s="4">
-        <v>58306.759175000007</v>
+        <v>58306.758999999998</v>
       </c>
       <c r="AX58" s="4">
-        <v>70552.789368999991</v>
+        <v>70552.789000000004</v>
       </c>
       <c r="AY58" s="4">
-        <v>89449.35755500001</v>
+        <v>89449.358000000007</v>
       </c>
       <c r="AZ58" s="4">
-        <v>98513.447266000003</v>
+        <v>98513.447</v>
       </c>
       <c r="BA58" s="4">
-        <v>114954.944831</v>
+        <v>114954.94499999999</v>
       </c>
       <c r="BB58" s="4">
-        <v>123545.29614999999</v>
+        <v>123545.29599999999</v>
       </c>
       <c r="BC58" s="4">
-        <v>133032.27115700001</v>
+        <v>133032.27100000001</v>
       </c>
       <c r="BD58" s="4">
-        <v>144161.64867900001</v>
+        <v>144161.649</v>
       </c>
       <c r="BE58" s="4">
-        <v>153719.458751</v>
+        <v>153719.459</v>
       </c>
       <c r="BF58" s="4">
-        <v>163749.456148</v>
+        <v>163749.45600000001</v>
       </c>
       <c r="BG58" s="4">
-        <v>161154.55621800001</v>
+        <v>161154.55600000001</v>
       </c>
       <c r="BH58" s="4">
-        <v>182616.195645</v>
+        <v>182616.196</v>
       </c>
       <c r="BI58" s="4">
-        <v>218682.958002</v>
+        <v>218682.95800000001</v>
       </c>
       <c r="BJ58" s="4">
-        <v>256361.82639499998</v>
+        <v>256361.826</v>
+      </c>
+      <c r="BK58" s="4">
+        <v>280962.92899999995</v>
       </c>
     </row>
-    <row r="59" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A59" s="22" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B59" s="25" t="s">
         <v>27</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E59" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F59" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G59" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H59" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I59" s="4" t="s">
         <v>3</v>
       </c>
@@ -11660,230 +11828,233 @@
       <c r="AE59" s="4">
         <v>2600</v>
       </c>
       <c r="AF59" s="4">
         <v>3081</v>
       </c>
       <c r="AG59" s="4">
         <v>3253</v>
       </c>
       <c r="AH59" s="4">
         <v>3485</v>
       </c>
       <c r="AI59" s="4">
         <v>3924</v>
       </c>
       <c r="AJ59" s="4">
         <v>4696</v>
       </c>
       <c r="AK59" s="4">
         <v>5645</v>
       </c>
       <c r="AL59" s="4">
         <v>6584</v>
       </c>
       <c r="AM59" s="4">
-        <v>8016.0463899999995</v>
+        <v>8016.0459999999994</v>
       </c>
       <c r="AN59" s="4">
-        <v>9554.226885</v>
+        <v>9554.226999999999</v>
       </c>
       <c r="AO59" s="4">
-        <v>11703.050641000002</v>
+        <v>11703.050999999999</v>
       </c>
       <c r="AP59" s="4">
-        <v>13283.274122000001</v>
+        <v>13283.274000000001</v>
       </c>
       <c r="AQ59" s="4">
-        <v>15542.933935000001</v>
+        <v>15542.934000000001</v>
       </c>
       <c r="AR59" s="4">
-        <v>17750.087035</v>
+        <v>17750.087</v>
       </c>
       <c r="AS59" s="4">
-        <v>21077.264212999999</v>
+        <v>21077.263999999999</v>
       </c>
       <c r="AT59" s="4">
-        <v>24337.032506</v>
+        <v>24337.033000000003</v>
       </c>
       <c r="AU59" s="4">
-        <v>26768.035940000002</v>
+        <v>26768.036</v>
       </c>
       <c r="AV59" s="4">
-        <v>27343.098613999999</v>
+        <v>27343.098999999998</v>
       </c>
       <c r="AW59" s="4">
-        <v>29014.287682999999</v>
+        <v>29014.288</v>
       </c>
       <c r="AX59" s="4">
-        <v>30951.676744</v>
+        <v>30951.677</v>
       </c>
       <c r="AY59" s="4">
-        <v>35547.333484000002</v>
+        <v>35547.332999999999</v>
       </c>
       <c r="AZ59" s="4">
-        <v>39326.484269</v>
+        <v>39326.484000000004</v>
       </c>
       <c r="BA59" s="4">
-        <v>42650.994335000003</v>
+        <v>42650.993999999999</v>
       </c>
       <c r="BB59" s="4">
-        <v>46725.804655</v>
+        <v>46725.805</v>
       </c>
       <c r="BC59" s="4">
-        <v>50943.796839999995</v>
+        <v>50943.797000000006</v>
       </c>
       <c r="BD59" s="4">
-        <v>55985.266600999996</v>
+        <v>55985.267</v>
       </c>
       <c r="BE59" s="4">
-        <v>61704.694021000003</v>
+        <v>61704.694000000003</v>
       </c>
       <c r="BF59" s="4">
-        <v>66685.787039999996</v>
+        <v>66685.787000000011</v>
       </c>
       <c r="BG59" s="4">
-        <v>64065.664586999999</v>
+        <v>64065.664999999994</v>
       </c>
       <c r="BH59" s="4">
-        <v>78097.585789999997</v>
+        <v>78097.58600000001</v>
       </c>
       <c r="BI59" s="4">
-        <v>90332.117369</v>
+        <v>90335.154999999999</v>
       </c>
       <c r="BJ59" s="4">
-        <v>87902.224728999994</v>
+        <v>97449.929000000004</v>
+      </c>
+      <c r="BK59" s="4">
+        <v>99067.781000000003</v>
       </c>
     </row>
-    <row r="60" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A60" s="22" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B60" s="25" t="s">
         <v>28</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E60" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F60" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G60" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H60" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I60" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J60" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L60" s="4">
-        <v>32459.352637144002</v>
+        <v>32459.352999999999</v>
       </c>
       <c r="M60" s="4">
-        <v>37303.910224122003</v>
+        <v>37303.910000000003</v>
       </c>
       <c r="N60" s="4">
-        <v>42398.954490381999</v>
+        <v>42398.954000000005</v>
       </c>
       <c r="O60" s="4">
-        <v>47878.350599669997</v>
+        <v>47878.350999999995</v>
       </c>
       <c r="P60" s="4">
-        <v>52813.210449651</v>
+        <v>52813.211000000003</v>
       </c>
       <c r="Q60" s="4">
-        <v>57743.532497469998</v>
+        <v>57743.531999999999</v>
       </c>
       <c r="R60" s="4">
-        <v>62176.965208670998</v>
+        <v>62176.965000000004</v>
       </c>
       <c r="S60" s="4">
-        <v>67590.563186625994</v>
+        <v>67590.563000000009</v>
       </c>
       <c r="T60" s="4">
-        <v>69691.565587122997</v>
+        <v>69691.565999999992</v>
       </c>
       <c r="U60" s="4">
-        <v>73126.68182292601</v>
+        <v>73126.682000000001</v>
       </c>
       <c r="V60" s="4">
-        <v>77914.063102676999</v>
+        <v>77914.062999999995</v>
       </c>
       <c r="W60" s="4">
-        <v>78567.506613846999</v>
+        <v>78567.507000000012</v>
       </c>
       <c r="X60" s="4">
-        <v>81861.950982660012</v>
+        <v>81861.951000000001</v>
       </c>
       <c r="Y60" s="4">
-        <v>85891.51930154099</v>
+        <v>85891.520000000004</v>
       </c>
       <c r="Z60" s="4">
-        <v>91350.495301106013</v>
+        <v>91350.494999999995</v>
       </c>
       <c r="AA60" s="4">
-        <v>95248.467357319998</v>
+        <v>95248.467000000004</v>
       </c>
       <c r="AB60" s="4">
-        <v>94767.460328264002</v>
+        <v>94767.46</v>
       </c>
       <c r="AC60" s="4">
-        <v>100444.250831552</v>
+        <v>100444.25000000001</v>
       </c>
       <c r="AD60" s="4">
-        <v>111439.345467416</v>
+        <v>111439.34600000001</v>
       </c>
       <c r="AE60" s="4">
-        <v>115278.326095539</v>
+        <v>115278.32599999999</v>
       </c>
       <c r="AF60" s="4">
-        <v>120378.81572439101</v>
+        <v>120378.81600000001</v>
       </c>
       <c r="AG60" s="4">
-        <v>119539.322324625</v>
+        <v>119539.322</v>
       </c>
       <c r="AH60" s="4">
-        <v>117315.058460505</v>
+        <v>117315.05799999999</v>
       </c>
       <c r="AI60" s="4">
-        <v>122828.578433641</v>
+        <v>122828.57800000001</v>
       </c>
       <c r="AJ60" s="4">
-        <v>129459.48637071101</v>
+        <v>129459.486</v>
       </c>
       <c r="AK60" s="4">
         <v>136362</v>
       </c>
       <c r="AL60" s="4">
         <v>149075</v>
       </c>
       <c r="AM60" s="4">
         <v>159645</v>
       </c>
       <c r="AN60" s="4">
         <v>164121</v>
       </c>
       <c r="AO60" s="4">
         <v>167757.99999999997</v>
       </c>
       <c r="AP60" s="4">
         <v>170246</v>
       </c>
       <c r="AQ60" s="4">
         <v>175376</v>
       </c>
       <c r="AR60" s="4">
         <v>183527</v>
       </c>
@@ -11917,161 +12088,164 @@
       <c r="BB60" s="4">
         <v>242583.00000000003</v>
       </c>
       <c r="BC60" s="4">
         <v>259070</v>
       </c>
       <c r="BD60" s="4">
         <v>272313</v>
       </c>
       <c r="BE60" s="4">
         <v>286479.00000000006</v>
       </c>
       <c r="BF60" s="4">
         <v>304784</v>
       </c>
       <c r="BG60" s="4">
         <v>303954</v>
       </c>
       <c r="BH60" s="4">
         <v>325485</v>
       </c>
       <c r="BI60" s="4">
         <v>361094</v>
       </c>
       <c r="BJ60" s="4">
-        <v>394013</v>
+        <v>395032</v>
+      </c>
+      <c r="BK60" s="4">
+        <v>419904</v>
       </c>
     </row>
-    <row r="61" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A61" s="22" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B61" s="25" t="s">
         <v>28</v>
       </c>
       <c r="C61" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E61" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F61" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G61" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H61" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I61" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J61" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L61" s="4">
-        <v>451.05753479359998</v>
+        <v>451.05799999999999</v>
       </c>
       <c r="M61" s="4">
-        <v>528.20017152892001</v>
+        <v>528.20000000000005</v>
       </c>
       <c r="N61" s="4">
-        <v>502.33469921177999</v>
+        <v>502.33499999999998</v>
       </c>
       <c r="O61" s="4">
-        <v>703.35933493972004</v>
+        <v>703.35899999999992</v>
       </c>
       <c r="P61" s="4">
-        <v>946.13175054793999</v>
+        <v>946.13199999999995</v>
       </c>
       <c r="Q61" s="4">
-        <v>1306.8870223396</v>
+        <v>1306.8869999999999</v>
       </c>
       <c r="R61" s="4">
-        <v>1306.8870223396</v>
+        <v>1306.8869999999999</v>
       </c>
       <c r="S61" s="4">
-        <v>1356.8028461095</v>
+        <v>1356.8029999999999</v>
       </c>
       <c r="T61" s="4">
-        <v>1583.6929541546001</v>
+        <v>1583.693</v>
       </c>
       <c r="U61" s="4">
-        <v>1792.4318535560999</v>
+        <v>1792.432</v>
       </c>
       <c r="V61" s="4">
-        <v>1792.4318535560999</v>
+        <v>1792.432</v>
       </c>
       <c r="W61" s="4">
-        <v>1851.4232816478</v>
+        <v>1851.423</v>
       </c>
       <c r="X61" s="4">
-        <v>2037.4731702447</v>
+        <v>2037.473</v>
       </c>
       <c r="Y61" s="4">
-        <v>1983.0195443139</v>
+        <v>1983.02</v>
       </c>
       <c r="Z61" s="4">
-        <v>2250.7498718071001</v>
+        <v>2250.75</v>
       </c>
       <c r="AA61" s="4">
-        <v>2268.9010804506997</v>
+        <v>2268.9009999999998</v>
       </c>
       <c r="AB61" s="4">
-        <v>2355.1193215078001</v>
+        <v>2355.1190000000001</v>
       </c>
       <c r="AC61" s="4">
-        <v>2482.1777820131001</v>
+        <v>2482.1780000000003</v>
       </c>
       <c r="AD61" s="4">
-        <v>2650.0764619664001</v>
+        <v>2650.076</v>
       </c>
       <c r="AE61" s="4">
-        <v>2822.5129440807</v>
+        <v>2822.5129999999999</v>
       </c>
       <c r="AF61" s="4">
-        <v>2554.7826165874999</v>
+        <v>2554.7829999999999</v>
       </c>
       <c r="AG61" s="4">
-        <v>3185.5371169527998</v>
+        <v>3185.5370000000003</v>
       </c>
       <c r="AH61" s="4">
-        <v>3820.2852734706003</v>
+        <v>3820.2850000000003</v>
       </c>
       <c r="AI61" s="4">
-        <v>4326.9072518616003</v>
+        <v>4326.9070000000002</v>
       </c>
       <c r="AJ61" s="4">
-        <v>4636.6788960434997</v>
+        <v>4636.6790000000001</v>
       </c>
       <c r="AK61" s="4">
         <v>4956</v>
       </c>
       <c r="AL61" s="4">
         <v>5140</v>
       </c>
       <c r="AM61" s="4">
         <v>5582</v>
       </c>
       <c r="AN61" s="4">
         <v>5981</v>
       </c>
       <c r="AO61" s="4">
         <v>6344</v>
       </c>
       <c r="AP61" s="4">
         <v>6826</v>
       </c>
       <c r="AQ61" s="4">
         <v>7284</v>
       </c>
       <c r="AR61" s="4">
         <v>7671</v>
       </c>
@@ -12107,54 +12281,57 @@
       </c>
       <c r="BC61" s="4">
         <v>9870</v>
       </c>
       <c r="BD61" s="4">
         <v>10150</v>
       </c>
       <c r="BE61" s="4">
         <v>10452</v>
       </c>
       <c r="BF61" s="4">
         <v>10868</v>
       </c>
       <c r="BG61" s="4">
         <v>11123</v>
       </c>
       <c r="BH61" s="4">
         <v>11595</v>
       </c>
       <c r="BI61" s="4">
         <v>12126</v>
       </c>
       <c r="BJ61" s="4">
         <v>13011</v>
       </c>
+      <c r="BK61" s="4">
+        <v>8884</v>
+      </c>
     </row>
-    <row r="62" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A62" s="22" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B62" s="25" t="s">
         <v>29</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E62" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F62" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G62" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H62" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I62" s="4" t="s">
         <v>3</v>
       </c>
@@ -12269,80 +12446,83 @@
       <c r="AT62" s="4">
         <v>60313</v>
       </c>
       <c r="AU62" s="4">
         <v>58337</v>
       </c>
       <c r="AV62" s="4">
         <v>55282</v>
       </c>
       <c r="AW62" s="4">
         <v>57850</v>
       </c>
       <c r="AX62" s="4">
         <v>60008</v>
       </c>
       <c r="AY62" s="4">
         <v>64468</v>
       </c>
       <c r="AZ62" s="4">
         <v>67216</v>
       </c>
       <c r="BA62" s="4">
         <v>71360</v>
       </c>
       <c r="BB62" s="4">
-        <v>75955</v>
+        <v>75954</v>
       </c>
       <c r="BC62" s="4">
         <v>80778</v>
       </c>
       <c r="BD62" s="4">
         <v>86562</v>
       </c>
       <c r="BE62" s="4">
         <v>93308</v>
       </c>
       <c r="BF62" s="4">
         <v>92787</v>
       </c>
       <c r="BG62" s="4">
         <v>108491</v>
       </c>
       <c r="BH62" s="4">
-        <v>117992</v>
+        <v>117989</v>
       </c>
       <c r="BI62" s="4">
-        <v>122437</v>
+        <v>122496</v>
       </c>
       <c r="BJ62" s="4">
-        <v>131277</v>
+        <v>132494</v>
+      </c>
+      <c r="BK62" s="4">
+        <v>133169</v>
       </c>
     </row>
-    <row r="63" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A63" s="22" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B63" s="25" t="s">
         <v>29</v>
       </c>
       <c r="C63" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E63" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F63" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G63" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H63" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I63" s="4" t="s">
         <v>3</v>
       </c>
@@ -12481,56 +12661,59 @@
       <c r="BB63" s="4">
         <v>5544</v>
       </c>
       <c r="BC63" s="4">
         <v>5757</v>
       </c>
       <c r="BD63" s="4">
         <v>6031</v>
       </c>
       <c r="BE63" s="4">
         <v>6541</v>
       </c>
       <c r="BF63" s="4">
         <v>6832</v>
       </c>
       <c r="BG63" s="4">
         <v>7105</v>
       </c>
       <c r="BH63" s="4">
         <v>7761</v>
       </c>
       <c r="BI63" s="4">
         <v>8349</v>
       </c>
       <c r="BJ63" s="4">
-        <v>9188</v>
+        <v>9201</v>
+      </c>
+      <c r="BK63" s="4">
+        <v>10273</v>
       </c>
     </row>
-    <row r="64" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A64" s="22" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B64" s="25" t="s">
         <v>30</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E64" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F64" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G64" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H64" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I64" s="4" t="s">
         <v>3</v>
       </c>
@@ -12666,59 +12849,62 @@
       <c r="BA64" s="4">
         <v>1052363</v>
       </c>
       <c r="BB64" s="4">
         <v>1016060</v>
       </c>
       <c r="BC64" s="4">
         <v>1014510</v>
       </c>
       <c r="BD64" s="4">
         <v>1079818</v>
       </c>
       <c r="BE64" s="4">
         <v>1190337</v>
       </c>
       <c r="BF64" s="4">
         <v>1213704</v>
       </c>
       <c r="BG64" s="4">
         <v>1116103</v>
       </c>
       <c r="BH64" s="4">
         <v>1504078</v>
       </c>
       <c r="BI64" s="4">
-        <v>2224620</v>
+        <v>2226400</v>
       </c>
       <c r="BJ64" s="4">
-        <v>1851949</v>
+        <v>1855723</v>
+      </c>
+      <c r="BK64" s="4">
+        <v>1809791</v>
       </c>
     </row>
-    <row r="65" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A65" s="22" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B65" s="25" t="s">
         <v>30</v>
       </c>
       <c r="C65" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E65" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F65" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G65" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H65" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I65" s="4" t="s">
         <v>3</v>
       </c>
@@ -12854,59 +13040,62 @@
       <c r="BA65" s="4">
         <v>169268</v>
       </c>
       <c r="BB65" s="4">
         <v>183968</v>
       </c>
       <c r="BC65" s="4">
         <v>194738</v>
       </c>
       <c r="BD65" s="4">
         <v>202946</v>
       </c>
       <c r="BE65" s="4">
         <v>213578</v>
       </c>
       <c r="BF65" s="4">
         <v>219835</v>
       </c>
       <c r="BG65" s="4">
         <v>224016</v>
       </c>
       <c r="BH65" s="4">
         <v>283603</v>
       </c>
       <c r="BI65" s="4">
-        <v>254863</v>
+        <v>255353</v>
       </c>
       <c r="BJ65" s="4">
-        <v>272650</v>
+        <v>268099</v>
+      </c>
+      <c r="BK65" s="4">
+        <v>278755</v>
       </c>
     </row>
-    <row r="66" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A66" s="22" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B66" s="25" t="s">
         <v>31</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E66" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F66" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G66" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H66" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I66" s="4" t="s">
         <v>3</v>
       </c>
@@ -13033,68 +13222,71 @@
       <c r="AX66" s="4">
         <v>434914.99999999994</v>
       </c>
       <c r="AY66" s="4">
         <v>454364.00000000006</v>
       </c>
       <c r="AZ66" s="4">
         <v>459303</v>
       </c>
       <c r="BA66" s="4">
         <v>475278</v>
       </c>
       <c r="BB66" s="4">
         <v>506020</v>
       </c>
       <c r="BC66" s="4">
         <v>538697</v>
       </c>
       <c r="BD66" s="4">
         <v>589101</v>
       </c>
       <c r="BE66" s="4">
         <v>646729</v>
       </c>
       <c r="BF66" s="4">
-        <v>699062</v>
+        <v>698943</v>
       </c>
       <c r="BG66" s="4">
-        <v>724007.00000000012</v>
+        <v>724009</v>
       </c>
       <c r="BH66" s="4">
-        <v>845161</v>
+        <v>845824.00000000012</v>
       </c>
       <c r="BI66" s="4">
-        <v>923498</v>
+        <v>923469</v>
       </c>
       <c r="BJ66" s="4">
-        <v>1071167</v>
+        <v>1066175</v>
+      </c>
+      <c r="BK66" s="4">
+        <v>1149766</v>
       </c>
     </row>
-    <row r="67" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A67" s="22" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B67" s="25" t="s">
         <v>31</v>
       </c>
       <c r="C67" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E67" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F67" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G67" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H67" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I67" s="4" t="s">
         <v>3</v>
       </c>
@@ -13233,432 +13425,441 @@
       <c r="BB67" s="4">
         <v>75120</v>
       </c>
       <c r="BC67" s="4">
         <v>79796</v>
       </c>
       <c r="BD67" s="4">
         <v>86235</v>
       </c>
       <c r="BE67" s="4">
         <v>94943</v>
       </c>
       <c r="BF67" s="4">
         <v>101519</v>
       </c>
       <c r="BG67" s="4">
         <v>102871</v>
       </c>
       <c r="BH67" s="4">
         <v>114570</v>
       </c>
       <c r="BI67" s="4">
         <v>125175</v>
       </c>
       <c r="BJ67" s="4">
-        <v>120780</v>
+        <v>121406</v>
+      </c>
+      <c r="BK67" s="4">
+        <v>177800</v>
       </c>
     </row>
-    <row r="68" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A68" s="22" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B68" s="25" t="s">
         <v>32</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E68" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F68" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G68" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H68" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I68" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J68" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L68" s="4">
-        <v>307.80818228071001</v>
+        <v>307.80799999999999</v>
       </c>
       <c r="M68" s="4">
-        <v>379.38568050997003</v>
+        <v>379.38600000000002</v>
       </c>
       <c r="N68" s="4">
-        <v>464.96443570994001</v>
+        <v>464.96500000000003</v>
       </c>
       <c r="O68" s="4">
-        <v>627.58252611207001</v>
+        <v>627.58200000000011</v>
       </c>
       <c r="P68" s="4">
-        <v>822.85691483525</v>
+        <v>822.85699999999997</v>
       </c>
       <c r="Q68" s="4">
-        <v>997.98984447482007</v>
+        <v>997.9899999999999</v>
       </c>
       <c r="R68" s="4">
-        <v>1241.4680619706501</v>
+        <v>1241.4680000000001</v>
       </c>
       <c r="S68" s="4">
-        <v>1732.8987140990503</v>
+        <v>1732.8989999999999</v>
       </c>
       <c r="T68" s="4">
-        <v>2194.1022136651</v>
+        <v>2194.1030000000001</v>
       </c>
       <c r="U68" s="4">
-        <v>2775.9599365528802</v>
+        <v>2775.96</v>
       </c>
       <c r="V68" s="4">
-        <v>3654.13353817303</v>
+        <v>3654.1329999999998</v>
       </c>
       <c r="W68" s="4">
-        <v>4372.1191568321001</v>
+        <v>4372.1189999999997</v>
       </c>
       <c r="X68" s="4">
-        <v>5362.8255903273002</v>
+        <v>5362.826</v>
       </c>
       <c r="Y68" s="4">
-        <v>7086.566375036201</v>
+        <v>7086.5670000000009</v>
       </c>
       <c r="Z68" s="4">
-        <v>7665.6856974691</v>
+        <v>7665.6859999999997</v>
       </c>
       <c r="AA68" s="4">
-        <v>9801.7527758103006</v>
+        <v>9801.7530000000006</v>
       </c>
       <c r="AB68" s="4">
-        <v>11860.735627138502</v>
+        <v>11860.735999999999</v>
       </c>
       <c r="AC68" s="4">
-        <v>13851.747289033401</v>
+        <v>13851.748000000001</v>
       </c>
       <c r="AD68" s="4">
-        <v>16532.142536487601</v>
+        <v>16532.142</v>
       </c>
       <c r="AE68" s="4">
-        <v>19931.520036711401</v>
+        <v>19931.52</v>
       </c>
       <c r="AF68" s="4">
-        <v>19919.000209495298</v>
+        <v>19919</v>
       </c>
       <c r="AG68" s="4">
-        <v>22263.639628495799</v>
+        <v>22263.64</v>
       </c>
       <c r="AH68" s="4">
-        <v>23422.164000000001</v>
+        <v>24360.991000000002</v>
       </c>
       <c r="AI68" s="4">
-        <v>25487.657000000003</v>
+        <v>26471.480999999996</v>
       </c>
       <c r="AJ68" s="4">
-        <v>27567.431999999997</v>
+        <v>28633.488000000001</v>
       </c>
       <c r="AK68" s="4">
-        <v>30376.760000000002</v>
+        <v>31269.922999999999</v>
       </c>
       <c r="AL68" s="4">
-        <v>33282.100999999995</v>
+        <v>34341.309000000001</v>
       </c>
       <c r="AM68" s="4">
-        <v>35842.236999999994</v>
+        <v>36976.410000000003</v>
       </c>
       <c r="AN68" s="4">
-        <v>37684.506000000001</v>
+        <v>38963.084999999999</v>
       </c>
       <c r="AO68" s="4">
-        <v>40053.11</v>
+        <v>41444.320000000007</v>
       </c>
       <c r="AP68" s="4">
-        <v>39502.431000000004</v>
+        <v>41113.059000000001</v>
       </c>
       <c r="AQ68" s="4">
-        <v>41184.394</v>
+        <v>42817.200999999994</v>
       </c>
       <c r="AR68" s="4">
-        <v>44031.267999999996</v>
+        <v>45679.324000000001</v>
       </c>
       <c r="AS68" s="4">
-        <v>46981.891999999993</v>
+        <v>48619.186000000002</v>
       </c>
       <c r="AT68" s="4">
-        <v>50073.114000000001</v>
+        <v>51792.425999999999</v>
       </c>
       <c r="AU68" s="4">
-        <v>51028.695</v>
+        <v>52732.798999999999</v>
       </c>
       <c r="AV68" s="4">
-        <v>46769.658000000003</v>
+        <v>48493.367000000006</v>
       </c>
       <c r="AW68" s="4">
-        <v>49092.334999999999</v>
+        <v>51539.35</v>
       </c>
       <c r="AX68" s="4">
-        <v>51220.748</v>
+        <v>53650.676000000007</v>
       </c>
       <c r="AY68" s="4">
-        <v>48134.019</v>
+        <v>50345.868999999999</v>
       </c>
       <c r="AZ68" s="4">
-        <v>52119.832999999999</v>
+        <v>54597.887000000002</v>
       </c>
       <c r="BA68" s="4">
-        <v>52915.356</v>
+        <v>55627.227000000006</v>
       </c>
       <c r="BB68" s="4">
-        <v>55269.881000000001</v>
+        <v>57983.989000000001</v>
       </c>
       <c r="BC68" s="4">
-        <v>56674.143000000004</v>
+        <v>59439.248</v>
       </c>
       <c r="BD68" s="4">
-        <v>59895.542000000009</v>
+        <v>62581.504000000001</v>
       </c>
       <c r="BE68" s="4">
-        <v>63686.537000000004</v>
+        <v>66354.861000000004</v>
       </c>
       <c r="BF68" s="4">
-        <v>68195.69</v>
+        <v>69140.555999999997</v>
       </c>
       <c r="BG68" s="4">
-        <v>65099.040999999997</v>
+        <v>66101.745999999999</v>
       </c>
       <c r="BH68" s="4">
-        <v>70147.065999999992</v>
+        <v>71137.320000000007</v>
       </c>
       <c r="BI68" s="4">
-        <v>80588.378000000012</v>
+        <v>81771.058000000005</v>
       </c>
       <c r="BJ68" s="4">
-        <v>88011.24</v>
+        <v>89370.668999999994</v>
+      </c>
+      <c r="BK68" s="4">
+        <v>95564.729000000007</v>
       </c>
     </row>
-    <row r="69" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A69" s="22" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B69" s="25" t="s">
         <v>32</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E69" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F69" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G69" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H69" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I69" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J69" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L69" s="4">
-        <v>0.90781217266000003</v>
+        <v>0.90799999999999992</v>
       </c>
       <c r="M69" s="4">
-        <v>0.80805259325000001</v>
+        <v>0.80800000000000005</v>
       </c>
       <c r="N69" s="4">
-        <v>0.17956724294000001</v>
+        <v>0.18000000000000002</v>
       </c>
       <c r="O69" s="4">
-        <v>0.22944703264999999</v>
+        <v>0.22900000000000001</v>
       </c>
       <c r="P69" s="4">
-        <v>32.002873075889994</v>
+        <v>32.003</v>
       </c>
       <c r="Q69" s="4">
-        <v>40.567232968550002</v>
+        <v>40.567</v>
       </c>
       <c r="R69" s="4">
-        <v>49.151544777090002</v>
+        <v>49.152000000000001</v>
       </c>
       <c r="S69" s="4">
-        <v>64.599315649290006</v>
+        <v>64.599000000000004</v>
       </c>
       <c r="T69" s="4">
-        <v>78.366137608360006</v>
+        <v>78.366</v>
       </c>
       <c r="U69" s="4">
-        <v>97.001227042829996</v>
+        <v>97.001000000000005</v>
       </c>
       <c r="V69" s="4">
-        <v>123.95127742141</v>
+        <v>123.95100000000001</v>
       </c>
       <c r="W69" s="4">
-        <v>156.60258776349002</v>
+        <v>156.60299999999998</v>
       </c>
       <c r="X69" s="4">
-        <v>196.84061411997001</v>
+        <v>196.84099999999998</v>
       </c>
       <c r="Y69" s="4">
-        <v>272.65290649535001</v>
+        <v>272.65299999999996</v>
       </c>
       <c r="Z69" s="4">
-        <v>457.05848904140998</v>
+        <v>457.05799999999999</v>
       </c>
       <c r="AA69" s="4">
-        <v>567.45243962050995</v>
+        <v>567.452</v>
       </c>
       <c r="AB69" s="4">
-        <v>648.90613621172997</v>
+        <v>648.90599999999995</v>
       </c>
       <c r="AC69" s="4">
-        <v>823.04645803612993</v>
+        <v>823.04600000000005</v>
       </c>
       <c r="AD69" s="4">
-        <v>953.70656717310999</v>
+        <v>953.70699999999999</v>
       </c>
       <c r="AE69" s="4">
-        <v>1187.6876727087999</v>
+        <v>1187.6880000000001</v>
       </c>
       <c r="AF69" s="4">
-        <v>1241.8970281621</v>
+        <v>1241.8969999999999</v>
       </c>
       <c r="AG69" s="4">
-        <v>1284.7736953941001</v>
+        <v>1284.7740000000001</v>
       </c>
       <c r="AH69" s="4">
-        <v>2349.0340000000001</v>
+        <v>1410.2069999999999</v>
       </c>
       <c r="AI69" s="4">
-        <v>2541.1440000000002</v>
+        <v>1557.32</v>
       </c>
       <c r="AJ69" s="4">
-        <v>2753.6660000000002</v>
+        <v>1687.6100000000001</v>
       </c>
       <c r="AK69" s="4">
-        <v>2893.0839999999998</v>
+        <v>1965.633</v>
       </c>
       <c r="AL69" s="4">
-        <v>3395.4029999999998</v>
+        <v>2348.64</v>
       </c>
       <c r="AM69" s="4">
-        <v>3659.038</v>
+        <v>2527.029</v>
       </c>
       <c r="AN69" s="4">
-        <v>3826.9470000000001</v>
+        <v>2557.2849999999999</v>
       </c>
       <c r="AO69" s="4">
-        <v>4196.2730000000001</v>
+        <v>2821.893</v>
       </c>
       <c r="AP69" s="4">
-        <v>4339.8909999999996</v>
+        <v>2749.7020000000002</v>
       </c>
       <c r="AQ69" s="4">
-        <v>4671.634</v>
+        <v>3070.105</v>
       </c>
       <c r="AR69" s="4">
-        <v>4884.2470000000003</v>
+        <v>3262.3110000000001</v>
       </c>
       <c r="AS69" s="4">
-        <v>5085.277</v>
+        <v>3463.21</v>
       </c>
       <c r="AT69" s="4">
-        <v>5621.7790000000005</v>
+        <v>3939.1880000000001</v>
       </c>
       <c r="AU69" s="4">
-        <v>5635.2560000000003</v>
+        <v>3983.297</v>
       </c>
       <c r="AV69" s="4">
-        <v>5343.1459999999997</v>
+        <v>3681.5239999999999</v>
       </c>
       <c r="AW69" s="4">
-        <v>5270.9000000000005</v>
+        <v>2942.259</v>
       </c>
       <c r="AX69" s="4">
-        <v>5364.0059999999994</v>
+        <v>3056.2520000000004</v>
       </c>
       <c r="AY69" s="4">
-        <v>5004.9619999999995</v>
+        <v>2874.5250000000001</v>
       </c>
       <c r="AZ69" s="4">
-        <v>5649.5460000000003</v>
+        <v>3199.4859999999999</v>
       </c>
       <c r="BA69" s="4">
-        <v>6089.3290000000006</v>
+        <v>3466.6089999999999</v>
       </c>
       <c r="BB69" s="4">
-        <v>6360.1750000000002</v>
+        <v>3680.098</v>
       </c>
       <c r="BC69" s="4">
-        <v>6509.7370000000001</v>
+        <v>3852.931</v>
       </c>
       <c r="BD69" s="4">
-        <v>6628.0380000000005</v>
+        <v>4004.6489999999999</v>
       </c>
       <c r="BE69" s="4">
-        <v>7065.85</v>
+        <v>4326.6260000000002</v>
       </c>
       <c r="BF69" s="4">
-        <v>5406.4750000000004</v>
+        <v>4567.1239999999998</v>
       </c>
       <c r="BG69" s="4">
-        <v>5079.8249999999998</v>
+        <v>4209.5250000000005</v>
       </c>
       <c r="BH69" s="4">
-        <v>5496.4549999999999</v>
+        <v>4582.4619999999995</v>
       </c>
       <c r="BI69" s="4">
-        <v>6165.4619999999995</v>
+        <v>5219.6239999999998</v>
       </c>
       <c r="BJ69" s="4">
-        <v>6505.26</v>
+        <v>5522.5860000000002</v>
+      </c>
+      <c r="BK69" s="4">
+        <v>5795.6950000000006</v>
       </c>
     </row>
-    <row r="70" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A70" s="22" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B70" s="25" t="s">
         <v>33</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E70" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F70" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G70" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H70" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I70" s="4" t="s">
         <v>3</v>
       </c>
@@ -13743,110 +13944,113 @@
       <c r="AJ70" s="4">
         <v>8787.6450000000004</v>
       </c>
       <c r="AK70" s="4">
         <v>9498.8089999999993</v>
       </c>
       <c r="AL70" s="4">
         <v>9819.1509999999998</v>
       </c>
       <c r="AM70" s="4">
         <v>10499.001</v>
       </c>
       <c r="AN70" s="4">
         <v>11085.504000000001</v>
       </c>
       <c r="AO70" s="4">
         <v>12031.031000000001</v>
       </c>
       <c r="AP70" s="4">
         <v>13260.99</v>
       </c>
       <c r="AQ70" s="4">
         <v>14264.932000000001</v>
       </c>
       <c r="AR70" s="4">
-        <v>15304.528</v>
+        <v>15303.665000000001</v>
       </c>
       <c r="AS70" s="4">
-        <v>15990.57</v>
+        <v>15991.732</v>
       </c>
       <c r="AT70" s="4">
-        <v>17842.621999999999</v>
+        <v>17841.891</v>
       </c>
       <c r="AU70" s="4">
-        <v>19268.346999999998</v>
+        <v>19268.313999999998</v>
       </c>
       <c r="AV70" s="4">
-        <v>17880.135203960002</v>
+        <v>17880.107</v>
       </c>
       <c r="AW70" s="4">
-        <v>18471.582999999999</v>
+        <v>18471.553</v>
       </c>
       <c r="AX70" s="4">
-        <v>20000.473999999998</v>
+        <v>20000.415000000001</v>
       </c>
       <c r="AY70" s="4">
-        <v>20410.009000000002</v>
+        <v>20409.919999999998</v>
       </c>
       <c r="AZ70" s="4">
-        <v>22328.963000000003</v>
+        <v>22328.870999999999</v>
       </c>
       <c r="BA70" s="4">
-        <v>23554.660266070001</v>
+        <v>23554.656000000003</v>
       </c>
       <c r="BB70" s="4">
-        <v>25413.29376398</v>
+        <v>25413.273000000001</v>
       </c>
       <c r="BC70" s="4">
-        <v>26209.606661329999</v>
+        <v>26209.566000000003</v>
       </c>
       <c r="BD70" s="4">
-        <v>28064.197167090002</v>
+        <v>28064.188999999998</v>
       </c>
       <c r="BE70" s="4">
-        <v>29863.029802820001</v>
+        <v>29863.010999999999</v>
       </c>
       <c r="BF70" s="4">
-        <v>31892.75612355</v>
+        <v>31892.741000000002</v>
       </c>
       <c r="BG70" s="4">
-        <v>31711.389744209999</v>
+        <v>31711.374</v>
       </c>
       <c r="BH70" s="4">
-        <v>34636.108157949995</v>
+        <v>34634.616000000002</v>
       </c>
       <c r="BI70" s="4">
-        <v>37528.198035380003</v>
+        <v>37769.675999999999</v>
       </c>
       <c r="BJ70" s="4">
-        <v>42612.43747551</v>
+        <v>42446.752</v>
+      </c>
+      <c r="BK70" s="4">
+        <v>45421.374000000003</v>
       </c>
     </row>
-    <row r="71" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A71" s="22" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B71" s="25" t="s">
         <v>33</v>
       </c>
       <c r="C71" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E71" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F71" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G71" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H71" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I71" s="4" t="s">
         <v>3</v>
       </c>
@@ -13901,140 +14105,143 @@
       <c r="Z71" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA71" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB71" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC71" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AD71" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AE71" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AF71" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AG71" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AH71" s="4">
-        <v>101.1416959437</v>
+        <v>101.142</v>
       </c>
       <c r="AI71" s="4">
         <v>128.029</v>
       </c>
       <c r="AJ71" s="4">
         <v>133.869</v>
       </c>
       <c r="AK71" s="4">
         <v>134.834</v>
       </c>
       <c r="AL71" s="4">
         <v>140.67599999999999</v>
       </c>
       <c r="AM71" s="4">
         <v>149.44</v>
       </c>
       <c r="AN71" s="4">
         <v>153.65400000000002</v>
       </c>
       <c r="AO71" s="4">
-        <v>223.56108504282</v>
+        <v>223.56100000000001</v>
       </c>
       <c r="AP71" s="4">
-        <v>241.31950799973001</v>
+        <v>241.32</v>
       </c>
       <c r="AQ71" s="4">
-        <v>260.67089650136001</v>
+        <v>260.67099999999999</v>
       </c>
       <c r="AR71" s="4">
-        <v>417.51280933413</v>
+        <v>417.51300000000003</v>
       </c>
       <c r="AS71" s="4">
-        <v>450.44025459735997</v>
+        <v>450.44</v>
       </c>
       <c r="AT71" s="4">
-        <v>478.15898499635</v>
+        <v>478.15899999999999</v>
       </c>
       <c r="AU71" s="4">
-        <v>512.61503226448997</v>
+        <v>512.61500000000001</v>
       </c>
       <c r="AV71" s="4">
-        <v>525.99671000000001</v>
+        <v>525.99700000000007</v>
       </c>
       <c r="AW71" s="4">
-        <v>544.83648299999993</v>
+        <v>544.83600000000001</v>
       </c>
       <c r="AX71" s="4">
-        <v>571.64092800000003</v>
+        <v>571.64099999999996</v>
       </c>
       <c r="AY71" s="4">
-        <v>606.29380766999998</v>
+        <v>606.29399999999998</v>
       </c>
       <c r="AZ71" s="4">
-        <v>638.02918615999999</v>
+        <v>638.029</v>
       </c>
       <c r="BA71" s="4">
-        <v>645.3357929</v>
+        <v>645.33600000000001</v>
       </c>
       <c r="BB71" s="4">
-        <v>517.14471704999994</v>
+        <v>517.14499999999998</v>
       </c>
       <c r="BC71" s="4">
-        <v>520.10496073000002</v>
+        <v>520.10500000000002</v>
       </c>
       <c r="BD71" s="4">
-        <v>541.82992703000002</v>
+        <v>541.83000000000004</v>
       </c>
       <c r="BE71" s="4">
-        <v>562.18174466000005</v>
+        <v>562.18200000000002</v>
       </c>
       <c r="BF71" s="4">
-        <v>571.80603659999997</v>
+        <v>571.80600000000004</v>
       </c>
       <c r="BG71" s="4">
-        <v>650.69956833000003</v>
+        <v>650.69999999999993</v>
       </c>
       <c r="BH71" s="4">
-        <v>698.42476497999996</v>
+        <v>698.42499999999995</v>
       </c>
       <c r="BI71" s="4">
-        <v>711.56031522000001</v>
+        <v>711.56100000000004</v>
       </c>
       <c r="BJ71" s="4">
-        <v>787.84058541000002</v>
+        <v>787.83699999999999</v>
+      </c>
+      <c r="BK71" s="4">
+        <v>969.81099999999992</v>
       </c>
     </row>
-    <row r="72" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A72" s="22" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B72" s="25" t="s">
         <v>34</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E72" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F72" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G72" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H72" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I72" s="4" t="s">
         <v>3</v>
       </c>
@@ -14089,140 +14296,143 @@
       <c r="Z72" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA72" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB72" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC72" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AD72" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AE72" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AF72" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AG72" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AH72" s="4">
-        <v>3876.9677575333999</v>
+        <v>4094.9629999999997</v>
       </c>
       <c r="AI72" s="4">
-        <v>4333.9190961677996</v>
+        <v>4587.7629999999999</v>
       </c>
       <c r="AJ72" s="4">
-        <v>4790.9117617952006</v>
+        <v>5063.4740000000002</v>
       </c>
       <c r="AK72" s="4">
-        <v>5439.5765857995993</v>
+        <v>5729.2809999999999</v>
       </c>
       <c r="AL72" s="4">
-        <v>6126.6990579724006</v>
+        <v>6499.1009999999997</v>
       </c>
       <c r="AM72" s="4">
-        <v>6603.6329834848002</v>
+        <v>7009.59</v>
       </c>
       <c r="AN72" s="4">
-        <v>7412.6939812874007</v>
+        <v>7877.6030000000001</v>
       </c>
       <c r="AO72" s="4">
-        <v>8361.785931075201</v>
+        <v>8898.7130000000016</v>
       </c>
       <c r="AP72" s="4">
-        <v>9106.4578589429984</v>
+        <v>9719.31</v>
       </c>
       <c r="AQ72" s="4">
-        <v>9817.6704268390004</v>
+        <v>10486.912</v>
       </c>
       <c r="AR72" s="4">
-        <v>10545.297565937599</v>
+        <v>11229.712</v>
       </c>
       <c r="AS72" s="4">
-        <v>11214.2326997644</v>
+        <v>11983.365</v>
       </c>
       <c r="AT72" s="4">
-        <v>12077.399086099798</v>
+        <v>13103.823999999999</v>
       </c>
       <c r="AU72" s="4">
-        <v>12840.1993164622</v>
+        <v>13902.888000000001</v>
       </c>
       <c r="AV72" s="4">
-        <v>12067.985686154501</v>
+        <v>13255.801000000001</v>
       </c>
       <c r="AW72" s="4">
-        <v>12225.4512597294</v>
+        <v>13597.287999999999</v>
       </c>
       <c r="AX72" s="4">
-        <v>12309.9718378504</v>
+        <v>13680.282999999999</v>
       </c>
       <c r="AY72" s="4">
-        <v>12120.130554577499</v>
+        <v>13442.733</v>
       </c>
       <c r="AZ72" s="4">
-        <v>12080.432750689</v>
+        <v>13448.607</v>
       </c>
       <c r="BA72" s="4">
-        <v>12490.244865385101</v>
+        <v>13865.636999999999</v>
       </c>
       <c r="BB72" s="4">
-        <v>13073.869527244402</v>
+        <v>14405.260999999999</v>
       </c>
       <c r="BC72" s="4">
-        <v>13653.6213971426</v>
+        <v>14996.796</v>
       </c>
       <c r="BD72" s="4">
-        <v>14419.8081265114</v>
+        <v>15869.642</v>
       </c>
       <c r="BE72" s="4">
-        <v>15482.784483470299</v>
+        <v>17002.898999999998</v>
       </c>
       <c r="BF72" s="4">
-        <v>16568.812727282399</v>
+        <v>17940.562999999998</v>
       </c>
       <c r="BG72" s="4">
-        <v>15898.875863140202</v>
+        <v>17384.632000000001</v>
       </c>
       <c r="BH72" s="4">
-        <v>18180.847727958302</v>
+        <v>19705.353999999999</v>
       </c>
       <c r="BI72" s="4">
-        <v>19407.176290127998</v>
+        <v>21000.962</v>
       </c>
       <c r="BJ72" s="4">
-        <v>21258.155956701004</v>
+        <v>22898.479000000003</v>
+      </c>
+      <c r="BK72" s="4">
+        <v>25406.59</v>
       </c>
     </row>
-    <row r="73" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A73" s="22" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B73" s="25" t="s">
         <v>34</v>
       </c>
       <c r="C73" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E73" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F73" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G73" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H73" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I73" s="4" t="s">
         <v>3</v>
       </c>
@@ -14277,328 +14487,334 @@
       <c r="Z73" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA73" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB73" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC73" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AD73" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AE73" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AF73" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AG73" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AH73" s="4">
-        <v>256.21510955886998</v>
+        <v>38.302999999999997</v>
       </c>
       <c r="AI73" s="4">
-        <v>299.23302234722001</v>
+        <v>44.642000000000003</v>
       </c>
       <c r="AJ73" s="4">
-        <v>337.30427970456003</v>
+        <v>61.921999999999997</v>
       </c>
       <c r="AK73" s="4">
-        <v>370.77575816223003</v>
+        <v>73.417999999999992</v>
       </c>
       <c r="AL73" s="4">
-        <v>456.33675755709999</v>
+        <v>74.7</v>
       </c>
       <c r="AM73" s="4">
-        <v>503.78995851918995</v>
+        <v>81.748000000000005</v>
       </c>
       <c r="AN73" s="4">
-        <v>577.62459634786001</v>
+        <v>96.320999999999998</v>
       </c>
       <c r="AO73" s="4">
-        <v>653.19729398866002</v>
+        <v>102.78800000000001</v>
       </c>
       <c r="AP73" s="4">
-        <v>729.21781883659003</v>
+        <v>109.10599999999999</v>
       </c>
       <c r="AQ73" s="4">
-        <v>788.05948408390998</v>
+        <v>116.116</v>
       </c>
       <c r="AR73" s="4">
-        <v>816.63746348969005</v>
+        <v>124.857</v>
       </c>
       <c r="AS73" s="4">
-        <v>917.93953123163999</v>
+        <v>141.07500000000002</v>
       </c>
       <c r="AT73" s="4">
-        <v>1180.1597835699999</v>
+        <v>143.81700000000001</v>
       </c>
       <c r="AU73" s="4">
-        <v>1230.3419965200001</v>
+        <v>157.471</v>
       </c>
       <c r="AV73" s="4">
-        <v>1323.2376940099998</v>
+        <v>171.37800000000001</v>
       </c>
       <c r="AW73" s="4">
-        <v>1456.05144754</v>
+        <v>178.40700000000001</v>
       </c>
       <c r="AX73" s="4">
-        <v>1459.5925603000001</v>
+        <v>181.67500000000001</v>
       </c>
       <c r="AY73" s="4">
-        <v>1469.6727605900001</v>
+        <v>192.52</v>
       </c>
       <c r="AZ73" s="4">
-        <v>1443.3517554699999</v>
+        <v>190.518</v>
       </c>
       <c r="BA73" s="4">
-        <v>1447.3346259574</v>
+        <v>200.87099999999998</v>
       </c>
       <c r="BB73" s="4">
-        <v>1353.9409331643999</v>
+        <v>207.75399999999999</v>
       </c>
       <c r="BC73" s="4">
-        <v>1399.8705386300001</v>
+        <v>217.07599999999999</v>
       </c>
       <c r="BD73" s="4">
-        <v>1454.8290184</v>
+        <v>230.31199999999998</v>
       </c>
       <c r="BE73" s="4">
-        <v>1535.25458007</v>
+        <v>238.619</v>
       </c>
       <c r="BF73" s="4">
-        <v>1598.26471008</v>
+        <v>250.47199999999998</v>
       </c>
       <c r="BG73" s="4">
-        <v>1697.1929693300001</v>
+        <v>248.76599999999999</v>
       </c>
       <c r="BH73" s="4">
-        <v>1726.33864911</v>
+        <v>260.42199999999997</v>
       </c>
       <c r="BI73" s="4">
-        <v>1810.6292681815</v>
+        <v>285.80200000000002</v>
       </c>
       <c r="BJ73" s="4">
-        <v>1920.7208832837</v>
+        <v>298.37299999999999</v>
+      </c>
+      <c r="BK73" s="4">
+        <v>320.35000000000002</v>
       </c>
     </row>
-    <row r="74" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A74" s="22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B74" s="25" t="s">
         <v>35</v>
       </c>
       <c r="C74" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E74" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F74" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G74" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H74" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I74" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J74" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L74" s="4">
-        <v>4517.8079886528994</v>
+        <v>4517.8080000000009</v>
       </c>
       <c r="M74" s="4">
-        <v>5355.1380524804008</v>
+        <v>5355.1379999999999</v>
       </c>
       <c r="N74" s="4">
-        <v>6785.0660512302002</v>
+        <v>6785.067</v>
       </c>
       <c r="O74" s="4">
-        <v>8075.0183308690994</v>
+        <v>8075.018</v>
       </c>
       <c r="P74" s="4">
-        <v>11216.7528157417</v>
+        <v>11216.752</v>
       </c>
       <c r="Q74" s="4">
-        <v>14623.4659166036</v>
+        <v>14623.466</v>
       </c>
       <c r="R74" s="4">
-        <v>17433.918719123001</v>
+        <v>17433.918999999998</v>
       </c>
       <c r="S74" s="4">
-        <v>20948.938011612001</v>
+        <v>20948.937999999998</v>
       </c>
       <c r="T74" s="4">
-        <v>24346.843689974001</v>
+        <v>24346.843999999997</v>
       </c>
       <c r="U74" s="4">
-        <v>27568.119643959999</v>
+        <v>27568.12</v>
       </c>
       <c r="V74" s="4">
-        <v>33705.813856934998</v>
+        <v>33705.814000000006</v>
       </c>
       <c r="W74" s="4">
-        <v>37483.300193526004</v>
+        <v>37483.300000000003</v>
       </c>
       <c r="X74" s="4">
-        <v>43288.437777621002</v>
+        <v>43288.437000000005</v>
       </c>
       <c r="Y74" s="4">
-        <v>52855.848119289003</v>
+        <v>52855.849000000002</v>
       </c>
       <c r="Z74" s="4">
-        <v>62824.941629705005</v>
+        <v>62824.94200000001</v>
       </c>
       <c r="AA74" s="4">
-        <v>69490.041229430004</v>
+        <v>69490.040999999997</v>
       </c>
       <c r="AB74" s="4">
-        <v>82721.629609463009</v>
+        <v>82721.63</v>
       </c>
       <c r="AC74" s="4">
-        <v>90041.295505631002</v>
+        <v>90041.295999999988</v>
       </c>
       <c r="AD74" s="4">
-        <v>99832.223203875008</v>
+        <v>99832.222999999998</v>
       </c>
       <c r="AE74" s="4">
-        <v>111178.12623538001</v>
+        <v>111178.12599999999</v>
       </c>
       <c r="AF74" s="4">
-        <v>111142.48508047502</v>
+        <v>111142.485</v>
       </c>
       <c r="AG74" s="4">
-        <v>117904.142417511</v>
+        <v>117904.14199999999</v>
       </c>
       <c r="AH74" s="4">
         <v>123517</v>
       </c>
       <c r="AI74" s="4">
         <v>130631</v>
       </c>
       <c r="AJ74" s="4">
         <v>138273</v>
       </c>
       <c r="AK74" s="4">
-        <v>150995</v>
+        <v>150983.99999999997</v>
       </c>
       <c r="AL74" s="4">
-        <v>163316</v>
+        <v>163308</v>
       </c>
       <c r="AM74" s="4">
-        <v>177135</v>
+        <v>177126</v>
       </c>
       <c r="AN74" s="4">
-        <v>191445</v>
+        <v>191427.00000000003</v>
       </c>
       <c r="AO74" s="4">
-        <v>198141.00000000003</v>
+        <v>198135</v>
       </c>
       <c r="AP74" s="4">
-        <v>208841</v>
+        <v>208812</v>
       </c>
       <c r="AQ74" s="4">
-        <v>226889</v>
+        <v>226857.00000000003</v>
       </c>
       <c r="AR74" s="4">
-        <v>252278.00000000003</v>
+        <v>252168.99999999997</v>
       </c>
       <c r="AS74" s="4">
-        <v>277119</v>
+        <v>277055</v>
       </c>
       <c r="AT74" s="4">
-        <v>303278</v>
+        <v>303226</v>
       </c>
       <c r="AU74" s="4">
-        <v>273504</v>
+        <v>273433</v>
       </c>
       <c r="AV74" s="4">
-        <v>237252</v>
+        <v>237216</v>
       </c>
       <c r="AW74" s="4">
-        <v>259615</v>
+        <v>259590.00000000003</v>
       </c>
       <c r="AX74" s="4">
-        <v>251841.99999999997</v>
+        <v>251819.00000000003</v>
       </c>
       <c r="AY74" s="4">
-        <v>241346.99999999997</v>
+        <v>241332</v>
       </c>
       <c r="AZ74" s="4">
-        <v>255375</v>
+        <v>255363.99999999997</v>
       </c>
       <c r="BA74" s="4">
-        <v>265645</v>
+        <v>265637</v>
       </c>
       <c r="BB74" s="4">
-        <v>275362</v>
+        <v>275365</v>
       </c>
       <c r="BC74" s="4">
-        <v>279972</v>
+        <v>279965.00000000006</v>
       </c>
       <c r="BD74" s="4">
-        <v>292629</v>
+        <v>292618</v>
       </c>
       <c r="BE74" s="4">
-        <v>311635</v>
+        <v>311618</v>
       </c>
       <c r="BF74" s="4">
-        <v>322652</v>
+        <v>322643</v>
       </c>
       <c r="BG74" s="4">
-        <v>304914</v>
+        <v>304892.00000000006</v>
       </c>
       <c r="BH74" s="4">
-        <v>346403</v>
+        <v>346395</v>
       </c>
       <c r="BI74" s="4">
-        <v>384079</v>
+        <v>383808</v>
       </c>
       <c r="BJ74" s="4">
-        <v>411995</v>
+        <v>412190</v>
+      </c>
+      <c r="BK74" s="4">
+        <v>439245</v>
       </c>
     </row>
-    <row r="75" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A75" s="22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B75" s="25" t="s">
         <v>35</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E75" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F75" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G75" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H75" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I75" s="4" t="s">
         <v>3</v>
       </c>
@@ -14632,69 +14848,69 @@
       <c r="S75" s="4" t="s">
         <v>3</v>
       </c>
       <c r="T75" s="4">
         <v>137</v>
       </c>
       <c r="U75" s="4">
         <v>466.69</v>
       </c>
       <c r="V75" s="4">
         <v>569.24</v>
       </c>
       <c r="W75" s="4">
         <v>1338.09</v>
       </c>
       <c r="X75" s="4">
         <v>1760.15</v>
       </c>
       <c r="Y75" s="4">
         <v>1653.28</v>
       </c>
       <c r="Z75" s="4">
         <v>1879.87</v>
       </c>
       <c r="AA75" s="4">
-        <v>2737.1814169460999</v>
+        <v>2737.181</v>
       </c>
       <c r="AB75" s="4">
-        <v>3448.1691880326002</v>
+        <v>3448.1689999999999</v>
       </c>
       <c r="AC75" s="4">
-        <v>4992.1036192948995</v>
+        <v>4992.1040000000003</v>
       </c>
       <c r="AD75" s="4">
-        <v>5196.7626290672997</v>
+        <v>5196.7629999999999</v>
       </c>
       <c r="AE75" s="4">
-        <v>5434.9723041602001</v>
+        <v>5434.9719999999998</v>
       </c>
       <c r="AF75" s="4">
-        <v>5535.7672412341999</v>
+        <v>5535.7669999999998</v>
       </c>
       <c r="AG75" s="4">
-        <v>6498.6499248734999</v>
+        <v>6498.65</v>
       </c>
       <c r="AH75" s="4">
         <v>7194</v>
       </c>
       <c r="AI75" s="4">
         <v>7558</v>
       </c>
       <c r="AJ75" s="4">
         <v>12264</v>
       </c>
       <c r="AK75" s="4">
         <v>13831</v>
       </c>
       <c r="AL75" s="4">
         <v>15353</v>
       </c>
       <c r="AM75" s="4">
         <v>16885</v>
       </c>
       <c r="AN75" s="4">
         <v>17578</v>
       </c>
       <c r="AO75" s="4">
         <v>29226</v>
       </c>
@@ -14707,274 +14923,280 @@
       <c r="AR75" s="4">
         <v>46491</v>
       </c>
       <c r="AS75" s="4">
         <v>52842</v>
       </c>
       <c r="AT75" s="4">
         <v>54997</v>
       </c>
       <c r="AU75" s="4">
         <v>50840</v>
       </c>
       <c r="AV75" s="4">
         <v>50334</v>
       </c>
       <c r="AW75" s="4">
         <v>44058</v>
       </c>
       <c r="AX75" s="4">
         <v>48048</v>
       </c>
       <c r="AY75" s="4">
         <v>59748</v>
       </c>
       <c r="AZ75" s="4">
-        <v>48433</v>
+        <v>48431</v>
       </c>
       <c r="BA75" s="4">
-        <v>48366</v>
+        <v>48395</v>
       </c>
       <c r="BB75" s="4">
-        <v>51672</v>
+        <v>51708</v>
       </c>
       <c r="BC75" s="4">
-        <v>55480</v>
+        <v>55522</v>
       </c>
       <c r="BD75" s="4">
-        <v>60918</v>
+        <v>60976</v>
       </c>
       <c r="BE75" s="4">
-        <v>63829</v>
+        <v>63907</v>
       </c>
       <c r="BF75" s="4">
-        <v>66666</v>
+        <v>66755</v>
       </c>
       <c r="BG75" s="4">
-        <v>68373</v>
+        <v>68465</v>
       </c>
       <c r="BH75" s="4">
-        <v>72724</v>
+        <v>72825</v>
       </c>
       <c r="BI75" s="4">
-        <v>76591</v>
+        <v>76696</v>
       </c>
       <c r="BJ75" s="4">
-        <v>86818</v>
+        <v>86693</v>
+      </c>
+      <c r="BK75" s="4">
+        <v>99200</v>
       </c>
     </row>
-    <row r="76" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A76" s="22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B76" s="25" t="s">
         <v>35</v>
       </c>
       <c r="C76" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E76" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F76" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G76" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H76" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I76" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J76" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L76" s="4">
-        <v>204.88502638443001</v>
+        <v>204.88500000000002</v>
       </c>
       <c r="M76" s="4">
-        <v>238.30129938816998</v>
+        <v>238.30100000000002</v>
       </c>
       <c r="N76" s="4">
-        <v>304.71313692258002</v>
+        <v>304.71300000000002</v>
       </c>
       <c r="O76" s="4">
-        <v>451.96110249660001</v>
+        <v>451.96100000000001</v>
       </c>
       <c r="P76" s="4">
-        <v>668.02495402257</v>
+        <v>668.02499999999998</v>
       </c>
       <c r="Q76" s="4">
-        <v>818.27798011852008</v>
+        <v>818.27799999999991</v>
       </c>
       <c r="R76" s="4">
-        <v>1065.3540562307001</v>
+        <v>1065.3539999999998</v>
       </c>
       <c r="S76" s="4">
-        <v>1052.6727008282</v>
+        <v>1052.673</v>
       </c>
       <c r="T76" s="4">
         <v>1556</v>
       </c>
       <c r="U76" s="4">
         <v>2276</v>
       </c>
       <c r="V76" s="4">
         <v>2989</v>
       </c>
       <c r="W76" s="4">
         <v>3792.38</v>
       </c>
       <c r="X76" s="4">
         <v>4404</v>
       </c>
       <c r="Y76" s="4">
         <v>4799.45</v>
       </c>
       <c r="Z76" s="4">
         <v>5537.1560000000009</v>
       </c>
       <c r="AA76" s="4">
-        <v>6240.0625646387998</v>
+        <v>6240.0630000000001</v>
       </c>
       <c r="AB76" s="4">
-        <v>6914.8727597274001</v>
+        <v>6914.8729999999996</v>
       </c>
       <c r="AC76" s="4">
-        <v>8081.6209621001999</v>
+        <v>8081.6210000000001</v>
       </c>
       <c r="AD76" s="4">
-        <v>8947.3695383024988</v>
+        <v>8947.369999999999</v>
       </c>
       <c r="AE76" s="4">
-        <v>10080.998263075</v>
+        <v>10080.998</v>
       </c>
       <c r="AF76" s="4">
-        <v>10708.037551236001</v>
+        <v>10708.038</v>
       </c>
       <c r="AG76" s="4">
-        <v>11222.495443125999</v>
+        <v>11222.495000000001</v>
       </c>
       <c r="AH76" s="4">
-        <v>12353</v>
+        <v>12303</v>
       </c>
       <c r="AI76" s="4">
-        <v>13047</v>
+        <v>12996</v>
       </c>
       <c r="AJ76" s="4">
-        <v>14567</v>
+        <v>14512</v>
       </c>
       <c r="AK76" s="4">
-        <v>16415</v>
+        <v>16355</v>
       </c>
       <c r="AL76" s="4">
-        <v>17809</v>
+        <v>17745</v>
       </c>
       <c r="AM76" s="4">
-        <v>19047</v>
+        <v>18980</v>
       </c>
       <c r="AN76" s="4">
-        <v>19862</v>
+        <v>19790</v>
       </c>
       <c r="AO76" s="4">
-        <v>20863</v>
+        <v>20789</v>
       </c>
       <c r="AP76" s="4">
-        <v>21652</v>
+        <v>21580</v>
       </c>
       <c r="AQ76" s="4">
-        <v>23677</v>
+        <v>23541</v>
       </c>
       <c r="AR76" s="4">
-        <v>26577</v>
+        <v>26496</v>
       </c>
       <c r="AS76" s="4">
-        <v>29807</v>
+        <v>29706</v>
       </c>
       <c r="AT76" s="4">
-        <v>31652</v>
+        <v>31530</v>
       </c>
       <c r="AU76" s="4">
-        <v>30262</v>
+        <v>30183</v>
       </c>
       <c r="AV76" s="4">
-        <v>28443</v>
+        <v>28376</v>
       </c>
       <c r="AW76" s="4">
-        <v>30346</v>
+        <v>30307</v>
       </c>
       <c r="AX76" s="4">
-        <v>30337</v>
+        <v>30278</v>
       </c>
       <c r="AY76" s="4">
-        <v>31207</v>
+        <v>31157</v>
       </c>
       <c r="AZ76" s="4">
-        <v>32759</v>
+        <v>32695.999999999996</v>
       </c>
       <c r="BA76" s="4">
-        <v>34200</v>
+        <v>34058</v>
       </c>
       <c r="BB76" s="4">
-        <v>35141</v>
+        <v>35004</v>
       </c>
       <c r="BC76" s="4">
-        <v>36167</v>
+        <v>36063</v>
       </c>
       <c r="BD76" s="4">
-        <v>37369</v>
+        <v>37321</v>
       </c>
       <c r="BE76" s="4">
-        <v>38959</v>
+        <v>38916</v>
       </c>
       <c r="BF76" s="4">
-        <v>39744</v>
+        <v>39698</v>
       </c>
       <c r="BG76" s="4">
-        <v>36499</v>
+        <v>36466</v>
       </c>
       <c r="BH76" s="4">
-        <v>40055</v>
+        <v>39998</v>
       </c>
       <c r="BI76" s="4">
-        <v>41513</v>
+        <v>41219</v>
       </c>
       <c r="BJ76" s="4">
-        <v>43250</v>
+        <v>42887</v>
+      </c>
+      <c r="BK76" s="4">
+        <v>43797</v>
       </c>
     </row>
-    <row r="77" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A77" s="22" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B77" s="25" t="s">
         <v>36</v>
       </c>
       <c r="C77" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E77" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F77" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G77" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H77" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I77" s="4" t="s">
         <v>3</v>
       </c>
@@ -15044,125 +15266,128 @@
       <c r="AE77" s="4">
         <v>489177</v>
       </c>
       <c r="AF77" s="4">
         <v>474201</v>
       </c>
       <c r="AG77" s="4">
         <v>514990</v>
       </c>
       <c r="AH77" s="4">
         <v>590112</v>
       </c>
       <c r="AI77" s="4">
         <v>634128</v>
       </c>
       <c r="AJ77" s="4">
         <v>685617.99999999988</v>
       </c>
       <c r="AK77" s="4">
         <v>724931.99999999988</v>
       </c>
       <c r="AL77" s="4">
         <v>765814.00000000012</v>
       </c>
       <c r="AM77" s="4">
-        <v>864695.46832731995</v>
+        <v>864695.46799999999</v>
       </c>
       <c r="AN77" s="4">
-        <v>816823.80235254008</v>
+        <v>816823.80200000003</v>
       </c>
       <c r="AO77" s="4">
-        <v>790657.52705165988</v>
+        <v>790657.527</v>
       </c>
       <c r="AP77" s="4">
-        <v>824253.95253600006</v>
+        <v>824253.95200000005</v>
       </c>
       <c r="AQ77" s="4">
-        <v>876591.03973590001</v>
+        <v>876591.03899999999</v>
       </c>
       <c r="AR77" s="4">
-        <v>946299.98041442991</v>
+        <v>946299.98</v>
       </c>
       <c r="AS77" s="4">
-        <v>973825.61436617991</v>
+        <v>973825.61400000006</v>
       </c>
       <c r="AT77" s="4">
-        <v>1006237.60074026</v>
+        <v>1006237.601</v>
       </c>
       <c r="AU77" s="4">
-        <v>978896.86775073002</v>
+        <v>978896.86800000002</v>
       </c>
       <c r="AV77" s="4">
-        <v>930051.27002386993</v>
+        <v>930051.27</v>
       </c>
       <c r="AW77" s="4">
-        <v>989698.15531259996</v>
+        <v>989698.15500000003</v>
       </c>
       <c r="AX77" s="4">
-        <v>1006072.46551483</v>
+        <v>1006072.4660000001</v>
       </c>
       <c r="AY77" s="4">
-        <v>995332.32477682002</v>
+        <v>995332.32499999995</v>
       </c>
       <c r="AZ77" s="4">
-        <v>1022071.68450471</v>
+        <v>1022071.6850000001</v>
       </c>
       <c r="BA77" s="4">
-        <v>1060144.5922507402</v>
+        <v>1060144.5919999999</v>
       </c>
       <c r="BB77" s="4">
-        <v>1158236.7822947102</v>
+        <v>1158236.7830000001</v>
       </c>
       <c r="BC77" s="4">
-        <v>1254836.7673051001</v>
+        <v>1254836.767</v>
       </c>
       <c r="BD77" s="4">
-        <v>1315876.0365273</v>
+        <v>1315876.037</v>
       </c>
       <c r="BE77" s="4">
-        <v>1363088.0605984</v>
+        <v>1363088.06</v>
       </c>
       <c r="BF77" s="4">
-        <v>1389232.0663631</v>
+        <v>1389232.0660000001</v>
       </c>
       <c r="BG77" s="4">
-        <v>1346329.6082261</v>
+        <v>1346329.608</v>
       </c>
       <c r="BH77" s="4">
-        <v>1502404.8063569001</v>
+        <v>1502404.8060000001</v>
       </c>
       <c r="BI77" s="4">
-        <v>1610141.0293754002</v>
+        <v>1610141.0290000001</v>
       </c>
       <c r="BJ77" s="4">
-        <v>1643644.2019241599</v>
+        <v>1638473.2209999999</v>
+      </c>
+      <c r="BK77" s="4">
+        <v>1683858.828</v>
       </c>
     </row>
-    <row r="78" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A78" s="22" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B78" s="25" t="s">
         <v>36</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E78" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F78" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G78" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H78" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I78" s="4" t="s">
         <v>3</v>
       </c>
@@ -15232,125 +15457,128 @@
       <c r="AE78" s="4">
         <v>246142</v>
       </c>
       <c r="AF78" s="4">
         <v>250652</v>
       </c>
       <c r="AG78" s="4">
         <v>262897</v>
       </c>
       <c r="AH78" s="4">
         <v>265854</v>
       </c>
       <c r="AI78" s="4">
         <v>277847</v>
       </c>
       <c r="AJ78" s="4">
         <v>286968</v>
       </c>
       <c r="AK78" s="4">
         <v>298884</v>
       </c>
       <c r="AL78" s="4">
         <v>323154</v>
       </c>
       <c r="AM78" s="4">
-        <v>336303.88377899997</v>
+        <v>336303.88399999996</v>
       </c>
       <c r="AN78" s="4">
-        <v>359389.089438</v>
+        <v>359389.08900000004</v>
       </c>
       <c r="AO78" s="4">
-        <v>378491.83183899999</v>
+        <v>378491.83199999999</v>
       </c>
       <c r="AP78" s="4">
-        <v>403076.700549</v>
+        <v>403076.701</v>
       </c>
       <c r="AQ78" s="4">
-        <v>419839.38008999999</v>
+        <v>419839.38</v>
       </c>
       <c r="AR78" s="4">
-        <v>435577.362846</v>
+        <v>435577.36300000001</v>
       </c>
       <c r="AS78" s="4">
-        <v>454117.32841200003</v>
+        <v>454117.32799999998</v>
       </c>
       <c r="AT78" s="4">
-        <v>479068.16986799997</v>
+        <v>479068.17</v>
       </c>
       <c r="AU78" s="4">
-        <v>515612.57132000005</v>
+        <v>515612.571</v>
       </c>
       <c r="AV78" s="4">
-        <v>524856.45966399997</v>
+        <v>524856.46</v>
       </c>
       <c r="AW78" s="4">
-        <v>536887.25847</v>
+        <v>536887.25800000003</v>
       </c>
       <c r="AX78" s="4">
-        <v>552556.53658499999</v>
+        <v>552556.53700000001</v>
       </c>
       <c r="AY78" s="4">
-        <v>576198.02073400002</v>
+        <v>576198.02100000007</v>
       </c>
       <c r="AZ78" s="4">
-        <v>597339.59271200001</v>
+        <v>597339.59299999999</v>
       </c>
       <c r="BA78" s="4">
-        <v>618223.28635499999</v>
+        <v>618223.28600000008</v>
       </c>
       <c r="BB78" s="4">
-        <v>651653.91783099994</v>
+        <v>651653.91799999995</v>
       </c>
       <c r="BC78" s="4">
-        <v>685914.88941499998</v>
+        <v>685914.88899999997</v>
       </c>
       <c r="BD78" s="4">
-        <v>717016.77780899999</v>
+        <v>717016.77800000005</v>
       </c>
       <c r="BE78" s="4">
-        <v>744271.32386699994</v>
+        <v>744271.32400000002</v>
       </c>
       <c r="BF78" s="4">
-        <v>766828.99074600008</v>
+        <v>766828.99099999992</v>
       </c>
       <c r="BG78" s="4">
-        <v>785407.46519599995</v>
+        <v>785407.46499999997</v>
       </c>
       <c r="BH78" s="4">
-        <v>827073.56112500001</v>
+        <v>827073.56099999999</v>
       </c>
       <c r="BI78" s="4">
-        <v>873940.55082200002</v>
+        <v>873940.55099999998</v>
       </c>
       <c r="BJ78" s="4">
-        <v>915731.22893933998</v>
+        <v>915797.37</v>
+      </c>
+      <c r="BK78" s="4">
+        <v>951334.29700000002</v>
       </c>
     </row>
-    <row r="79" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A79" s="22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B79" s="25" t="s">
         <v>37</v>
       </c>
       <c r="C79" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E79" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F79" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G79" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H79" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I79" s="4" t="s">
         <v>3</v>
       </c>
@@ -15390,155 +15618,158 @@
       <c r="U79" s="4">
         <v>30176.000000000004</v>
       </c>
       <c r="V79" s="4">
         <v>31469</v>
       </c>
       <c r="W79" s="4">
         <v>33905</v>
       </c>
       <c r="X79" s="4">
         <v>35265</v>
       </c>
       <c r="Y79" s="4">
         <v>39218</v>
       </c>
       <c r="Z79" s="4">
         <v>39835</v>
       </c>
       <c r="AA79" s="4">
         <v>43719</v>
       </c>
       <c r="AB79" s="4">
         <v>45263</v>
       </c>
       <c r="AC79" s="4">
-        <v>49286.464283979993</v>
+        <v>49286.463999999993</v>
       </c>
       <c r="AD79" s="4">
-        <v>51423.419648549992</v>
+        <v>51423.419999999991</v>
       </c>
       <c r="AE79" s="4">
-        <v>53564.955069150004</v>
+        <v>53564.954999999994</v>
       </c>
       <c r="AF79" s="4">
-        <v>55294.363867079992</v>
+        <v>55294.364000000001</v>
       </c>
       <c r="AG79" s="4">
-        <v>58123.016827539999</v>
+        <v>58123.017000000007</v>
       </c>
       <c r="AH79" s="4">
-        <v>60956.430611430005</v>
+        <v>60956.430999999997</v>
       </c>
       <c r="AI79" s="4">
-        <v>63346.183527360001</v>
+        <v>63346.182999999997</v>
       </c>
       <c r="AJ79" s="4">
-        <v>64274.055258610002</v>
+        <v>64274.055000000008</v>
       </c>
       <c r="AK79" s="4">
-        <v>69022.92014545</v>
+        <v>69022.921000000002</v>
       </c>
       <c r="AL79" s="4">
-        <v>69317.825459749991</v>
+        <v>69317.826000000001</v>
       </c>
       <c r="AM79" s="4">
-        <v>78145.979057700009</v>
+        <v>78145.978999999992</v>
       </c>
       <c r="AN79" s="4">
-        <v>75927.033335280008</v>
+        <v>75927.032999999996</v>
       </c>
       <c r="AO79" s="4">
-        <v>76413.133974650002</v>
+        <v>76413.134000000005</v>
       </c>
       <c r="AP79" s="4">
-        <v>76205.201923820001</v>
+        <v>76205.202000000005</v>
       </c>
       <c r="AQ79" s="4">
-        <v>76942.279957580002</v>
+        <v>76942.28</v>
       </c>
       <c r="AR79" s="4">
-        <v>79741.039390799997</v>
+        <v>79741.039000000004</v>
       </c>
       <c r="AS79" s="4">
-        <v>84172.098126290002</v>
+        <v>84172.097999999998</v>
       </c>
       <c r="AT79" s="4">
-        <v>88270.470041159992</v>
+        <v>88270.469999999987</v>
       </c>
       <c r="AU79" s="4">
-        <v>95718.429927129982</v>
+        <v>95718.43</v>
       </c>
       <c r="AV79" s="4">
-        <v>94480.929688590011</v>
+        <v>94480.930000000008</v>
       </c>
       <c r="AW79" s="4">
-        <v>96755.601566459998</v>
+        <v>96755.600999999995</v>
       </c>
       <c r="AX79" s="4">
-        <v>100165.84966207</v>
+        <v>100165.85</v>
       </c>
       <c r="AY79" s="4">
-        <v>100818.27496892001</v>
+        <v>100818.27499999999</v>
       </c>
       <c r="AZ79" s="4">
-        <v>103308.23341004</v>
+        <v>103308.234</v>
       </c>
       <c r="BA79" s="4">
-        <v>103873.44691656</v>
+        <v>103873.447</v>
       </c>
       <c r="BB79" s="4">
-        <v>107963.95662899001</v>
+        <v>107963.95699999999</v>
       </c>
       <c r="BC79" s="4">
-        <v>108375.02077044001</v>
+        <v>108375.02</v>
       </c>
       <c r="BD79" s="4">
-        <v>113989.08381238999</v>
+        <v>113989.08399999999</v>
       </c>
       <c r="BE79" s="4">
-        <v>114701.99926626</v>
+        <v>114701.999</v>
       </c>
       <c r="BF79" s="4">
-        <v>118099.73741614999</v>
+        <v>118099.738</v>
       </c>
       <c r="BG79" s="4">
-        <v>114014.11547123002</v>
+        <v>114014.11599999999</v>
       </c>
       <c r="BH79" s="4">
-        <v>125523.98505818</v>
+        <v>125523.98599999999</v>
       </c>
       <c r="BI79" s="4">
-        <v>123283.72811803001</v>
+        <v>123283.728</v>
       </c>
       <c r="BJ79" s="4">
-        <v>126152.99022728999</v>
+        <v>125856.929</v>
+      </c>
+      <c r="BK79" s="4">
+        <v>130929.48999999999</v>
       </c>
     </row>
-    <row r="80" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A80" s="22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B80" s="25" t="s">
         <v>37</v>
       </c>
       <c r="C80" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E80" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F80" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G80" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H80" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I80" s="4" t="s">
         <v>3</v>
       </c>
@@ -15578,155 +15809,158 @@
       <c r="U80" s="4">
         <v>13729</v>
       </c>
       <c r="V80" s="4">
         <v>14735</v>
       </c>
       <c r="W80" s="4">
         <v>15399</v>
       </c>
       <c r="X80" s="4">
         <v>16453</v>
       </c>
       <c r="Y80" s="4">
         <v>17628</v>
       </c>
       <c r="Z80" s="4">
         <v>18410</v>
       </c>
       <c r="AA80" s="4">
         <v>19223</v>
       </c>
       <c r="AB80" s="4">
         <v>20309</v>
       </c>
       <c r="AC80" s="4">
-        <v>21331.541495519999</v>
+        <v>21331.541000000001</v>
       </c>
       <c r="AD80" s="4">
-        <v>21843.841682490001</v>
+        <v>21843.841999999997</v>
       </c>
       <c r="AE80" s="4">
-        <v>22691.649073429999</v>
+        <v>22691.649000000001</v>
       </c>
       <c r="AF80" s="4">
-        <v>24036.384428550002</v>
+        <v>24036.384000000002</v>
       </c>
       <c r="AG80" s="4">
-        <v>24596.881419810001</v>
+        <v>24596.881000000001</v>
       </c>
       <c r="AH80" s="4">
-        <v>24974.485365050001</v>
+        <v>24974.485000000001</v>
       </c>
       <c r="AI80" s="4">
-        <v>25190.694729989998</v>
+        <v>25190.695000000003</v>
       </c>
       <c r="AJ80" s="4">
-        <v>24945.480881320003</v>
+        <v>24945.481</v>
       </c>
       <c r="AK80" s="4">
-        <v>25965.395650369999</v>
+        <v>25965.395999999997</v>
       </c>
       <c r="AL80" s="4">
-        <v>27608.759613239999</v>
+        <v>27608.76</v>
       </c>
       <c r="AM80" s="4">
-        <v>28861.91857908</v>
+        <v>28861.919000000002</v>
       </c>
       <c r="AN80" s="4">
-        <v>30200.435102170002</v>
+        <v>30200.434999999998</v>
       </c>
       <c r="AO80" s="4">
-        <v>32018.608919509999</v>
+        <v>32018.608999999997</v>
       </c>
       <c r="AP80" s="4">
-        <v>30967.211635579999</v>
+        <v>30967.212</v>
       </c>
       <c r="AQ80" s="4">
-        <v>32452.675001060001</v>
+        <v>32452.674999999999</v>
       </c>
       <c r="AR80" s="4">
-        <v>34083.05093782</v>
+        <v>34083.050999999999</v>
       </c>
       <c r="AS80" s="4">
-        <v>35800.352213760001</v>
+        <v>35800.351999999999</v>
       </c>
       <c r="AT80" s="4">
-        <v>38403.730187630004</v>
+        <v>38403.730000000003</v>
       </c>
       <c r="AU80" s="4">
-        <v>39189.141516780001</v>
+        <v>39189.142</v>
       </c>
       <c r="AV80" s="4">
-        <v>39282.868244829995</v>
+        <v>39282.868000000002</v>
       </c>
       <c r="AW80" s="4">
-        <v>39856.886125540004</v>
+        <v>39856.886000000006</v>
       </c>
       <c r="AX80" s="4">
-        <v>40990.118676990001</v>
+        <v>40990.118999999999</v>
       </c>
       <c r="AY80" s="4">
-        <v>41739.678046370005</v>
+        <v>41739.678</v>
       </c>
       <c r="AZ80" s="4">
-        <v>42454.386224419999</v>
+        <v>42454.385999999999</v>
       </c>
       <c r="BA80" s="4">
-        <v>43631.650438949997</v>
+        <v>43631.65</v>
       </c>
       <c r="BB80" s="4">
-        <v>44538.462565069996</v>
+        <v>44538.463000000003</v>
       </c>
       <c r="BC80" s="4">
-        <v>45722.094806100002</v>
+        <v>45722.095000000001</v>
       </c>
       <c r="BD80" s="4">
-        <v>46586.619335830001</v>
+        <v>46586.618999999999</v>
       </c>
       <c r="BE80" s="4">
-        <v>48152.614139489997</v>
+        <v>48152.614000000001</v>
       </c>
       <c r="BF80" s="4">
-        <v>49638.27766131</v>
+        <v>49638.277999999998</v>
       </c>
       <c r="BG80" s="4">
-        <v>49817.892272559999</v>
+        <v>49817.892</v>
       </c>
       <c r="BH80" s="4">
-        <v>51032.50366147</v>
+        <v>51032.504000000001</v>
       </c>
       <c r="BI80" s="4">
-        <v>53821.788568789998</v>
+        <v>53789.26</v>
       </c>
       <c r="BJ80" s="4">
-        <v>55658.077394970001</v>
+        <v>55699.686999999998</v>
+      </c>
+      <c r="BK80" s="4">
+        <v>57654.671999999999</v>
       </c>
     </row>
-    <row r="81" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A81" s="22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B81" s="25" t="s">
         <v>37</v>
       </c>
       <c r="C81" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E81" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F81" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G81" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H81" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I81" s="4" t="s">
         <v>3</v>
       </c>
@@ -15766,531 +16000,540 @@
       <c r="U81" s="4">
         <v>9714</v>
       </c>
       <c r="V81" s="4">
         <v>10294</v>
       </c>
       <c r="W81" s="4">
         <v>11510</v>
       </c>
       <c r="X81" s="4">
         <v>11343</v>
       </c>
       <c r="Y81" s="4">
         <v>12023</v>
       </c>
       <c r="Z81" s="4">
         <v>12466</v>
       </c>
       <c r="AA81" s="4">
         <v>12965</v>
       </c>
       <c r="AB81" s="4">
         <v>13997</v>
       </c>
       <c r="AC81" s="4">
-        <v>14914.75202704</v>
+        <v>14914.752</v>
       </c>
       <c r="AD81" s="4">
-        <v>15522.10167346</v>
+        <v>15522.102000000001</v>
       </c>
       <c r="AE81" s="4">
-        <v>16078.834848210001</v>
+        <v>16078.835000000001</v>
       </c>
       <c r="AF81" s="4">
-        <v>17204.58766076</v>
+        <v>17204.588</v>
       </c>
       <c r="AG81" s="4">
-        <v>17896.0952344</v>
+        <v>17896.094999999998</v>
       </c>
       <c r="AH81" s="4">
-        <v>18242.953431410002</v>
+        <v>18242.953000000001</v>
       </c>
       <c r="AI81" s="4">
-        <v>18342.033472080002</v>
+        <v>18342.032999999999</v>
       </c>
       <c r="AJ81" s="4">
-        <v>18178.067684590002</v>
+        <v>18178.067999999999</v>
       </c>
       <c r="AK81" s="4">
-        <v>18645.61542147</v>
+        <v>18645.614999999998</v>
       </c>
       <c r="AL81" s="4">
-        <v>19627.360214389999</v>
+        <v>19627.36</v>
       </c>
       <c r="AM81" s="4">
-        <v>20464.191609730002</v>
+        <v>20464.191999999999</v>
       </c>
       <c r="AN81" s="4">
-        <v>21294.933451820001</v>
+        <v>21294.933000000001</v>
       </c>
       <c r="AO81" s="4">
-        <v>21493.653546169997</v>
+        <v>21493.653999999999</v>
       </c>
       <c r="AP81" s="4">
-        <v>20964.866018199999</v>
+        <v>20964.866000000002</v>
       </c>
       <c r="AQ81" s="4">
-        <v>21136.948799100002</v>
+        <v>21136.949000000001</v>
       </c>
       <c r="AR81" s="4">
-        <v>21341.180946510001</v>
+        <v>21341.181</v>
       </c>
       <c r="AS81" s="4">
-        <v>22393.845635049998</v>
+        <v>22393.846000000001</v>
       </c>
       <c r="AT81" s="4">
-        <v>23794.00849348</v>
+        <v>23794.008000000002</v>
       </c>
       <c r="AU81" s="4">
-        <v>24360.58547595</v>
+        <v>24360.584999999999</v>
       </c>
       <c r="AV81" s="4">
-        <v>24641.504257419998</v>
+        <v>24641.504000000001</v>
       </c>
       <c r="AW81" s="4">
-        <v>24622.543992750001</v>
+        <v>24622.544000000002</v>
       </c>
       <c r="AX81" s="4">
-        <v>25283.023032460002</v>
+        <v>25283.023000000001</v>
       </c>
       <c r="AY81" s="4">
-        <v>25388.58977481</v>
+        <v>25388.59</v>
       </c>
       <c r="AZ81" s="4">
-        <v>26049.401362329998</v>
+        <v>26049.400999999998</v>
       </c>
       <c r="BA81" s="4">
-        <v>26810.629080070001</v>
+        <v>26810.628999999997</v>
       </c>
       <c r="BB81" s="4">
-        <v>27567.359410830002</v>
+        <v>27567.359</v>
       </c>
       <c r="BC81" s="4">
-        <v>28502.250737589999</v>
+        <v>28502.251</v>
       </c>
       <c r="BD81" s="4">
-        <v>29157.1633258</v>
+        <v>29157.163</v>
       </c>
       <c r="BE81" s="4">
-        <v>30010.845049930002</v>
+        <v>30010.845000000001</v>
       </c>
       <c r="BF81" s="4">
-        <v>30553.253086729997</v>
+        <v>30553.253000000001</v>
       </c>
       <c r="BG81" s="4">
-        <v>30610.163676909997</v>
+        <v>30610.164000000001</v>
       </c>
       <c r="BH81" s="4">
-        <v>31833.051201499999</v>
+        <v>31833.050999999999</v>
       </c>
       <c r="BI81" s="4">
-        <v>33185.548132399999</v>
+        <v>33608.562999999995</v>
       </c>
       <c r="BJ81" s="4">
-        <v>33610.723564120002</v>
+        <v>34607.241000000002</v>
+      </c>
+      <c r="BK81" s="4">
+        <v>35448.921000000002</v>
       </c>
     </row>
-    <row r="82" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A82" s="22" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B82" s="25" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E82" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F82" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G82" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H82" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I82" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J82" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K82" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>3</v>
       </c>
       <c r="M82" s="4" t="s">
         <v>3</v>
       </c>
       <c r="N82" s="4" t="s">
         <v>3</v>
       </c>
       <c r="O82" s="4" t="s">
         <v>3</v>
       </c>
       <c r="P82" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Q82" s="4" t="s">
         <v>3</v>
       </c>
       <c r="R82" s="4" t="s">
         <v>3</v>
       </c>
       <c r="S82" s="4">
-        <v>0.87947999999999993</v>
+        <v>0.87999999999999989</v>
       </c>
       <c r="T82" s="4">
-        <v>1.3726149999999999</v>
+        <v>1.3719999999999999</v>
       </c>
       <c r="U82" s="4">
-        <v>1.8120429999999998</v>
+        <v>1.8120000000000001</v>
       </c>
       <c r="V82" s="4">
-        <v>2.2344679999999997</v>
+        <v>2.234</v>
       </c>
       <c r="W82" s="4">
-        <v>2.9200189999999999</v>
+        <v>2.9200000000000004</v>
       </c>
       <c r="X82" s="4">
-        <v>4.8657409999999999</v>
+        <v>4.8660000000000005</v>
       </c>
       <c r="Y82" s="4">
-        <v>8.0612349999999999</v>
+        <v>8.0609999999999999</v>
       </c>
       <c r="Z82" s="4">
-        <v>12.687717000000001</v>
+        <v>12.686999999999999</v>
       </c>
       <c r="AA82" s="4">
-        <v>20.671252000000003</v>
+        <v>20.671000000000003</v>
       </c>
       <c r="AB82" s="4">
-        <v>38.726371999999998</v>
+        <v>38.726999999999997</v>
       </c>
       <c r="AC82" s="4">
-        <v>71.805603999999988</v>
+        <v>71.806000000000012</v>
       </c>
       <c r="AD82" s="4">
-        <v>120.44899600000001</v>
+        <v>120.449</v>
       </c>
       <c r="AE82" s="4">
         <v>224.84200000000001</v>
       </c>
       <c r="AF82" s="4">
         <v>410.92500000000001</v>
       </c>
       <c r="AG82" s="4">
         <v>782.01099999999997</v>
       </c>
       <c r="AH82" s="4">
         <v>1527.1680000000001</v>
       </c>
       <c r="AI82" s="4">
         <v>3285.1369999999997</v>
       </c>
       <c r="AJ82" s="4">
-        <v>7035.4485159999995</v>
+        <v>7035.4489999999996</v>
       </c>
       <c r="AK82" s="4">
         <v>12500.540999999999</v>
       </c>
       <c r="AL82" s="4">
         <v>20796.685000000005</v>
       </c>
       <c r="AM82" s="4">
-        <v>36684.049599999998</v>
+        <v>36684.049999999996</v>
       </c>
       <c r="AN82" s="4">
-        <v>57221.255900000004</v>
+        <v>57221.255999999994</v>
       </c>
       <c r="AO82" s="4">
-        <v>80652.111899999989</v>
+        <v>80652.112000000008</v>
       </c>
       <c r="AP82" s="4">
-        <v>111028.583623</v>
+        <v>111028.584</v>
       </c>
       <c r="AQ82" s="4">
-        <v>125121.04491</v>
+        <v>125121.045</v>
       </c>
       <c r="AR82" s="4">
-        <v>145408.558341</v>
+        <v>145408.55799999999</v>
       </c>
       <c r="AS82" s="4">
-        <v>170562.11071208</v>
+        <v>170562.111</v>
       </c>
       <c r="AT82" s="4">
-        <v>185925.20989316</v>
+        <v>185925.21</v>
       </c>
       <c r="AU82" s="4">
-        <v>210225.47801748</v>
+        <v>210225.478</v>
       </c>
       <c r="AV82" s="4">
-        <v>214057.98428681001</v>
+        <v>214057.984</v>
       </c>
       <c r="AW82" s="4">
-        <v>261058.82813367998</v>
+        <v>261058.82800000001</v>
       </c>
       <c r="AX82" s="4">
-        <v>329350.75256049004</v>
+        <v>329350.75300000003</v>
       </c>
       <c r="AY82" s="4">
-        <v>356608.92699996999</v>
+        <v>356608.92699999997</v>
       </c>
       <c r="AZ82" s="4">
-        <v>418553.22560661001</v>
+        <v>418553.22600000002</v>
       </c>
       <c r="BA82" s="4">
-        <v>455121.03936627001</v>
+        <v>455121.03899999999</v>
       </c>
       <c r="BB82" s="4">
-        <v>530197.50583613</v>
+        <v>530197.505</v>
       </c>
       <c r="BC82" s="4">
-        <v>596048.18986051995</v>
+        <v>596048.18999999994</v>
       </c>
       <c r="BD82" s="4">
-        <v>699916.48293329997</v>
+        <v>699916.48300000001</v>
       </c>
       <c r="BE82" s="4">
-        <v>814965.37513434002</v>
+        <v>814965.375</v>
       </c>
       <c r="BF82" s="4">
-        <v>905880.31690029008</v>
+        <v>905880.31700000004</v>
       </c>
       <c r="BG82" s="4">
-        <v>1091316.3674329999</v>
+        <v>1091316.3669999999</v>
       </c>
       <c r="BH82" s="4">
-        <v>1505161.1817810999</v>
+        <v>1505161.182</v>
       </c>
       <c r="BI82" s="4">
-        <v>2838040.9078516294</v>
+        <v>2838040.9079999998</v>
       </c>
       <c r="BJ82" s="4">
-        <v>5606327.1543684993</v>
+        <v>5606327.1540000001</v>
+      </c>
+      <c r="BK82" s="4">
+        <v>9491229.2729999982</v>
       </c>
     </row>
-    <row r="83" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A83" s="22" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B83" s="25" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C83" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E83" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F83" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G83" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H83" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I83" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J83" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K83" s="4" t="s">
         <v>3</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>3</v>
       </c>
       <c r="M83" s="4" t="s">
         <v>3</v>
       </c>
       <c r="N83" s="4" t="s">
         <v>3</v>
       </c>
       <c r="O83" s="4" t="s">
         <v>3</v>
       </c>
       <c r="P83" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Q83" s="4" t="s">
         <v>3</v>
       </c>
       <c r="R83" s="4" t="s">
         <v>3</v>
       </c>
       <c r="S83" s="4">
-        <v>5.9028999999999998E-2</v>
+        <v>5.8999999999999997E-2</v>
       </c>
       <c r="T83" s="4">
-        <v>0.12936400000000001</v>
+        <v>0.129</v>
       </c>
       <c r="U83" s="4">
-        <v>0.11966199999999999</v>
+        <v>0.12000000000000001</v>
       </c>
       <c r="V83" s="4">
-        <v>0.155082</v>
+        <v>0.155</v>
       </c>
       <c r="W83" s="4">
-        <v>0.23361099999999999</v>
+        <v>0.23399999999999999</v>
       </c>
       <c r="X83" s="4">
-        <v>0.55352899999999994</v>
+        <v>0.55400000000000005</v>
       </c>
       <c r="Y83" s="4">
-        <v>0.89407300000000001</v>
+        <v>0.89400000000000002</v>
       </c>
       <c r="Z83" s="4">
-        <v>1.371157</v>
+        <v>1.371</v>
       </c>
       <c r="AA83" s="4">
-        <v>2.3316090000000003</v>
+        <v>2.3319999999999999</v>
       </c>
       <c r="AB83" s="4">
         <v>3.73</v>
       </c>
       <c r="AC83" s="4">
-        <v>6.9089960000000001</v>
+        <v>6.9089999999999998</v>
       </c>
       <c r="AD83" s="4">
-        <v>11.800012000000001</v>
+        <v>11.799999999999999</v>
       </c>
       <c r="AE83" s="4">
         <v>20.407</v>
       </c>
       <c r="AF83" s="4">
         <v>38.373999999999995</v>
       </c>
       <c r="AG83" s="4">
         <v>78.350000000000009</v>
       </c>
       <c r="AH83" s="4">
         <v>224.245</v>
       </c>
       <c r="AI83" s="4">
         <v>469.63300000000004</v>
       </c>
       <c r="AJ83" s="4">
         <v>1000.378</v>
       </c>
       <c r="AK83" s="4">
-        <v>2320.0722720178001</v>
+        <v>2320.0720000000001</v>
       </c>
       <c r="AL83" s="4">
         <v>3411.5899999999997</v>
       </c>
       <c r="AM83" s="4">
         <v>3578.9460000000004</v>
       </c>
       <c r="AN83" s="4">
         <v>5488.4009999999998</v>
       </c>
       <c r="AO83" s="4">
         <v>5625</v>
       </c>
       <c r="AP83" s="4">
         <v>6915</v>
       </c>
       <c r="AQ83" s="4">
         <v>9450</v>
       </c>
       <c r="AR83" s="4">
         <v>12008</v>
       </c>
       <c r="AS83" s="4">
-        <v>15417.844287919999</v>
+        <v>15417.844000000001</v>
       </c>
       <c r="AT83" s="4">
-        <v>17128.001106839998</v>
+        <v>17128.001</v>
       </c>
       <c r="AU83" s="4">
-        <v>20019.550982520999</v>
+        <v>20019.550999999999</v>
       </c>
       <c r="AV83" s="4">
-        <v>20610.609713193</v>
+        <v>20610.61</v>
       </c>
       <c r="AW83" s="4">
-        <v>26814.665866321</v>
+        <v>26814.665999999997</v>
       </c>
       <c r="AX83" s="4">
-        <v>31801.982439511001</v>
+        <v>31801.982</v>
       </c>
       <c r="AY83" s="4">
-        <v>34963.25800003</v>
+        <v>34963.258000000002</v>
       </c>
       <c r="AZ83" s="4">
-        <v>40144.554393390004</v>
+        <v>40144.553999999996</v>
       </c>
       <c r="BA83" s="4">
-        <v>47450.282633730996</v>
+        <v>47450.282999999996</v>
       </c>
       <c r="BB83" s="4">
-        <v>56524.510630869001</v>
+        <v>56524.510999999999</v>
       </c>
       <c r="BC83" s="4">
-        <v>63959.132697480003</v>
+        <v>63959.133000000002</v>
       </c>
       <c r="BD83" s="4">
-        <v>73489.853974698999</v>
+        <v>73489.853999999992</v>
       </c>
       <c r="BE83" s="4">
-        <v>86519.639664663991</v>
+        <v>86519.64</v>
       </c>
       <c r="BF83" s="4">
-        <v>91670.336099708002</v>
+        <v>91670.33600000001</v>
       </c>
       <c r="BG83" s="4">
-        <v>113312.37856699999</v>
+        <v>113312.379</v>
       </c>
       <c r="BH83" s="4">
-        <v>157507.69921888999</v>
+        <v>157507.69899999999</v>
       </c>
       <c r="BI83" s="4">
-        <v>306225.58517525997</v>
+        <v>306225.58500000002</v>
       </c>
       <c r="BJ83" s="4">
-        <v>556748.97449140996</v>
+        <v>556748.97399999993</v>
+      </c>
+      <c r="BK83" s="4">
+        <v>907346.67099999997</v>
       </c>
     </row>
-    <row r="84" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A84" s="22" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B84" s="25" t="s">
         <v>38</v>
       </c>
       <c r="C84" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E84" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F84" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G84" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H84" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I84" s="4" t="s">
         <v>3</v>
       </c>
@@ -16360,125 +16603,128 @@
       <c r="AE84" s="4">
         <v>197364</v>
       </c>
       <c r="AF84" s="4">
         <v>201009</v>
       </c>
       <c r="AG84" s="4">
         <v>217304</v>
       </c>
       <c r="AH84" s="4">
         <v>237780.99999999997</v>
       </c>
       <c r="AI84" s="4">
         <v>252406</v>
       </c>
       <c r="AJ84" s="4">
         <v>270983</v>
       </c>
       <c r="AK84" s="4">
         <v>297894</v>
       </c>
       <c r="AL84" s="4">
         <v>317334</v>
       </c>
       <c r="AM84" s="4">
-        <v>343140</v>
+        <v>343146</v>
       </c>
       <c r="AN84" s="4">
         <v>351320</v>
       </c>
       <c r="AO84" s="4">
         <v>355515.99999999994</v>
       </c>
       <c r="AP84" s="4">
-        <v>371591.35284305998</v>
+        <v>371600.35300000006</v>
       </c>
       <c r="AQ84" s="4">
-        <v>402265.24782794999</v>
+        <v>402279.24800000002</v>
       </c>
       <c r="AR84" s="4">
-        <v>431053.72019195999</v>
+        <v>431072.72000000003</v>
       </c>
       <c r="AS84" s="4">
-        <v>458438.37944887002</v>
+        <v>458457.37900000002</v>
       </c>
       <c r="AT84" s="4">
-        <v>483195.69222644996</v>
+        <v>483216.69199999998</v>
       </c>
       <c r="AU84" s="4">
-        <v>484885.29511538002</v>
+        <v>484900.29500000004</v>
       </c>
       <c r="AV84" s="4">
-        <v>453284.9523986</v>
+        <v>453280.95199999999</v>
       </c>
       <c r="AW84" s="4">
-        <v>486267.50382645003</v>
+        <v>486268.50400000002</v>
       </c>
       <c r="AX84" s="4">
-        <v>516585.00000000006</v>
+        <v>516765.99999999994</v>
       </c>
       <c r="AY84" s="4">
-        <v>520545.99999999994</v>
+        <v>520818</v>
       </c>
       <c r="AZ84" s="4">
-        <v>539177</v>
+        <v>539478</v>
       </c>
       <c r="BA84" s="4">
-        <v>558296</v>
+        <v>558608</v>
       </c>
       <c r="BB84" s="4">
-        <v>578503.45506525005</v>
+        <v>578830.45500000007</v>
       </c>
       <c r="BC84" s="4">
-        <v>611659.43811709993</v>
+        <v>611979.43400000001</v>
       </c>
       <c r="BD84" s="4">
-        <v>645130.52077908989</v>
+        <v>645454.54999999993</v>
       </c>
       <c r="BE84" s="4">
-        <v>666308.32030651008</v>
+        <v>666627.48400000005</v>
       </c>
       <c r="BF84" s="4">
-        <v>684869.49302282999</v>
+        <v>685544.47400000005</v>
       </c>
       <c r="BG84" s="4">
-        <v>648993.56059765001</v>
+        <v>649230.38</v>
       </c>
       <c r="BH84" s="4">
-        <v>740768.47849835001</v>
+        <v>741219.11</v>
       </c>
       <c r="BI84" s="4">
-        <v>844568.5606708501</v>
+        <v>845147.94200000004</v>
       </c>
       <c r="BJ84" s="4">
-        <v>904112.05584413989</v>
+        <v>902424.32400000002</v>
+      </c>
+      <c r="BK84" s="4">
+        <v>931577.85600000003</v>
       </c>
     </row>
-    <row r="85" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A85" s="22" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B85" s="25" t="s">
         <v>38</v>
       </c>
       <c r="C85" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E85" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F85" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G85" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H85" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I85" s="4" t="s">
         <v>3</v>
       </c>
@@ -16602,71 +16848,74 @@
       <c r="AW85" s="4">
         <v>26249</v>
       </c>
       <c r="AX85" s="4">
         <v>26673</v>
       </c>
       <c r="AY85" s="4">
         <v>27033</v>
       </c>
       <c r="AZ85" s="4">
         <v>28057</v>
       </c>
       <c r="BA85" s="4">
         <v>29026</v>
       </c>
       <c r="BB85" s="4">
         <v>29901</v>
       </c>
       <c r="BC85" s="4">
         <v>31310</v>
       </c>
       <c r="BD85" s="4">
         <v>33102</v>
       </c>
       <c r="BE85" s="4">
-        <v>35628</v>
+        <v>35154</v>
       </c>
       <c r="BF85" s="4">
-        <v>37588</v>
+        <v>37430</v>
       </c>
       <c r="BG85" s="4">
-        <v>38562</v>
+        <v>38692</v>
       </c>
       <c r="BH85" s="4">
-        <v>40995</v>
+        <v>41028</v>
       </c>
       <c r="BI85" s="4">
-        <v>43054</v>
+        <v>43192</v>
       </c>
       <c r="BJ85" s="4">
-        <v>45406</v>
+        <v>45550</v>
+      </c>
+      <c r="BK85" s="4">
+        <v>48216</v>
       </c>
     </row>
-    <row r="86" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A86" s="22" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B86" s="25" t="s">
         <v>39</v>
       </c>
       <c r="C86" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E86" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F86" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G86" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H86" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I86" s="4" t="s">
         <v>3</v>
       </c>
@@ -16742,119 +16991,122 @@
       <c r="AG86" s="4">
         <v>1266151.2</v>
       </c>
       <c r="AH86" s="4">
         <v>1351121.17</v>
       </c>
       <c r="AI86" s="4">
         <v>1468112.8</v>
       </c>
       <c r="AJ86" s="4">
         <v>1601158.8</v>
       </c>
       <c r="AK86" s="4">
         <v>1723331.9999999998</v>
       </c>
       <c r="AL86" s="4">
         <v>1841825.2</v>
       </c>
       <c r="AM86" s="4">
         <v>1999736.06</v>
       </c>
       <c r="AN86" s="4">
         <v>1962705.87</v>
       </c>
       <c r="AO86" s="4">
-        <v>1802165.0399999998</v>
+        <v>1802165.1400000001</v>
       </c>
       <c r="AP86" s="4">
-        <v>1824326.1700000002</v>
+        <v>1824325.97</v>
       </c>
       <c r="AQ86" s="4">
-        <v>1959249.48</v>
+        <v>1959249.5799999998</v>
       </c>
       <c r="AR86" s="4">
         <v>2224222.25</v>
       </c>
       <c r="AS86" s="4">
-        <v>2435766.2499999995</v>
+        <v>2435766.5499999998</v>
       </c>
       <c r="AT86" s="4">
-        <v>2541485.21</v>
+        <v>2541484.81</v>
       </c>
       <c r="AU86" s="4">
         <v>2447927.9299999997</v>
       </c>
       <c r="AV86" s="4">
-        <v>2046655.0999999999</v>
+        <v>2046655.4000000001</v>
       </c>
       <c r="AW86" s="4">
-        <v>2206085.96</v>
+        <v>2206085.8600000003</v>
       </c>
       <c r="AX86" s="4">
-        <v>2335199.0300000003</v>
+        <v>2335199.3300000005</v>
       </c>
       <c r="AY86" s="4">
-        <v>2467325.4699999997</v>
+        <v>2467325.17</v>
       </c>
       <c r="AZ86" s="4">
-        <v>2795856.33</v>
+        <v>2795856.5799999996</v>
       </c>
       <c r="BA86" s="4">
         <v>2996088.69</v>
       </c>
       <c r="BB86" s="4">
-        <v>3171393.44</v>
+        <v>3171393.5199999996</v>
       </c>
       <c r="BC86" s="4">
-        <v>3194284.74</v>
+        <v>3194284.0999999996</v>
       </c>
       <c r="BD86" s="4">
-        <v>3461371.26</v>
+        <v>3461370.8200000003</v>
       </c>
       <c r="BE86" s="4">
         <v>3307088.6100000003</v>
       </c>
       <c r="BF86" s="4">
-        <v>3441666.9000000004</v>
+        <v>3441654.6099999994</v>
       </c>
       <c r="BG86" s="4">
-        <v>3505012.53</v>
+        <v>3496325.52</v>
       </c>
       <c r="BH86" s="4">
-        <v>4096475.88</v>
+        <v>4130554.0300000003</v>
       </c>
       <c r="BI86" s="4">
-        <v>4691743.24</v>
+        <v>4836248.5599999996</v>
       </c>
       <c r="BJ86" s="4">
-        <v>4489622.87</v>
+        <v>4621437.3999999994</v>
+      </c>
+      <c r="BK86" s="4">
+        <v>4878240.72</v>
       </c>
     </row>
-    <row r="87" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A87" s="22" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B87" s="25" t="s">
         <v>39</v>
       </c>
       <c r="C87" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E87" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F87" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G87" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H87" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I87" s="4" t="s">
         <v>3</v>
       </c>
@@ -16981,68 +17233,71 @@
       <c r="AX87" s="4">
         <v>775654.25</v>
       </c>
       <c r="AY87" s="4">
         <v>810008.9</v>
       </c>
       <c r="AZ87" s="4">
         <v>864776.16999999993</v>
       </c>
       <c r="BA87" s="4">
         <v>887247.96000000008</v>
       </c>
       <c r="BB87" s="4">
         <v>921082.53</v>
       </c>
       <c r="BC87" s="4">
         <v>931107.23</v>
       </c>
       <c r="BD87" s="4">
         <v>981300.02</v>
       </c>
       <c r="BE87" s="4">
         <v>1042357.82</v>
       </c>
       <c r="BF87" s="4">
-        <v>1119438.5</v>
+        <v>1119346.33</v>
       </c>
       <c r="BG87" s="4">
-        <v>1109190.73</v>
+        <v>1112031.1099999999</v>
       </c>
       <c r="BH87" s="4">
-        <v>1330088.55</v>
+        <v>1327423.6000000001</v>
       </c>
       <c r="BI87" s="4">
-        <v>1483159.69</v>
+        <v>1495489.0499999998</v>
       </c>
       <c r="BJ87" s="4">
-        <v>1431815.62</v>
+        <v>1456983.15</v>
+      </c>
+      <c r="BK87" s="4">
+        <v>1515916.85</v>
       </c>
     </row>
-    <row r="88" spans="1:62" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:63" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A88" s="22" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B88" s="26" t="s">
         <v>39</v>
       </c>
       <c r="C88" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D88" s="7" t="s">
         <v>3</v>
       </c>
       <c r="E88" s="7" t="s">
         <v>3</v>
       </c>
       <c r="F88" s="7" t="s">
         <v>3</v>
       </c>
       <c r="G88" s="7" t="s">
         <v>3</v>
       </c>
       <c r="H88" s="7" t="s">
         <v>3</v>
       </c>
       <c r="I88" s="7" t="s">
         <v>3</v>
       </c>
@@ -17169,112 +17424,115 @@
       <c r="AX88" s="7">
         <v>595836.25</v>
       </c>
       <c r="AY88" s="7">
         <v>609898.21</v>
       </c>
       <c r="AZ88" s="7">
         <v>629221.71000000008</v>
       </c>
       <c r="BA88" s="7">
         <v>657084.09</v>
       </c>
       <c r="BB88" s="7">
         <v>680234.33</v>
       </c>
       <c r="BC88" s="7">
         <v>709961.87</v>
       </c>
       <c r="BD88" s="7">
         <v>746565.79999999993</v>
       </c>
       <c r="BE88" s="7">
         <v>776723.56</v>
       </c>
       <c r="BF88" s="7">
-        <v>815417.49</v>
+        <v>815394.27</v>
       </c>
       <c r="BG88" s="7">
-        <v>838036.92999999993</v>
+        <v>838210.25</v>
       </c>
       <c r="BH88" s="7">
-        <v>875176.15</v>
+        <v>895303.67999999993</v>
       </c>
       <c r="BI88" s="7">
-        <v>932209.46000000008</v>
+        <v>962107.25</v>
       </c>
       <c r="BJ88" s="7">
-        <v>965940.73</v>
+        <v>1027471.81</v>
+      </c>
+      <c r="BK88" s="7">
+        <v>1087292.18</v>
       </c>
     </row>
-    <row r="89" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:63" x14ac:dyDescent="0.25">
       <c r="B89" s="27" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C89" s="8" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
-    <row r="90" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:63" x14ac:dyDescent="0.25">
       <c r="B90" s="27" t="s">
         <v>40</v>
       </c>
       <c r="C90" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K0000FF Restricted Use - À usage restreint</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
-  <dimension ref="A1:BJ42"/>
+  <dimension ref="A1:BK42"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="3" ySplit="2" topLeftCell="D3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5.140625" style="22" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="58" width="11.5703125" customWidth="1"/>
+    <col min="1" max="1" width="5.1796875" style="22" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.81640625" customWidth="1"/>
+    <col min="3" max="3" width="9.54296875" customWidth="1"/>
+    <col min="4" max="58" width="11.54296875" customWidth="1"/>
     <col min="59" max="59" width="12" customWidth="1"/>
-    <col min="60" max="62" width="11.5703125" customWidth="1"/>
+    <col min="60" max="63" width="11.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:62" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:63" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B1" s="17" t="s">
         <v>41</v>
       </c>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="17"/>
       <c r="G1" s="17"/>
       <c r="H1" s="17"/>
       <c r="I1" s="17"/>
       <c r="J1" s="17"/>
       <c r="K1" s="17"/>
       <c r="L1" s="17"/>
       <c r="M1" s="17"/>
       <c r="N1" s="17"/>
       <c r="O1" s="17"/>
       <c r="P1" s="17"/>
       <c r="Q1" s="17"/>
       <c r="R1" s="17"/>
       <c r="S1" s="17"/>
       <c r="T1" s="17"/>
       <c r="U1" s="17"/>
       <c r="V1" s="17"/>
       <c r="W1" s="17"/>
       <c r="X1" s="17"/>
@@ -17294,52 +17552,53 @@
       <c r="AL1" s="17"/>
       <c r="AM1" s="17"/>
       <c r="AN1" s="17"/>
       <c r="AO1" s="17"/>
       <c r="AP1" s="17"/>
       <c r="AQ1" s="17"/>
       <c r="AR1" s="17"/>
       <c r="AS1" s="17"/>
       <c r="AT1" s="17"/>
       <c r="AU1" s="17"/>
       <c r="AV1" s="17"/>
       <c r="AW1" s="17"/>
       <c r="AX1" s="17"/>
       <c r="AY1" s="17"/>
       <c r="AZ1" s="17"/>
       <c r="BA1" s="17"/>
       <c r="BB1" s="17"/>
       <c r="BC1" s="17"/>
       <c r="BD1" s="17"/>
       <c r="BE1" s="17"/>
       <c r="BF1" s="17"/>
       <c r="BG1" s="17"/>
       <c r="BH1" s="17"/>
       <c r="BI1" s="17"/>
       <c r="BJ1" s="17"/>
+      <c r="BK1" s="17"/>
     </row>
-    <row r="2" spans="1:62" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:63" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B2" s="21"/>
       <c r="C2" s="1"/>
       <c r="D2" s="2">
         <v>1965</v>
       </c>
       <c r="E2" s="2">
         <v>1966</v>
       </c>
       <c r="F2" s="2">
         <v>1967</v>
       </c>
       <c r="G2" s="2">
         <v>1968</v>
       </c>
       <c r="H2" s="2">
         <v>1969</v>
       </c>
       <c r="I2" s="2">
         <v>1970</v>
       </c>
       <c r="J2" s="2">
         <v>1971</v>
       </c>
       <c r="K2" s="2">
         <v>1972</v>
@@ -17475,54 +17734,57 @@
       </c>
       <c r="BC2" s="2">
         <v>2016</v>
       </c>
       <c r="BD2" s="2">
         <v>2017</v>
       </c>
       <c r="BE2" s="2">
         <v>2018</v>
       </c>
       <c r="BF2" s="2">
         <v>2019</v>
       </c>
       <c r="BG2" s="2">
         <v>2020</v>
       </c>
       <c r="BH2" s="2">
         <v>2021</v>
       </c>
       <c r="BI2" s="2">
         <v>2022</v>
       </c>
       <c r="BJ2" s="2">
         <v>2023</v>
       </c>
+      <c r="BK2" s="2">
+        <v>2024</v>
+      </c>
     </row>
-    <row r="3" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A3" s="22" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B3" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="4">
         <v>5024</v>
       </c>
       <c r="E3" s="4">
         <v>5389</v>
       </c>
       <c r="F3" s="4">
         <v>5960</v>
       </c>
       <c r="G3" s="4">
         <v>6661</v>
       </c>
       <c r="H3" s="4">
         <v>7631</v>
       </c>
       <c r="I3" s="4">
         <v>8506</v>
       </c>
       <c r="J3" s="4">
         <v>9720</v>
@@ -17629,291 +17891,297 @@
       <c r="AR3" s="4">
         <v>298028</v>
       </c>
       <c r="AS3" s="4">
         <v>318698</v>
       </c>
       <c r="AT3" s="4">
         <v>346772</v>
       </c>
       <c r="AU3" s="4">
         <v>337092</v>
       </c>
       <c r="AV3" s="4">
         <v>331246</v>
       </c>
       <c r="AW3" s="4">
         <v>356747</v>
       </c>
       <c r="AX3" s="4">
         <v>386834</v>
       </c>
       <c r="AY3" s="4">
         <v>412086</v>
       </c>
       <c r="AZ3" s="4">
-        <v>431200.27940732002</v>
+        <v>431200.27900000004</v>
       </c>
       <c r="BA3" s="4">
-        <v>441115</v>
+        <v>441114</v>
       </c>
       <c r="BB3" s="4">
         <v>460729</v>
       </c>
       <c r="BC3" s="4">
         <v>484020</v>
       </c>
       <c r="BD3" s="4">
         <v>526007</v>
       </c>
       <c r="BE3" s="4">
         <v>557151</v>
       </c>
       <c r="BF3" s="5">
-        <v>548877.93418918003</v>
+        <v>548878</v>
       </c>
       <c r="BG3" s="5">
-        <v>590139.73732526996</v>
+        <v>590136</v>
       </c>
       <c r="BH3" s="5">
-        <v>680261.80648615002</v>
+        <v>680505</v>
       </c>
       <c r="BI3" s="5">
-        <v>753193</v>
-[...1 lines deleted...]
-      <c r="BJ3" s="5" t="s">
+        <v>752611</v>
+      </c>
+      <c r="BJ3" s="5">
+        <v>798309</v>
+      </c>
+      <c r="BK3" s="5" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A4" s="22" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B4" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="4">
-        <v>6209.9663524778007</v>
+        <v>6209.9659999999994</v>
       </c>
       <c r="E4" s="4">
-        <v>6905.0093384592001</v>
+        <v>6905.009</v>
       </c>
       <c r="F4" s="4">
-        <v>7322.2240794169002</v>
+        <v>7322.2240000000002</v>
       </c>
       <c r="G4" s="4">
-        <v>7877.8805694642997</v>
+        <v>7877.8810000000003</v>
       </c>
       <c r="H4" s="4">
-        <v>8714.8536005755996</v>
+        <v>8714.8540000000012</v>
       </c>
       <c r="I4" s="4">
-        <v>9755.9646228642996</v>
+        <v>9755.9650000000001</v>
       </c>
       <c r="J4" s="4">
-        <v>11109.714177742999</v>
+        <v>11109.714</v>
       </c>
       <c r="K4" s="4">
-        <v>12851.027957238999</v>
+        <v>12851.028</v>
       </c>
       <c r="L4" s="4">
-        <v>14635.582073065001</v>
+        <v>14635.581999999999</v>
       </c>
       <c r="M4" s="4">
-        <v>17124.626643313997</v>
+        <v>17124.627</v>
       </c>
       <c r="N4" s="4">
-        <v>18422.926825723</v>
+        <v>18422.927</v>
       </c>
       <c r="O4" s="4">
-        <v>20277.101516682</v>
+        <v>20277.101999999999</v>
       </c>
       <c r="P4" s="4">
-        <v>22627.995029178001</v>
+        <v>22627.994999999999</v>
       </c>
       <c r="Q4" s="4">
-        <v>25335.639484603998</v>
+        <v>25335.638999999999</v>
       </c>
       <c r="R4" s="4">
-        <v>27363.356903555999</v>
+        <v>27363.357</v>
       </c>
       <c r="S4" s="4">
-        <v>29759.452918904</v>
+        <v>29759.453000000001</v>
       </c>
       <c r="T4" s="4">
-        <v>32595.800963641999</v>
+        <v>32595.801000000003</v>
       </c>
       <c r="U4" s="4">
-        <v>33950.422592530995</v>
+        <v>33950.423000000003</v>
       </c>
       <c r="V4" s="4">
-        <v>35882.720580220004</v>
+        <v>35882.720999999998</v>
       </c>
       <c r="W4" s="4">
-        <v>39319.927617857</v>
+        <v>39319.928</v>
       </c>
       <c r="X4" s="4">
-        <v>42186.798252945002</v>
+        <v>42186.798000000003</v>
       </c>
       <c r="Y4" s="4">
-        <v>44325.414416836997</v>
+        <v>44325.414000000004</v>
       </c>
       <c r="Z4" s="4">
-        <v>45587.596200664004</v>
+        <v>45587.595999999998</v>
       </c>
       <c r="AA4" s="4">
-        <v>47810.512852191001</v>
+        <v>47810.512999999999</v>
       </c>
       <c r="AB4" s="4">
-        <v>49842.590641191993</v>
+        <v>49842.591</v>
       </c>
       <c r="AC4" s="4">
-        <v>54039.519487220998</v>
+        <v>54092.570999999996</v>
       </c>
       <c r="AD4" s="4">
-        <v>58614.347070921001</v>
+        <v>58658.240999999995</v>
       </c>
       <c r="AE4" s="4">
-        <v>64312.987362193991</v>
+        <v>64357.754000000001</v>
       </c>
       <c r="AF4" s="4">
-        <v>67087.563497888987</v>
+        <v>67142.504000000001</v>
       </c>
       <c r="AG4" s="4">
-        <v>70455.295306062006</v>
+        <v>70540.176999999996</v>
       </c>
       <c r="AH4" s="4">
-        <v>72889.077874158</v>
+        <v>72869.688999999998</v>
       </c>
       <c r="AI4" s="4">
-        <v>77836.923834036003</v>
+        <v>77832.043000000005</v>
       </c>
       <c r="AJ4" s="4">
-        <v>81981.885843869997</v>
+        <v>81969.231</v>
       </c>
       <c r="AK4" s="4">
-        <v>85305.948146648996</v>
+        <v>85279.366999999998</v>
       </c>
       <c r="AL4" s="4">
-        <v>87840.119213513011</v>
+        <v>87794.115000000005</v>
       </c>
       <c r="AM4" s="4">
-        <v>90324.081888801011</v>
+        <v>90292.350999999995</v>
       </c>
       <c r="AN4" s="4">
-        <v>96779.430355303004</v>
+        <v>96763.785999999993</v>
       </c>
       <c r="AO4" s="4">
-        <v>96809.773892628989</v>
+        <v>96816.400999999998</v>
       </c>
       <c r="AP4" s="4">
-        <v>98330.302186184999</v>
+        <v>98361.714999999997</v>
       </c>
       <c r="AQ4" s="4">
-        <v>101683.87375371001</v>
+        <v>101610.69500000001</v>
       </c>
       <c r="AR4" s="4">
-        <v>104200.82692882001</v>
+        <v>104102.66</v>
       </c>
       <c r="AS4" s="4">
-        <v>108222.89528606999</v>
+        <v>108131.916</v>
       </c>
       <c r="AT4" s="4">
-        <v>115146.34664177</v>
+        <v>115269.94</v>
       </c>
       <c r="AU4" s="4">
-        <v>121591.31675545999</v>
+        <v>121590.329</v>
       </c>
       <c r="AV4" s="4">
-        <v>118041.27928588999</v>
+        <v>118088.095</v>
       </c>
       <c r="AW4" s="4">
-        <v>121192.30394861</v>
+        <v>121355.83499999999</v>
       </c>
       <c r="AX4" s="4">
-        <v>127520.73808939</v>
+        <v>127696.192</v>
       </c>
       <c r="AY4" s="4">
-        <v>133090.81482224999</v>
+        <v>133386.70699999999</v>
       </c>
       <c r="AZ4" s="4">
-        <v>138098.91800444</v>
+        <v>138558.60799999998</v>
       </c>
       <c r="BA4" s="4">
-        <v>142250.67213913999</v>
+        <v>142922.932</v>
       </c>
       <c r="BB4" s="4">
-        <v>148469.370215</v>
+        <v>149330.54300000001</v>
       </c>
       <c r="BC4" s="4">
-        <v>149311.17612924997</v>
+        <v>150263.85200000001</v>
       </c>
       <c r="BD4" s="4">
-        <v>154655.67814999001</v>
+        <v>155415.17300000001</v>
       </c>
       <c r="BE4" s="4">
-        <v>162818.91276072001</v>
+        <v>163501.516</v>
       </c>
       <c r="BF4" s="4">
-        <v>169252.79593338998</v>
+        <v>169806.74</v>
       </c>
       <c r="BG4" s="4">
-        <v>160363.45235621999</v>
+        <v>161167.50999999998</v>
       </c>
       <c r="BH4" s="4">
-        <v>175805.56457636002</v>
+        <v>176772.76199999999</v>
       </c>
       <c r="BI4" s="4">
-        <v>193111.62320253998</v>
+        <v>193021.606</v>
       </c>
       <c r="BJ4" s="4">
-        <v>203617.00083407</v>
+        <v>203606.571</v>
+      </c>
+      <c r="BK4" s="4">
+        <v>214307.56899999999</v>
       </c>
     </row>
-    <row r="5" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A5" s="22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B5" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="4">
-        <v>6421.1859722011995</v>
+        <v>6421.1859999999997</v>
       </c>
       <c r="E5" s="4">
-        <v>7366.8997692111006</v>
+        <v>7366.9000000000005</v>
       </c>
       <c r="F5" s="4">
-        <v>8055.300087506399</v>
+        <v>8055.3000000000011</v>
       </c>
       <c r="G5" s="4">
-        <v>8823.5221207786999</v>
+        <v>8823.5220000000008</v>
       </c>
       <c r="H5" s="4">
-        <v>9837.4066371011995</v>
+        <v>9837.4070000000011</v>
       </c>
       <c r="I5" s="4">
         <v>11064.4</v>
       </c>
       <c r="J5" s="4">
         <v>12533.099999999999</v>
       </c>
       <c r="K5" s="4">
         <v>13969</v>
       </c>
       <c r="L5" s="4">
         <v>16385.599999999999</v>
       </c>
       <c r="M5" s="4">
         <v>19697.8</v>
       </c>
       <c r="N5" s="4">
         <v>23317.8</v>
       </c>
       <c r="O5" s="4">
         <v>26638.400000000001</v>
       </c>
       <c r="P5" s="4">
         <v>30224.6</v>
       </c>
@@ -17989,98 +18257,101 @@
       <c r="AN5" s="4">
         <v>115492.09999999999</v>
       </c>
       <c r="AO5" s="4">
         <v>119994</v>
       </c>
       <c r="AP5" s="4">
         <v>121882.90000000001</v>
       </c>
       <c r="AQ5" s="4">
         <v>129031.20000000001</v>
       </c>
       <c r="AR5" s="4">
         <v>134423.5</v>
       </c>
       <c r="AS5" s="4">
         <v>140524</v>
       </c>
       <c r="AT5" s="4">
         <v>147480.29999999999</v>
       </c>
       <c r="AU5" s="4">
         <v>153337.1</v>
       </c>
       <c r="AV5" s="4">
-        <v>147939.4</v>
+        <v>147940.30000000002</v>
       </c>
       <c r="AW5" s="4">
-        <v>155720.1</v>
+        <v>155720.69999999998</v>
       </c>
       <c r="AX5" s="4">
-        <v>163575.19999999998</v>
+        <v>163575.70000000001</v>
       </c>
       <c r="AY5" s="4">
-        <v>171194.1</v>
+        <v>171194.19999999998</v>
       </c>
       <c r="AZ5" s="4">
-        <v>176927.1</v>
+        <v>176927.8</v>
       </c>
       <c r="BA5" s="4">
-        <v>180344.4</v>
+        <v>180303</v>
       </c>
       <c r="BB5" s="4">
-        <v>183827.30000000002</v>
+        <v>183825.9</v>
       </c>
       <c r="BC5" s="4">
-        <v>186175.4</v>
+        <v>186187.90000000002</v>
       </c>
       <c r="BD5" s="4">
-        <v>194916.8</v>
+        <v>194912.2</v>
       </c>
       <c r="BE5" s="4">
-        <v>201613.2</v>
+        <v>201564.3</v>
       </c>
       <c r="BF5" s="4">
-        <v>202885.6</v>
+        <v>202883.3</v>
       </c>
       <c r="BG5" s="4">
-        <v>194432.9</v>
+        <v>194440.69999999998</v>
       </c>
       <c r="BH5" s="4">
-        <v>213717.7</v>
+        <v>213710.80000000002</v>
       </c>
       <c r="BI5" s="4">
-        <v>234858.7</v>
+        <v>234266.6</v>
       </c>
       <c r="BJ5" s="4">
-        <v>248964.59999999998</v>
+        <v>249759.6</v>
+      </c>
+      <c r="BK5" s="4">
+        <v>261380.69999999998</v>
       </c>
     </row>
-    <row r="6" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A6" s="22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B6" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="4">
         <v>15318</v>
       </c>
       <c r="E6" s="4">
         <v>17687</v>
       </c>
       <c r="F6" s="4">
         <v>19763</v>
       </c>
       <c r="G6" s="4">
         <v>22352</v>
       </c>
       <c r="H6" s="4">
         <v>26422</v>
       </c>
       <c r="I6" s="4">
         <v>28182</v>
       </c>
       <c r="J6" s="4">
         <v>30776</v>
@@ -18112,161 +18383,164 @@
       <c r="S6" s="4">
         <v>101015</v>
       </c>
       <c r="T6" s="4">
         <v>122061</v>
       </c>
       <c r="U6" s="4">
         <v>127143</v>
       </c>
       <c r="V6" s="4">
         <v>137191</v>
       </c>
       <c r="W6" s="4">
         <v>149402</v>
       </c>
       <c r="X6" s="4">
         <v>160650</v>
       </c>
       <c r="Y6" s="4">
         <v>173097</v>
       </c>
       <c r="Z6" s="4">
         <v>196283</v>
       </c>
       <c r="AA6" s="4">
-        <v>210429.95015704</v>
+        <v>210429.94999999998</v>
       </c>
       <c r="AB6" s="4">
-        <v>232039.06503999999</v>
+        <v>232039.065</v>
       </c>
       <c r="AC6" s="4">
-        <v>244152.07934348998</v>
+        <v>244152.079</v>
       </c>
       <c r="AD6" s="4">
-        <v>250644.23848576003</v>
+        <v>250644.23800000001</v>
       </c>
       <c r="AE6" s="4">
-        <v>253937.13683027</v>
+        <v>253937.13700000002</v>
       </c>
       <c r="AF6" s="4">
-        <v>260444.00466057999</v>
+        <v>260444.005</v>
       </c>
       <c r="AG6" s="4">
-        <v>276231.32689665002</v>
+        <v>276231.32700000005</v>
       </c>
       <c r="AH6" s="4">
-        <v>289878.00815532001</v>
+        <v>289878.00800000003</v>
       </c>
       <c r="AI6" s="4">
-        <v>304525.17667789001</v>
+        <v>304525.17699999997</v>
       </c>
       <c r="AJ6" s="4">
-        <v>327837.65179405996</v>
+        <v>327837.652</v>
       </c>
       <c r="AK6" s="4">
-        <v>339679.43023082998</v>
+        <v>339679.43000000005</v>
       </c>
       <c r="AL6" s="4">
-        <v>366120.84636423999</v>
+        <v>366120.84599999996</v>
       </c>
       <c r="AM6" s="4">
-        <v>390234.15829351003</v>
+        <v>390234.158</v>
       </c>
       <c r="AN6" s="4">
-        <v>390123.09163730999</v>
+        <v>390123.092</v>
       </c>
       <c r="AO6" s="4">
-        <v>394880.82052468002</v>
+        <v>394880.82100000005</v>
       </c>
       <c r="AP6" s="4">
-        <v>410301.60097581998</v>
+        <v>410301.60100000002</v>
       </c>
       <c r="AQ6" s="4">
-        <v>436953.95718043001</v>
+        <v>436953.95699999999</v>
       </c>
       <c r="AR6" s="4">
-        <v>464300.32733618998</v>
+        <v>464300.32699999999</v>
       </c>
       <c r="AS6" s="4">
-        <v>489757.23838588997</v>
+        <v>489757.23799999995</v>
       </c>
       <c r="AT6" s="4">
-        <v>512662.51360604999</v>
+        <v>512662.51399999997</v>
       </c>
       <c r="AU6" s="4">
-        <v>517571.65340437996</v>
+        <v>517571.65299999999</v>
       </c>
       <c r="AV6" s="4">
-        <v>508269.77204923995</v>
+        <v>508269.772</v>
       </c>
       <c r="AW6" s="4">
-        <v>516590.59688741004</v>
+        <v>516590.59700000001</v>
       </c>
       <c r="AX6" s="4">
-        <v>546462.86308044998</v>
+        <v>546462.86300000001</v>
       </c>
       <c r="AY6" s="4">
-        <v>569675.12830530992</v>
+        <v>569675.12800000003</v>
       </c>
       <c r="AZ6" s="4">
-        <v>592206.06213174993</v>
+        <v>592206.06199999992</v>
       </c>
       <c r="BA6" s="4">
-        <v>623732.24422442005</v>
+        <v>623732.24400000006</v>
       </c>
       <c r="BB6" s="4">
-        <v>653269.47343007999</v>
+        <v>653269.473</v>
       </c>
       <c r="BC6" s="4">
-        <v>673652.72977402003</v>
+        <v>673652.73</v>
       </c>
       <c r="BD6" s="4">
-        <v>707353.69468909001</v>
+        <v>707353.69500000007</v>
       </c>
       <c r="BE6" s="4">
-        <v>748559.35859922995</v>
+        <v>748559.35899999994</v>
       </c>
       <c r="BF6" s="4">
-        <v>765370.06458504009</v>
+        <v>765370.06499999994</v>
       </c>
       <c r="BG6" s="4">
-        <v>765374.90145670995</v>
+        <v>764863.90100000007</v>
       </c>
       <c r="BH6" s="4">
-        <v>875924.19896857999</v>
+        <v>882487.08199999994</v>
       </c>
       <c r="BI6" s="4">
-        <v>951779.19152410002</v>
+        <v>965862.56599999999</v>
       </c>
       <c r="BJ6" s="4">
-        <v>1005816.754598</v>
+        <v>1020529.706</v>
+      </c>
+      <c r="BK6" s="4">
+        <v>1072389.1610000001</v>
       </c>
     </row>
-    <row r="7" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A7" s="22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B7" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J7" s="4" t="s">
         <v>3</v>
@@ -18304,155 +18578,158 @@
       <c r="U7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="V7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="W7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="X7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Y7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Z7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC7" s="4">
-        <v>1777218.1148899999</v>
+        <v>1777218.115</v>
       </c>
       <c r="AD7" s="4">
-        <v>2449570.0706100003</v>
+        <v>2449570.071</v>
       </c>
       <c r="AE7" s="4">
-        <v>3190213.9580200003</v>
+        <v>3190213.9579999996</v>
       </c>
       <c r="AF7" s="4">
-        <v>3816315.5681100003</v>
+        <v>3816315.568</v>
       </c>
       <c r="AG7" s="4">
-        <v>4481720.1057700003</v>
+        <v>4481720.1059999997</v>
       </c>
       <c r="AH7" s="4">
-        <v>5389517.4959500004</v>
+        <v>5389517.4960000003</v>
       </c>
       <c r="AI7" s="4">
-        <v>6287075.6984000001</v>
+        <v>6287075.6979999999</v>
       </c>
       <c r="AJ7" s="4">
-        <v>6785447.87708</v>
+        <v>6785447.8769999994</v>
       </c>
       <c r="AK7" s="4">
-        <v>7072580.51676</v>
+        <v>7072580.517</v>
       </c>
       <c r="AL7" s="4">
-        <v>6914714.7473599995</v>
+        <v>6914714.7470000004</v>
       </c>
       <c r="AM7" s="4">
-        <v>7901997.7541999994</v>
+        <v>7901997.7539999997</v>
       </c>
       <c r="AN7" s="4">
-        <v>8583770.0813499987</v>
+        <v>8583770.0810000002</v>
       </c>
       <c r="AO7" s="4">
         <v>9172319.2999999989</v>
       </c>
       <c r="AP7" s="4">
-        <v>9853073.54813</v>
+        <v>9853073.5480000004</v>
       </c>
       <c r="AQ7" s="4">
-        <v>11541783.319530001</v>
+        <v>11541783.32</v>
       </c>
       <c r="AR7" s="4">
-        <v>14265265.42584</v>
+        <v>14265265.425999999</v>
       </c>
       <c r="AS7" s="4">
-        <v>18040148.261260003</v>
+        <v>18040148.261</v>
       </c>
       <c r="AT7" s="4">
-        <v>20598962.956599999</v>
+        <v>20598962.956999999</v>
       </c>
       <c r="AU7" s="4">
-        <v>20090190.215330001</v>
+        <v>20090190.215</v>
       </c>
       <c r="AV7" s="4">
-        <v>16725385.783311998</v>
+        <v>16725385.783000002</v>
       </c>
       <c r="AW7" s="4">
-        <v>21815390.726363998</v>
+        <v>21815390.726</v>
       </c>
       <c r="AX7" s="4">
-        <v>25754332.772319999</v>
+        <v>25754332.772</v>
       </c>
       <c r="AY7" s="4">
-        <v>27714779.420910001</v>
+        <v>27714779.421</v>
       </c>
       <c r="AZ7" s="4">
-        <v>27378266.880550001</v>
+        <v>27378266.881000001</v>
       </c>
       <c r="BA7" s="4">
-        <v>29145218.943220001</v>
+        <v>29145218.943</v>
       </c>
       <c r="BB7" s="4">
         <v>32533541.726999998</v>
       </c>
       <c r="BC7" s="4">
-        <v>34129982.246947996</v>
+        <v>34129982.247000001</v>
       </c>
       <c r="BD7" s="4">
-        <v>36262036.239377998</v>
+        <v>36262036.239</v>
       </c>
       <c r="BE7" s="4">
-        <v>40314696.504132994</v>
+        <v>40314696.504000001</v>
       </c>
       <c r="BF7" s="4">
-        <v>41025712.161140993</v>
+        <v>41025712.161000006</v>
       </c>
       <c r="BG7" s="4">
-        <v>38823397.423153996</v>
+        <v>38823397.423</v>
       </c>
       <c r="BH7" s="4">
-        <v>53463334.004593</v>
+        <v>53463334.004999995</v>
       </c>
       <c r="BI7" s="4">
-        <v>62901438.426827997</v>
+        <v>62901438.427000001</v>
       </c>
       <c r="BJ7" s="4">
-        <v>58106373.555086002</v>
+        <v>58154014.523999996</v>
+      </c>
+      <c r="BK7" s="4">
+        <v>63820279.392999999</v>
       </c>
     </row>
-    <row r="8" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A8" s="22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B8" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J8" s="4" t="s">
         <v>3</v>
@@ -18490,158 +18767,161 @@
       <c r="U8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="V8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="W8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="X8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Y8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Z8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB8" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC8" s="4">
-        <v>2579425.7511208002</v>
+        <v>2579425.7510000002</v>
       </c>
       <c r="AD8" s="4">
-        <v>3951327.3202</v>
+        <v>3951327.32</v>
       </c>
       <c r="AE8" s="4">
-        <v>5320509.4273000006</v>
+        <v>5320509.4270000001</v>
       </c>
       <c r="AF8" s="4">
         <v>7255086.7300000004</v>
       </c>
       <c r="AG8" s="4">
-        <v>10638187.008400001</v>
+        <v>10638187.008000001</v>
       </c>
       <c r="AH8" s="4">
-        <v>13907889.796203999</v>
+        <v>13907889.796</v>
       </c>
       <c r="AI8" s="4">
         <v>17627495.616</v>
       </c>
       <c r="AJ8" s="4">
-        <v>22596738.47253</v>
+        <v>22596738.473000001</v>
       </c>
       <c r="AK8" s="4">
         <v>25049954.860000003</v>
       </c>
       <c r="AL8" s="4">
-        <v>27078295.278487001</v>
+        <v>27078295.278000001</v>
       </c>
       <c r="AM8" s="4">
-        <v>30598629.516978998</v>
+        <v>30598629.517000001</v>
       </c>
       <c r="AN8" s="4">
-        <v>36877580.548382998</v>
+        <v>36877580.548</v>
       </c>
       <c r="AO8" s="4">
-        <v>39945236.449663006</v>
+        <v>39945236.449999996</v>
       </c>
       <c r="AP8" s="4">
-        <v>45753547.410976</v>
+        <v>45753547.410999998</v>
       </c>
       <c r="AQ8" s="4">
-        <v>54002792.665211998</v>
+        <v>54002792.664999999</v>
       </c>
       <c r="AR8" s="4">
-        <v>61707388.101179995</v>
+        <v>61707388.100999996</v>
       </c>
       <c r="AS8" s="4">
-        <v>73524442.986756995</v>
+        <v>73524442.987000003</v>
       </c>
       <c r="AT8" s="4">
-        <v>82697457.241221994</v>
+        <v>82697457.240999997</v>
       </c>
       <c r="AU8" s="4">
-        <v>90696962.282269999</v>
+        <v>90696962.28199999</v>
       </c>
       <c r="AV8" s="4">
-        <v>94380192.936872005</v>
+        <v>94380192.937000006</v>
       </c>
       <c r="AW8" s="4">
-        <v>98455335.111428991</v>
+        <v>98455335.110999987</v>
       </c>
       <c r="AX8" s="4">
-        <v>117192569.75795999</v>
+        <v>117192569.758</v>
       </c>
       <c r="AY8" s="4">
-        <v>131438737.97496998</v>
+        <v>131438737.97499999</v>
       </c>
       <c r="AZ8" s="4">
-        <v>142976022.86719</v>
+        <v>142976022.86699998</v>
       </c>
       <c r="BA8" s="4">
-        <v>149150432.03061002</v>
+        <v>149150432.03100002</v>
       </c>
       <c r="BB8" s="4">
-        <v>160157693.42238</v>
+        <v>160157693.42200002</v>
       </c>
       <c r="BC8" s="4">
-        <v>164800000.75708002</v>
+        <v>164800000.757</v>
       </c>
       <c r="BD8" s="4">
-        <v>174735822.73911002</v>
+        <v>174735822.73899999</v>
       </c>
       <c r="BE8" s="4">
-        <v>190299910.54844999</v>
+        <v>190299910.54800001</v>
       </c>
       <c r="BF8" s="4">
-        <v>208752524.55548</v>
+        <v>208752524.55500001</v>
       </c>
       <c r="BG8" s="4">
-        <v>187438661.13473001</v>
+        <v>187438661.13499999</v>
       </c>
       <c r="BH8" s="4">
-        <v>228906839.86519998</v>
+        <v>228906839.86499998</v>
       </c>
       <c r="BI8" s="4">
-        <v>288842326.59631002</v>
+        <v>288842326.59600002</v>
       </c>
       <c r="BJ8" s="4">
-        <v>349799577.30044001</v>
+        <v>349799577.30000001</v>
+      </c>
+      <c r="BK8" s="4">
+        <v>338777365.44</v>
       </c>
     </row>
-    <row r="9" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A9" s="22" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B9" s="14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I9" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J9" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>3</v>
@@ -18685,149 +18965,152 @@
       <c r="X9" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Y9" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Z9" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA9" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB9" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC9" s="4">
         <v>117711.20000000001</v>
       </c>
       <c r="AD9" s="4">
         <v>155007.4</v>
       </c>
       <c r="AE9" s="4">
         <v>214357</v>
       </c>
       <c r="AF9" s="4">
-        <v>256110.63927029999</v>
+        <v>256110.639</v>
       </c>
       <c r="AG9" s="4">
-        <v>322598.07801105001</v>
+        <v>322598.07799999998</v>
       </c>
       <c r="AH9" s="4">
-        <v>393654.16135178995</v>
+        <v>393654.16099999996</v>
       </c>
       <c r="AI9" s="4">
-        <v>481788.17970231001</v>
+        <v>481788.18</v>
       </c>
       <c r="AJ9" s="4">
-        <v>591328.39629648009</v>
+        <v>591328.39599999995</v>
       </c>
       <c r="AK9" s="4">
-        <v>720295.99675217003</v>
+        <v>720295.99700000009</v>
       </c>
       <c r="AL9" s="4">
-        <v>863303.58115983999</v>
+        <v>863303.58100000001</v>
       </c>
       <c r="AM9" s="4">
-        <v>978114.47949202999</v>
+        <v>978114.47899999993</v>
       </c>
       <c r="AN9" s="4">
-        <v>1143465.4943370002</v>
+        <v>1143465.4939999999</v>
       </c>
       <c r="AO9" s="4">
-        <v>1302774.8376319001</v>
+        <v>1302774.838</v>
       </c>
       <c r="AP9" s="4">
-        <v>1503974.1746259001</v>
+        <v>1503974.175</v>
       </c>
       <c r="AQ9" s="4">
-        <v>1738073.9005603001</v>
+        <v>1738073.9010000001</v>
       </c>
       <c r="AR9" s="4">
-        <v>2084913.9953960998</v>
+        <v>2084913.9949999999</v>
       </c>
       <c r="AS9" s="4">
-        <v>2560344.5902673998</v>
+        <v>2560344.5900000003</v>
       </c>
       <c r="AT9" s="4">
-        <v>3213401.1318104998</v>
+        <v>3213401.1319999998</v>
       </c>
       <c r="AU9" s="4">
-        <v>3840268.3051216998</v>
+        <v>3840268.3050000002</v>
       </c>
       <c r="AV9" s="4">
-        <v>3896824.6766903</v>
+        <v>3896824.6770000001</v>
       </c>
       <c r="AW9" s="4">
-        <v>4382366.9851387003</v>
+        <v>4382366.9849999994</v>
       </c>
       <c r="AX9" s="4">
-        <v>4897581.7003376</v>
+        <v>4897581.7</v>
       </c>
       <c r="AY9" s="4">
-        <v>5359844.8007876007</v>
+        <v>5359844.801</v>
       </c>
       <c r="AZ9" s="4">
-        <v>5851096.2821974996</v>
+        <v>5851096.2820000006</v>
       </c>
       <c r="BA9" s="4">
-        <v>6330931.3350459998</v>
+        <v>6330931.335</v>
       </c>
       <c r="BB9" s="4">
-        <v>6923574.9780358998</v>
+        <v>6923574.9779999992</v>
       </c>
       <c r="BC9" s="4">
-        <v>7528752.1562202005</v>
+        <v>7528752.1559999995</v>
       </c>
       <c r="BD9" s="4">
         <v>7893641.8700000001</v>
       </c>
       <c r="BE9" s="4">
-        <v>8339990.6264069993</v>
+        <v>8339990.6260000011</v>
       </c>
       <c r="BF9" s="4">
         <v>8855884.9199999999</v>
       </c>
       <c r="BG9" s="4">
-        <v>8235528.2186285006</v>
+        <v>8235528.2189999996</v>
       </c>
       <c r="BH9" s="4">
-        <v>10019264.387472</v>
+        <v>10019264.387</v>
       </c>
       <c r="BI9" s="4">
-        <v>11285967.027633</v>
+        <v>11285967.027999999</v>
       </c>
       <c r="BJ9" s="4">
-        <v>11732285.942492001</v>
+        <v>11732285.942</v>
+      </c>
+      <c r="BK9" s="4">
+        <v>12200437.024999999</v>
       </c>
     </row>
-    <row r="10" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A10" s="22" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B10" s="14" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>3</v>
@@ -18877,140 +19160,143 @@
       <c r="Z10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AD10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AE10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AF10" s="4">
         <v>437617</v>
       </c>
       <c r="AG10" s="4">
         <v>488675</v>
       </c>
       <c r="AH10" s="4">
-        <v>550685.55058407004</v>
+        <v>550685.55099999998</v>
       </c>
       <c r="AI10" s="4">
-        <v>605628.71510758996</v>
+        <v>605628.71500000008</v>
       </c>
       <c r="AJ10" s="4">
         <v>658250</v>
       </c>
       <c r="AK10" s="4">
         <v>696549</v>
       </c>
       <c r="AL10" s="4">
         <v>746222</v>
       </c>
       <c r="AM10" s="4">
         <v>771596.29700000002</v>
       </c>
       <c r="AN10" s="4">
-        <v>835771.15673964005</v>
+        <v>835771.15700000001</v>
       </c>
       <c r="AO10" s="4">
-        <v>895423.30954590999</v>
+        <v>895423.31</v>
       </c>
       <c r="AP10" s="4">
-        <v>962759.57923232997</v>
+        <v>962759.57900000003</v>
       </c>
       <c r="AQ10" s="4">
-        <v>1062167.1557008999</v>
+        <v>1062167.156</v>
       </c>
       <c r="AR10" s="4">
-        <v>1124801.3262622</v>
+        <v>1124801.3260000001</v>
       </c>
       <c r="AS10" s="4">
-        <v>1194921.6660473</v>
+        <v>1194921.666</v>
       </c>
       <c r="AT10" s="4">
-        <v>1316196.5561788999</v>
+        <v>1316196.5560000001</v>
       </c>
       <c r="AU10" s="4">
-        <v>1346208.2758809999</v>
+        <v>1346208.2760000001</v>
       </c>
       <c r="AV10" s="4">
-        <v>1268851.4776931999</v>
+        <v>1268851.4780000001</v>
       </c>
       <c r="AW10" s="4">
-        <v>1286861.1608509</v>
+        <v>1286861.1610000001</v>
       </c>
       <c r="AX10" s="4">
-        <v>1341574.7379707999</v>
+        <v>1341574.7380000001</v>
       </c>
       <c r="AY10" s="4">
-        <v>1367270.4369103</v>
+        <v>1367270.4369999999</v>
       </c>
       <c r="AZ10" s="4">
-        <v>1396555.4000683001</v>
+        <v>1396555.4</v>
       </c>
       <c r="BA10" s="4">
-        <v>1427644.5812190999</v>
+        <v>1427644.581</v>
       </c>
       <c r="BB10" s="4">
-        <v>1532565.1837591999</v>
+        <v>1532565.1840000001</v>
       </c>
       <c r="BC10" s="4">
-        <v>1632446.5603034</v>
+        <v>1632446.56</v>
       </c>
       <c r="BD10" s="4">
-        <v>1760047.3179687001</v>
+        <v>1760047.318</v>
       </c>
       <c r="BE10" s="4">
-        <v>1892396.1007981</v>
+        <v>1892396.101</v>
       </c>
       <c r="BF10" s="4">
-        <v>2014190.1306293001</v>
+        <v>2014190.1310000001</v>
       </c>
       <c r="BG10" s="4">
-        <v>1984321.3403361998</v>
+        <v>1984321.3399999999</v>
       </c>
       <c r="BH10" s="4">
-        <v>2122825.6399455001</v>
+        <v>2122825.64</v>
       </c>
       <c r="BI10" s="4">
-        <v>2339641.2872084002</v>
+        <v>2339653.0959999999</v>
       </c>
       <c r="BJ10" s="4">
-        <v>2567488.8856982999</v>
+        <v>2546262.6039999998</v>
+      </c>
+      <c r="BK10" s="4">
+        <v>2737378.0950000002</v>
       </c>
     </row>
-    <row r="11" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A11" s="22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B11" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="4">
         <v>20820.8</v>
       </c>
       <c r="E11" s="4">
         <v>24455</v>
       </c>
       <c r="F11" s="4">
         <v>27395.1</v>
       </c>
       <c r="G11" s="4">
         <v>33321.5</v>
       </c>
       <c r="H11" s="4">
         <v>37580.800000000003</v>
       </c>
       <c r="I11" s="4">
         <v>47213</v>
       </c>
       <c r="J11" s="4">
         <v>56501.8</v>
@@ -19048,155 +19334,158 @@
       <c r="U11" s="4">
         <v>202380.30000000002</v>
       </c>
       <c r="V11" s="4">
         <v>237321.1</v>
       </c>
       <c r="W11" s="4">
         <v>261265.80000000002</v>
       </c>
       <c r="X11" s="4">
         <v>298096.2</v>
       </c>
       <c r="Y11" s="4">
         <v>323292.39999999997</v>
       </c>
       <c r="Z11" s="4">
         <v>350102.7</v>
       </c>
       <c r="AA11" s="4">
         <v>365668.7</v>
       </c>
       <c r="AB11" s="4">
         <v>373465.59999999998</v>
       </c>
       <c r="AC11" s="4">
-        <v>381079</v>
+        <v>378691.89999999997</v>
       </c>
       <c r="AD11" s="4">
-        <v>391239.10000000003</v>
+        <v>388822.60000000003</v>
       </c>
       <c r="AE11" s="4">
-        <v>410747.1</v>
+        <v>408165.39999999997</v>
       </c>
       <c r="AF11" s="4">
-        <v>425305.8</v>
+        <v>422723.9</v>
       </c>
       <c r="AG11" s="4">
-        <v>463670.7</v>
+        <v>461055.60000000003</v>
       </c>
       <c r="AH11" s="4">
-        <v>482617.14438700001</v>
+        <v>482617.14399999997</v>
       </c>
       <c r="AI11" s="4">
-        <v>509596.01271600003</v>
+        <v>509596.01300000004</v>
       </c>
       <c r="AJ11" s="4">
-        <v>535791.69228099997</v>
+        <v>535791.69200000004</v>
       </c>
       <c r="AK11" s="4">
-        <v>562594.168405</v>
+        <v>562594.16799999995</v>
       </c>
       <c r="AL11" s="4">
-        <v>596223.67313200003</v>
+        <v>596223.67299999995</v>
       </c>
       <c r="AM11" s="4">
-        <v>620453.22521199996</v>
+        <v>620453.22499999998</v>
       </c>
       <c r="AN11" s="4">
-        <v>630358.938295</v>
+        <v>630358.93799999997</v>
       </c>
       <c r="AO11" s="4">
-        <v>641764.66359000001</v>
+        <v>641764.66399999999</v>
       </c>
       <c r="AP11" s="4">
-        <v>657467.48703700001</v>
+        <v>657467.48699999996</v>
       </c>
       <c r="AQ11" s="4">
-        <v>698981.71017600002</v>
+        <v>698981.71</v>
       </c>
       <c r="AR11" s="4">
-        <v>761415.02714200004</v>
+        <v>761415.027</v>
       </c>
       <c r="AS11" s="4">
-        <v>783124.20180000004</v>
+        <v>783124.20199999993</v>
       </c>
       <c r="AT11" s="4">
-        <v>810361.27216499997</v>
+        <v>810361.272</v>
       </c>
       <c r="AU11" s="4">
-        <v>810045.21071200003</v>
+        <v>810045.21100000001</v>
       </c>
       <c r="AV11" s="4">
-        <v>773736.42991599999</v>
+        <v>773736.43</v>
       </c>
       <c r="AW11" s="4">
-        <v>812074.80165399995</v>
+        <v>812074.80200000003</v>
       </c>
       <c r="AX11" s="4">
-        <v>829382.15784</v>
+        <v>829382.15800000005</v>
       </c>
       <c r="AY11" s="4">
-        <v>863676.00934999995</v>
+        <v>863676.00900000008</v>
       </c>
       <c r="AZ11" s="4">
-        <v>889781.79312199994</v>
+        <v>889781.79299999995</v>
       </c>
       <c r="BA11" s="4">
-        <v>965897.82728299999</v>
+        <v>965897.82700000005</v>
       </c>
       <c r="BB11" s="4">
-        <v>943782.77622799994</v>
+        <v>943782.77600000007</v>
       </c>
       <c r="BC11" s="4">
-        <v>962466.140472</v>
+        <v>962466.14</v>
       </c>
       <c r="BD11" s="4">
-        <v>995321.21467499994</v>
+        <v>995321.21500000008</v>
       </c>
       <c r="BE11" s="4">
-        <v>997139.29704500001</v>
+        <v>997139.29700000002</v>
       </c>
       <c r="BF11" s="4">
-        <v>1086076.7757989999</v>
+        <v>1086076.7760000001</v>
       </c>
       <c r="BG11" s="4">
-        <v>1099004.985042</v>
+        <v>1099004.9850000001</v>
       </c>
       <c r="BH11" s="4">
-        <v>1213123.35818</v>
+        <v>1212033.6059999999</v>
       </c>
       <c r="BI11" s="4">
-        <v>1192698.8703710001</v>
+        <v>1190688.138</v>
       </c>
       <c r="BJ11" s="4">
-        <v>1217018.657594</v>
+        <v>1226454.2290000001</v>
+      </c>
+      <c r="BK11" s="4">
+        <v>1322277.3640000001</v>
       </c>
     </row>
-    <row r="12" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A12" s="22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B12" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>3</v>
@@ -19285,216 +19574,219 @@
       <c r="AL12" s="4">
         <v>1750.23</v>
       </c>
       <c r="AM12" s="4">
         <v>1918.55</v>
       </c>
       <c r="AN12" s="4">
         <v>2118.5499999999997</v>
       </c>
       <c r="AO12" s="4">
         <v>2423.61</v>
       </c>
       <c r="AP12" s="4">
         <v>2690.78</v>
       </c>
       <c r="AQ12" s="4">
         <v>3029.5200000000004</v>
       </c>
       <c r="AR12" s="4">
         <v>3375.25</v>
       </c>
       <c r="AS12" s="4">
         <v>4129.9900000000007</v>
       </c>
       <c r="AT12" s="4">
-        <v>5081.74</v>
+        <v>5088.1109999999999</v>
       </c>
       <c r="AU12" s="4">
-        <v>5191.2299999999996</v>
+        <v>5205.5190000000002</v>
       </c>
       <c r="AV12" s="4">
-        <v>4939.3900000000003</v>
+        <v>4894.7209999999995</v>
       </c>
       <c r="AW12" s="4">
-        <v>4893.53</v>
+        <v>4862.5480000000007</v>
       </c>
       <c r="AX12" s="4">
-        <v>5252.34</v>
+        <v>5230.0079999999998</v>
       </c>
       <c r="AY12" s="4">
-        <v>5679.52</v>
+        <v>5751.3969999999999</v>
       </c>
       <c r="AZ12" s="4">
-        <v>5988.26</v>
+        <v>6053.0419999999995</v>
       </c>
       <c r="BA12" s="4">
-        <v>6442.5527683099999</v>
+        <v>6550.4110000000001</v>
       </c>
       <c r="BB12" s="4">
-        <v>6874.4653595600003</v>
+        <v>6995.6549999999997</v>
       </c>
       <c r="BC12" s="4">
-        <v>7289.2674342500004</v>
+        <v>7421.8419999999996</v>
       </c>
       <c r="BD12" s="4">
-        <v>7757.3690205099992</v>
+        <v>7840.4879999999994</v>
       </c>
       <c r="BE12" s="4">
-        <v>8531.8283737199999</v>
+        <v>8604.652</v>
       </c>
       <c r="BF12" s="4">
-        <v>9297.6111824500003</v>
+        <v>9382.652</v>
       </c>
       <c r="BG12" s="4">
-        <v>9133.7309509299994</v>
+        <v>9223.8209999999999</v>
       </c>
       <c r="BH12" s="4">
-        <v>10536.26929273</v>
+        <v>10631.159</v>
       </c>
       <c r="BI12" s="4">
-        <v>11861.74542829</v>
+        <v>11955.553</v>
       </c>
       <c r="BJ12" s="4">
-        <v>12794.825352260001</v>
+        <v>12885.965</v>
+      </c>
+      <c r="BK12" s="4">
+        <v>14038.857</v>
       </c>
     </row>
-    <row r="13" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A13" s="22" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B13" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="4">
-        <v>1361.7902578825001</v>
+        <v>1361.79</v>
       </c>
       <c r="E13" s="4">
-        <v>1515.5140226684</v>
+        <v>1515.5140000000001</v>
       </c>
       <c r="F13" s="4">
-        <v>1708.4255743197</v>
+        <v>1708.4259999999999</v>
       </c>
       <c r="G13" s="4">
-        <v>1983.0764582314</v>
+        <v>1983.076</v>
       </c>
       <c r="H13" s="4">
-        <v>2163.3739153981001</v>
+        <v>2163.3740000000003</v>
       </c>
       <c r="I13" s="4">
-        <v>2501.7588958799001</v>
+        <v>2501.759</v>
       </c>
       <c r="J13" s="4">
-        <v>2889.7684422265997</v>
+        <v>2889.768</v>
       </c>
       <c r="K13" s="4">
-        <v>3418.5421554628001</v>
+        <v>3418.5419999999999</v>
       </c>
       <c r="L13" s="4">
-        <v>4262.6682308144</v>
+        <v>4262.6679999999997</v>
       </c>
       <c r="M13" s="4">
-        <v>5255.9769969373001</v>
+        <v>5255.9769999999999</v>
       </c>
       <c r="N13" s="4">
-        <v>6589.9222308581993</v>
+        <v>6589.9219999999996</v>
       </c>
       <c r="O13" s="4">
-        <v>8202.5338308972005</v>
+        <v>8202.5339999999997</v>
       </c>
       <c r="P13" s="4">
-        <v>9042.7629948848989</v>
+        <v>9042.7630000000008</v>
       </c>
       <c r="Q13" s="4">
-        <v>9165.4621568711009</v>
+        <v>9165.4619999999995</v>
       </c>
       <c r="R13" s="4">
-        <v>10232.943835107999</v>
+        <v>10232.944</v>
       </c>
       <c r="S13" s="4">
-        <v>11894.806605465001</v>
+        <v>11894.807000000001</v>
       </c>
       <c r="T13" s="4">
-        <v>14196.731486483999</v>
+        <v>14196.731</v>
       </c>
       <c r="U13" s="4">
-        <v>15598.976309905</v>
+        <v>15598.976000000001</v>
       </c>
       <c r="V13" s="4">
-        <v>17235.521318863997</v>
+        <v>17235.520999999997</v>
       </c>
       <c r="W13" s="4">
-        <v>20089.908220778001</v>
+        <v>20089.907999999999</v>
       </c>
       <c r="X13" s="4">
-        <v>22812.744319269001</v>
+        <v>22812.743999999999</v>
       </c>
       <c r="Y13" s="4">
-        <v>25258.743153771</v>
+        <v>25258.742999999999</v>
       </c>
       <c r="Z13" s="4">
-        <v>26251.748340637998</v>
+        <v>26251.748</v>
       </c>
       <c r="AA13" s="4">
-        <v>32199.160510166999</v>
+        <v>32199.160999999996</v>
       </c>
       <c r="AB13" s="4">
-        <v>35694.624880411</v>
+        <v>35694.625</v>
       </c>
       <c r="AC13" s="4">
-        <v>39052.381450216999</v>
+        <v>39052.380999999994</v>
       </c>
       <c r="AD13" s="4">
         <v>38653</v>
       </c>
       <c r="AE13" s="4">
-        <v>37304.503729600001</v>
+        <v>37304.504000000001</v>
       </c>
       <c r="AF13" s="4">
         <v>37280</v>
       </c>
       <c r="AG13" s="4">
-        <v>41307.123868727998</v>
+        <v>41307.124000000003</v>
       </c>
       <c r="AH13" s="4">
         <v>43854</v>
       </c>
       <c r="AI13" s="4">
         <v>46642</v>
       </c>
       <c r="AJ13" s="4">
         <v>49794</v>
       </c>
       <c r="AK13" s="4">
         <v>53963</v>
       </c>
       <c r="AL13" s="4">
-        <v>56175.363248920003</v>
+        <v>56175.362999999998</v>
       </c>
       <c r="AM13" s="4">
-        <v>62435.010071668999</v>
+        <v>62435.009999999995</v>
       </c>
       <c r="AN13" s="4">
         <v>62356</v>
       </c>
       <c r="AO13" s="4">
         <v>64257.999999999993</v>
       </c>
       <c r="AP13" s="4">
         <v>64247</v>
       </c>
       <c r="AQ13" s="4">
         <v>66278</v>
       </c>
       <c r="AR13" s="4">
         <v>69230</v>
       </c>
       <c r="AS13" s="4">
         <v>72763</v>
       </c>
       <c r="AT13" s="4">
         <v>77447</v>
       </c>
       <c r="AU13" s="4">
         <v>79823</v>
       </c>
@@ -19519,144 +19811,147 @@
       <c r="BB13" s="4">
         <v>92003</v>
       </c>
       <c r="BC13" s="4">
         <v>95115</v>
       </c>
       <c r="BD13" s="4">
         <v>96985</v>
       </c>
       <c r="BE13" s="4">
         <v>98958</v>
       </c>
       <c r="BF13" s="4">
         <v>101439</v>
       </c>
       <c r="BG13" s="4">
         <v>99610</v>
       </c>
       <c r="BH13" s="4">
         <v>108314</v>
       </c>
       <c r="BI13" s="4">
         <v>115575</v>
       </c>
       <c r="BJ13" s="4">
-        <v>116686</v>
+        <v>116664</v>
+      </c>
+      <c r="BK13" s="4">
+        <v>116504</v>
       </c>
     </row>
-    <row r="14" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A14" s="22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B14" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="4">
-        <v>25776.079834501001</v>
+        <v>25776.080000000002</v>
       </c>
       <c r="E14" s="4">
-        <v>27741.147666692003</v>
+        <v>27741.147999999997</v>
       </c>
       <c r="F14" s="4">
-        <v>30291.619725073</v>
+        <v>30291.620000000003</v>
       </c>
       <c r="G14" s="4">
-        <v>33142.416347412996</v>
+        <v>33142.415999999997</v>
       </c>
       <c r="H14" s="4">
-        <v>38815.044278816997</v>
+        <v>38815.044000000002</v>
       </c>
       <c r="I14" s="4">
-        <v>42421.683128620003</v>
+        <v>42421.683000000005</v>
       </c>
       <c r="J14" s="4">
-        <v>46513.262302255003</v>
+        <v>46513.261999999995</v>
       </c>
       <c r="K14" s="4">
-        <v>52590.337476389002</v>
+        <v>52590.337</v>
       </c>
       <c r="L14" s="4">
-        <v>60280.628150930999</v>
+        <v>60280.627999999997</v>
       </c>
       <c r="M14" s="4">
-        <v>70511.481697733005</v>
+        <v>70511.482000000004</v>
       </c>
       <c r="N14" s="4">
-        <v>82578.736106177996</v>
+        <v>82578.736000000004</v>
       </c>
       <c r="O14" s="4">
-        <v>100425.33275808999</v>
+        <v>100425.333</v>
       </c>
       <c r="P14" s="4">
-        <v>113031.95178952</v>
+        <v>113031.952</v>
       </c>
       <c r="Q14" s="4">
-        <v>128283.71371904001</v>
+        <v>128283.71400000001</v>
       </c>
       <c r="R14" s="4">
-        <v>152153.26614396999</v>
+        <v>152153.266</v>
       </c>
       <c r="S14" s="4">
-        <v>178576.18715861</v>
+        <v>178576.18700000001</v>
       </c>
       <c r="T14" s="4">
-        <v>202124.22460619002</v>
+        <v>202124.22500000001</v>
       </c>
       <c r="U14" s="4">
-        <v>236741.28029734001</v>
+        <v>236741.28</v>
       </c>
       <c r="V14" s="4">
-        <v>266017.13222055999</v>
+        <v>266017.13199999998</v>
       </c>
       <c r="W14" s="4">
-        <v>296396.25768153003</v>
+        <v>296396.25799999997</v>
       </c>
       <c r="X14" s="4">
-        <v>318546.9474371</v>
+        <v>318546.94699999999</v>
       </c>
       <c r="Y14" s="4">
-        <v>339772.88145411998</v>
+        <v>339772.88099999999</v>
       </c>
       <c r="Z14" s="4">
-        <v>361685.59829379001</v>
+        <v>361685.598</v>
       </c>
       <c r="AA14" s="4">
-        <v>383315.21730844997</v>
+        <v>383315.217</v>
       </c>
       <c r="AB14" s="4">
-        <v>410387.87603456003</v>
+        <v>410387.87599999999</v>
       </c>
       <c r="AC14" s="4">
-        <v>433771.42099254002</v>
+        <v>433771.42099999997</v>
       </c>
       <c r="AD14" s="4">
-        <v>453622.56977210002</v>
+        <v>453622.57</v>
       </c>
       <c r="AE14" s="4">
-        <v>470202.78210766998</v>
+        <v>470202.78200000001</v>
       </c>
       <c r="AF14" s="4">
         <v>488186.5</v>
       </c>
       <c r="AG14" s="4">
         <v>505217.5</v>
       </c>
       <c r="AH14" s="4">
         <v>518257.39999999997</v>
       </c>
       <c r="AI14" s="4">
         <v>546563.80000000005</v>
       </c>
       <c r="AJ14" s="4">
         <v>566980.4</v>
       </c>
       <c r="AK14" s="4">
         <v>589650.20000000007</v>
       </c>
       <c r="AL14" s="4">
         <v>621083.60000000009</v>
       </c>
       <c r="AM14" s="4">
         <v>643426.69999999995</v>
       </c>
@@ -19702,168 +19997,171 @@
       <c r="BA14" s="4">
         <v>977929.1</v>
       </c>
       <c r="BB14" s="4">
         <v>998619.6</v>
       </c>
       <c r="BC14" s="4">
         <v>1013171.2</v>
       </c>
       <c r="BD14" s="4">
         <v>1059643.8</v>
       </c>
       <c r="BE14" s="4">
         <v>1083977.3999999999</v>
       </c>
       <c r="BF14" s="4">
         <v>1095066</v>
       </c>
       <c r="BG14" s="4">
         <v>1048775</v>
       </c>
       <c r="BH14" s="4">
         <v>1130134</v>
       </c>
       <c r="BI14" s="4">
-        <v>1215509</v>
+        <v>1217015</v>
       </c>
       <c r="BJ14" s="4">
-        <v>1236644</v>
+        <v>1239579</v>
+      </c>
+      <c r="BK14" s="4">
+        <v>1269053</v>
       </c>
     </row>
-    <row r="15" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A15" s="22" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B15" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="4">
-        <v>74358.918085928002</v>
+        <v>74358.918000000005</v>
       </c>
       <c r="E15" s="4">
-        <v>80527.654632560007</v>
+        <v>80527.654999999999</v>
       </c>
       <c r="F15" s="4">
-        <v>81593.698204853994</v>
+        <v>81593.698000000004</v>
       </c>
       <c r="G15" s="4">
-        <v>87888.212554261001</v>
+        <v>87888.212999999989</v>
       </c>
       <c r="H15" s="4">
-        <v>103575.15876124</v>
+        <v>103575.159</v>
       </c>
       <c r="I15" s="4">
-        <v>113863.37399466999</v>
+        <v>113863.374</v>
       </c>
       <c r="J15" s="4">
-        <v>128355.4310753</v>
+        <v>128355.43100000001</v>
       </c>
       <c r="K15" s="4">
-        <v>146450.05075083001</v>
+        <v>146450.05100000001</v>
       </c>
       <c r="L15" s="4">
-        <v>170300.79442486999</v>
+        <v>170300.79399999999</v>
       </c>
       <c r="M15" s="4">
-        <v>183561.14936370001</v>
+        <v>183561.149</v>
       </c>
       <c r="N15" s="4">
-        <v>189165.41967348999</v>
+        <v>189165.42</v>
       </c>
       <c r="O15" s="4">
-        <v>210902.48271067001</v>
+        <v>210902.48299999998</v>
       </c>
       <c r="P15" s="4">
-        <v>233449.94337954</v>
+        <v>233449.943</v>
       </c>
       <c r="Q15" s="4">
-        <v>249031.05216711</v>
+        <v>249031.052</v>
       </c>
       <c r="R15" s="4">
-        <v>268359.41915196995</v>
+        <v>268359.41899999999</v>
       </c>
       <c r="S15" s="4">
-        <v>287373.34162989998</v>
+        <v>287373.342</v>
       </c>
       <c r="T15" s="4">
-        <v>296221.75892588001</v>
+        <v>296221.75900000002</v>
       </c>
       <c r="U15" s="4">
-        <v>305838.13662742003</v>
+        <v>305838.13700000005</v>
       </c>
       <c r="V15" s="4">
-        <v>319576.03818327998</v>
+        <v>319576.038</v>
       </c>
       <c r="W15" s="4">
-        <v>336528.43179622001</v>
+        <v>336528.43200000003</v>
       </c>
       <c r="X15" s="4">
-        <v>355319.94230582</v>
+        <v>355319.94200000004</v>
       </c>
       <c r="Y15" s="4">
-        <v>371655.20661815995</v>
+        <v>371655.20699999999</v>
       </c>
       <c r="Z15" s="4">
-        <v>386600.77959741</v>
+        <v>386600.77999999997</v>
       </c>
       <c r="AA15" s="4">
-        <v>403885.51293312997</v>
+        <v>403885.51299999998</v>
       </c>
       <c r="AB15" s="4">
-        <v>435033.41433560004</v>
+        <v>435033.41399999999</v>
       </c>
       <c r="AC15" s="4">
-        <v>454764.47339493001</v>
+        <v>454764.473</v>
       </c>
       <c r="AD15" s="4">
-        <v>553028.63745827007</v>
+        <v>553028.63699999999</v>
       </c>
       <c r="AE15" s="4">
-        <v>608617.31336568005</v>
+        <v>608617.31299999997</v>
       </c>
       <c r="AF15" s="4">
-        <v>626477.25006774999</v>
+        <v>626477.25</v>
       </c>
       <c r="AG15" s="4">
-        <v>662032.99877801002</v>
+        <v>662032.99900000007</v>
       </c>
       <c r="AH15" s="4">
-        <v>687968.27945169003</v>
+        <v>687968.2790000001</v>
       </c>
       <c r="AI15" s="4">
-        <v>685271.21477838</v>
+        <v>685271.21499999997</v>
       </c>
       <c r="AJ15" s="4">
-        <v>693264.24075711996</v>
+        <v>693264.24099999992</v>
       </c>
       <c r="AK15" s="4">
-        <v>715898.89319624007</v>
+        <v>715898.89300000004</v>
       </c>
       <c r="AL15" s="4">
-        <v>746629.95985335996</v>
+        <v>746629.96</v>
       </c>
       <c r="AM15" s="4">
         <v>767045</v>
       </c>
       <c r="AN15" s="4">
         <v>763140</v>
       </c>
       <c r="AO15" s="4">
         <v>759652</v>
       </c>
       <c r="AP15" s="4">
         <v>768400</v>
       </c>
       <c r="AQ15" s="4">
         <v>781036</v>
       </c>
       <c r="AR15" s="4">
         <v>792868</v>
       </c>
       <c r="AS15" s="4">
         <v>839857</v>
       </c>
       <c r="AT15" s="4">
         <v>892257</v>
       </c>
@@ -19885,156 +20183,159 @@
       <c r="AZ15" s="4">
         <v>1059167</v>
       </c>
       <c r="BA15" s="4">
         <v>1101113</v>
       </c>
       <c r="BB15" s="4">
         <v>1151532</v>
       </c>
       <c r="BC15" s="4">
         <v>1207434</v>
       </c>
       <c r="BD15" s="4">
         <v>1258761</v>
       </c>
       <c r="BE15" s="4">
         <v>1319132</v>
       </c>
       <c r="BF15" s="4">
         <v>1366243</v>
       </c>
       <c r="BG15" s="4">
         <v>1315613</v>
       </c>
       <c r="BH15" s="4">
-        <v>1439067</v>
+        <v>1438071</v>
       </c>
       <c r="BI15" s="4">
-        <v>1537045</v>
+        <v>1542292</v>
       </c>
       <c r="BJ15" s="4">
-        <v>1568797</v>
+        <v>1573582</v>
+      </c>
+      <c r="BK15" s="4">
+        <v>1645939</v>
       </c>
     </row>
-    <row r="16" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A16" s="22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B16" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="4">
-        <v>115.98532648569</v>
+        <v>115.985</v>
       </c>
       <c r="E16" s="4">
-        <v>138.899486427</v>
+        <v>138.899</v>
       </c>
       <c r="F16" s="4">
-        <v>157.19735876741998</v>
+        <v>157.197</v>
       </c>
       <c r="G16" s="4">
-        <v>177.12105649303001</v>
+        <v>177.12100000000001</v>
       </c>
       <c r="H16" s="4">
-        <v>201.34996331620999</v>
+        <v>201.35</v>
       </c>
       <c r="I16" s="4">
-        <v>222.23624358033999</v>
+        <v>222.23599999999999</v>
       </c>
       <c r="J16" s="4">
-        <v>244.46661775494999</v>
+        <v>244.46699999999998</v>
       </c>
       <c r="K16" s="4">
-        <v>281.19148936170001</v>
+        <v>281.19100000000003</v>
       </c>
       <c r="L16" s="4">
-        <v>338.02201027146003</v>
+        <v>338.02199999999999</v>
       </c>
       <c r="M16" s="4">
-        <v>407.22523844461</v>
+        <v>407.22500000000002</v>
       </c>
       <c r="N16" s="4">
-        <v>502.08950843726996</v>
+        <v>502.09000000000003</v>
       </c>
       <c r="O16" s="4">
-        <v>678.75862068966001</v>
+        <v>678.75900000000001</v>
       </c>
       <c r="P16" s="4">
-        <v>806.46515040351994</v>
+        <v>806.46500000000003</v>
       </c>
       <c r="Q16" s="4">
-        <v>982.08657373440997</v>
+        <v>982.08699999999999</v>
       </c>
       <c r="R16" s="4">
-        <v>1263.2457813646001</v>
+        <v>1263.2460000000001</v>
       </c>
       <c r="S16" s="4">
-        <v>1475.2046955246001</v>
+        <v>1475.2050000000002</v>
       </c>
       <c r="T16" s="4">
-        <v>1779.5539251651001</v>
+        <v>1779.5540000000001</v>
       </c>
       <c r="U16" s="4">
-        <v>2526.1628760088001</v>
+        <v>2526.163</v>
       </c>
       <c r="V16" s="4">
-        <v>3064.8569332354996</v>
+        <v>3064.857</v>
       </c>
       <c r="W16" s="4">
-        <v>3899.3807776962999</v>
+        <v>3899.3809999999999</v>
       </c>
       <c r="X16" s="4">
-        <v>4759.6096845193997</v>
+        <v>4759.6100000000006</v>
       </c>
       <c r="Y16" s="4">
-        <v>5970.6881878209997</v>
+        <v>5970.6880000000001</v>
       </c>
       <c r="Z16" s="4">
-        <v>6845.0447542186002</v>
+        <v>6845.0450000000001</v>
       </c>
       <c r="AA16" s="4">
-        <v>7515.3308877476002</v>
+        <v>7515.3310000000001</v>
       </c>
       <c r="AB16" s="4">
-        <v>8656.9948642700001</v>
+        <v>8656.9950000000008</v>
       </c>
       <c r="AC16" s="4">
-        <v>11471.602347762</v>
+        <v>11471.602000000001</v>
       </c>
       <c r="AD16" s="4">
-        <v>14224.296404989</v>
+        <v>14224.296</v>
       </c>
       <c r="AE16" s="4">
-        <v>16984.440205429</v>
+        <v>16984.439999999999</v>
       </c>
       <c r="AF16" s="4">
-        <v>19450.966984593</v>
+        <v>19450.966999999997</v>
       </c>
       <c r="AG16" s="4">
-        <v>22277.710931767997</v>
+        <v>22277.710999999999</v>
       </c>
       <c r="AH16" s="4">
         <v>26349</v>
       </c>
       <c r="AI16" s="4">
         <v>29319</v>
       </c>
       <c r="AJ16" s="4">
         <v>33910</v>
       </c>
       <c r="AK16" s="4">
         <v>38525</v>
       </c>
       <c r="AL16" s="4">
         <v>42568</v>
       </c>
       <c r="AM16" s="4">
         <v>47211</v>
       </c>
       <c r="AN16" s="4">
         <v>48606</v>
       </c>
       <c r="AO16" s="4">
         <v>54183</v>
       </c>
@@ -20074,59 +20375,62 @@
       <c r="BA16" s="4">
         <v>65022.999999999993</v>
       </c>
       <c r="BB16" s="4">
         <v>65162.000000000007</v>
       </c>
       <c r="BC16" s="4">
         <v>68422</v>
       </c>
       <c r="BD16" s="4">
         <v>70269</v>
       </c>
       <c r="BE16" s="4">
         <v>72443</v>
       </c>
       <c r="BF16" s="4">
         <v>72407</v>
       </c>
       <c r="BG16" s="4">
         <v>65196</v>
       </c>
       <c r="BH16" s="4">
         <v>72674</v>
       </c>
       <c r="BI16" s="4">
-        <v>85153</v>
+        <v>85208</v>
       </c>
       <c r="BJ16" s="4">
-        <v>87635</v>
+        <v>87653</v>
+      </c>
+      <c r="BK16" s="4">
+        <v>94618</v>
       </c>
     </row>
-    <row r="17" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A17" s="22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B17" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J17" s="4" t="s">
         <v>3</v>
@@ -20167,152 +20471,155 @@
       <c r="V17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="W17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="X17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Y17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="Z17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC17" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AD17" s="4">
-        <v>1158962.561283</v>
+        <v>1158962.561</v>
       </c>
       <c r="AE17" s="4">
-        <v>1356893.5020880001</v>
+        <v>1356893.5019999999</v>
       </c>
       <c r="AF17" s="4">
         <v>1667265.936</v>
       </c>
       <c r="AG17" s="4">
         <v>1939222.111</v>
       </c>
       <c r="AH17" s="4">
         <v>2379553.4959999998</v>
       </c>
       <c r="AI17" s="4">
         <v>2807673.8</v>
       </c>
       <c r="AJ17" s="4">
         <v>3334413.2479999997</v>
       </c>
       <c r="AK17" s="4">
         <v>3912001.1030000001</v>
       </c>
       <c r="AL17" s="4">
         <v>4448982.1449999996</v>
       </c>
       <c r="AM17" s="4">
         <v>5132569.7769999998</v>
       </c>
       <c r="AN17" s="4">
         <v>5789870.7999999998</v>
       </c>
       <c r="AO17" s="4">
         <v>6518277.1000000006</v>
       </c>
       <c r="AP17" s="4">
         <v>7114985.8000000007</v>
       </c>
       <c r="AQ17" s="4">
-        <v>7792914.4740180001</v>
+        <v>7792914.4740000004</v>
       </c>
       <c r="AR17" s="4">
         <v>8223540.3300000001</v>
       </c>
       <c r="AS17" s="4">
         <v>8848723.2000000011</v>
       </c>
       <c r="AT17" s="4">
         <v>10098955.200000001</v>
       </c>
       <c r="AU17" s="4">
         <v>10718136.6</v>
       </c>
       <c r="AV17" s="4">
         <v>10272719</v>
       </c>
       <c r="AW17" s="4">
         <v>10121687</v>
       </c>
       <c r="AX17" s="4">
         <v>10380101</v>
       </c>
       <c r="AY17" s="4">
         <v>11279928</v>
       </c>
       <c r="AZ17" s="4">
         <v>11668441</v>
       </c>
       <c r="BA17" s="4">
         <v>12584578</v>
       </c>
       <c r="BB17" s="4">
-        <v>13519622</v>
+        <v>13520685</v>
       </c>
       <c r="BC17" s="4">
-        <v>14134313</v>
+        <v>14135494</v>
       </c>
       <c r="BD17" s="4">
-        <v>14852785</v>
+        <v>14854547</v>
       </c>
       <c r="BE17" s="4">
-        <v>15961757.023</v>
+        <v>15963868.023</v>
       </c>
       <c r="BF17" s="4">
         <v>17308702</v>
       </c>
       <c r="BG17" s="4">
         <v>17425189.600000001</v>
       </c>
       <c r="BH17" s="4">
         <v>18646419</v>
       </c>
       <c r="BI17" s="4">
-        <v>23181302</v>
+        <v>23180994.050000001</v>
       </c>
       <c r="BJ17" s="4">
-        <v>25639584</v>
+        <v>26374459</v>
+      </c>
+      <c r="BK17" s="4">
+        <v>27980445</v>
       </c>
     </row>
-    <row r="18" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A18" s="22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B18" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="4">
         <v>59.73</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I18" s="4">
         <v>124.96000000000001</v>
       </c>
       <c r="J18" s="4" t="s">
         <v>3</v>
@@ -20374,317 +20681,323 @@
       <c r="AC18" s="4">
         <v>114932</v>
       </c>
       <c r="AD18" s="4">
         <v>125712</v>
       </c>
       <c r="AE18" s="4">
         <v>129032.99999999999</v>
       </c>
       <c r="AF18" s="4">
         <v>128639.00000000001</v>
       </c>
       <c r="AG18" s="4">
         <v>134728</v>
       </c>
       <c r="AH18" s="4">
         <v>141591</v>
       </c>
       <c r="AI18" s="4">
         <v>157464</v>
       </c>
       <c r="AJ18" s="4">
         <v>169542</v>
       </c>
       <c r="AK18" s="4">
-        <v>202915.58897100002</v>
+        <v>203055.33</v>
       </c>
       <c r="AL18" s="4">
-        <v>233390.63985100001</v>
+        <v>233530.38099999999</v>
       </c>
       <c r="AM18" s="4">
-        <v>254570.499744</v>
+        <v>254710.24100000001</v>
       </c>
       <c r="AN18" s="4">
-        <v>273286.09454141004</v>
+        <v>273565.57699999999</v>
       </c>
       <c r="AO18" s="4">
-        <v>288435.38372319</v>
+        <v>288714.86599999998</v>
       </c>
       <c r="AP18" s="4">
-        <v>309193.76030000002</v>
+        <v>309682.85399999999</v>
       </c>
       <c r="AQ18" s="4">
-        <v>352530.80829700001</v>
+        <v>353159.64300000004</v>
       </c>
       <c r="AR18" s="4">
-        <v>417334.95244900003</v>
+        <v>418103.52899999998</v>
       </c>
       <c r="AS18" s="4">
-        <v>485557.06770100002</v>
+        <v>486744.86700000003</v>
       </c>
       <c r="AT18" s="4">
-        <v>532768.69811999996</v>
+        <v>534375.72100000002</v>
       </c>
       <c r="AU18" s="4">
-        <v>544661.54290223995</v>
+        <v>546967.27099999995</v>
       </c>
       <c r="AV18" s="4">
-        <v>508667.47140600003</v>
+        <v>510414.23500000004</v>
       </c>
       <c r="AW18" s="4">
-        <v>541577.69723310007</v>
+        <v>542625.75600000005</v>
       </c>
       <c r="AX18" s="4">
-        <v>585935.89514184999</v>
+        <v>587193.56500000006</v>
       </c>
       <c r="AY18" s="4">
-        <v>626449.57610863005</v>
+        <v>628056.59900000005</v>
       </c>
       <c r="AZ18" s="4">
-        <v>676141.72654154</v>
+        <v>680168.10199999996</v>
       </c>
       <c r="BA18" s="4">
-        <v>774263.07119470008</v>
+        <v>777921.44699999993</v>
       </c>
       <c r="BB18" s="4">
-        <v>812002.20153895998</v>
+        <v>816267.28300000005</v>
       </c>
       <c r="BC18" s="4">
-        <v>1263204.1376064001</v>
+        <v>1269627.148</v>
       </c>
       <c r="BD18" s="4">
-        <v>980965.14927119995</v>
+        <v>989602.20500000007</v>
       </c>
       <c r="BE18" s="4">
-        <v>1036846.3523395999</v>
+        <v>1042244.8119999999</v>
       </c>
       <c r="BF18" s="4">
-        <v>1061977.9266864001</v>
+        <v>1063527.6169999999</v>
       </c>
       <c r="BG18" s="4">
-        <v>1061088.5715158</v>
+        <v>1063732.615</v>
       </c>
       <c r="BH18" s="4">
-        <v>1139977.8159320001</v>
+        <v>1147987.9080000001</v>
       </c>
       <c r="BI18" s="4">
-        <v>1365413.0538544999</v>
+        <v>1379483.558</v>
       </c>
       <c r="BJ18" s="4">
-        <v>1537203.8653267</v>
+        <v>1567564.591</v>
+      </c>
+      <c r="BK18" s="4">
+        <v>1699050.9620000001</v>
       </c>
     </row>
-    <row r="19" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A19" s="22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B19" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="4">
-        <v>316.92662437592003</v>
+        <v>316.92700000000002</v>
       </c>
       <c r="E19" s="4">
-        <v>360.73258808173</v>
+        <v>360.733</v>
       </c>
       <c r="F19" s="4">
-        <v>401.89749658440996</v>
+        <v>401.89699999999999</v>
       </c>
       <c r="G19" s="4">
-        <v>460.48321152312997</v>
+        <v>460.48299999999995</v>
       </c>
       <c r="H19" s="4">
-        <v>544.46368803043003</v>
+        <v>544.46399999999994</v>
       </c>
       <c r="I19" s="4">
-        <v>642.03036197692995</v>
+        <v>642.03</v>
       </c>
       <c r="J19" s="4">
-        <v>760.94133302182001</v>
+        <v>760.94100000000003</v>
       </c>
       <c r="K19" s="4">
-        <v>880.42368620201</v>
+        <v>880.42399999999998</v>
       </c>
       <c r="L19" s="4">
-        <v>1069.2464358452</v>
+        <v>1069.2459999999999</v>
       </c>
       <c r="M19" s="4">
-        <v>1200.3976819661998</v>
+        <v>1200.3980000000001</v>
       </c>
       <c r="N19" s="4">
-        <v>1518.6067418013001</v>
+        <v>1518.607</v>
       </c>
       <c r="O19" s="4">
-        <v>2065.7622745580002</v>
+        <v>2065.7619999999997</v>
       </c>
       <c r="P19" s="4">
-        <v>2411.4103742680004</v>
+        <v>2411.41</v>
       </c>
       <c r="Q19" s="4">
-        <v>2705.5452001361</v>
+        <v>2705.5450000000001</v>
       </c>
       <c r="R19" s="4">
-        <v>3131.7454835417002</v>
+        <v>3131.7449999999999</v>
       </c>
       <c r="S19" s="4">
-        <v>4046.2870319110998</v>
+        <v>4046.2870000000003</v>
       </c>
       <c r="T19" s="4">
-        <v>5081.2759344001997</v>
+        <v>5081.2759999999998</v>
       </c>
       <c r="U19" s="4">
-        <v>6247.1748327755004</v>
+        <v>6247.1750000000002</v>
       </c>
       <c r="V19" s="4">
-        <v>7193.2820697747002</v>
+        <v>7193.2820000000002</v>
       </c>
       <c r="W19" s="4">
-        <v>8163.5778171678994</v>
+        <v>8163.5779999999995</v>
       </c>
       <c r="X19" s="4">
-        <v>8586.1974391921995</v>
+        <v>8586.1970000000001</v>
       </c>
       <c r="Y19" s="4">
-        <v>9308.7672874838991</v>
+        <v>9308.7669999999998</v>
       </c>
       <c r="Z19" s="4">
-        <v>10007.224809666001</v>
+        <v>10007.225</v>
       </c>
       <c r="AA19" s="4">
-        <v>11236.242387920001</v>
+        <v>11236.242</v>
       </c>
       <c r="AB19" s="4">
-        <v>11430.029813450001</v>
+        <v>11430.03</v>
       </c>
       <c r="AC19" s="4">
-        <v>12259.822973116999</v>
+        <v>12259.823</v>
       </c>
       <c r="AD19" s="4">
-        <v>12944.329349742</v>
+        <v>12944.329</v>
       </c>
       <c r="AE19" s="4">
-        <v>13895.444022326999</v>
+        <v>13895.444</v>
       </c>
       <c r="AF19" s="4">
-        <v>15007.788324504001</v>
+        <v>15007.788</v>
       </c>
       <c r="AG19" s="4">
-        <v>16659.126252597001</v>
+        <v>16659.126</v>
       </c>
       <c r="AH19" s="4">
-        <v>17397.954553535001</v>
+        <v>17397.954999999998</v>
       </c>
       <c r="AI19" s="4">
-        <v>19434.276554032</v>
+        <v>19434.277000000002</v>
       </c>
       <c r="AJ19" s="4">
         <v>21761</v>
       </c>
       <c r="AK19" s="4">
-        <v>24770.188206835002</v>
+        <v>24770.188000000002</v>
       </c>
       <c r="AL19" s="4">
         <v>28612.05</v>
       </c>
       <c r="AM19" s="4">
-        <v>33362.869077025003</v>
+        <v>33405.85</v>
       </c>
       <c r="AN19" s="4">
-        <v>34983.095581868998</v>
+        <v>34983.096000000005</v>
       </c>
       <c r="AO19" s="4">
-        <v>37905.827316606999</v>
+        <v>37905.827000000005</v>
       </c>
       <c r="AP19" s="4">
-        <v>41526.911677401004</v>
+        <v>41526.912000000004</v>
       </c>
       <c r="AQ19" s="4">
-        <v>46214.760863949996</v>
+        <v>46214.761000000006</v>
       </c>
       <c r="AR19" s="4">
-        <v>51164.220048431001</v>
+        <v>51164.22</v>
       </c>
       <c r="AS19" s="4">
-        <v>58112.039023607998</v>
+        <v>58112.039000000004</v>
       </c>
       <c r="AT19" s="4">
-        <v>60789.549477918001</v>
+        <v>60789.548999999999</v>
       </c>
       <c r="AU19" s="4">
-        <v>54486.530986855003</v>
+        <v>54486.531000000003</v>
       </c>
       <c r="AV19" s="4">
-        <v>47578.546643479</v>
+        <v>47578.546999999999</v>
       </c>
       <c r="AW19" s="4">
-        <v>46399.396863312999</v>
+        <v>46399.396999999997</v>
       </c>
       <c r="AX19" s="4">
-        <v>47771.251103845003</v>
+        <v>47771.250999999997</v>
       </c>
       <c r="AY19" s="4">
-        <v>49375.539287225998</v>
+        <v>49375.539000000004</v>
       </c>
       <c r="AZ19" s="4">
-        <v>51458.890740027993</v>
+        <v>51458.891000000003</v>
       </c>
       <c r="BA19" s="4">
-        <v>56026.502949274996</v>
+        <v>56026.502999999997</v>
       </c>
       <c r="BB19" s="4">
-        <v>60898.284304473003</v>
+        <v>60898.284</v>
       </c>
       <c r="BC19" s="4">
-        <v>63617.023871457</v>
+        <v>63617.023999999998</v>
       </c>
       <c r="BD19" s="4">
-        <v>67075.136797391999</v>
+        <v>67075.137000000002</v>
       </c>
       <c r="BE19" s="4">
-        <v>72860.415420102989</v>
+        <v>72860.415000000008</v>
       </c>
       <c r="BF19" s="4">
-        <v>77986.071544113991</v>
+        <v>77986.072</v>
       </c>
       <c r="BG19" s="4">
-        <v>74033.074871063</v>
+        <v>74033.074999999997</v>
       </c>
       <c r="BH19" s="4">
-        <v>90028.357696422012</v>
+        <v>90050.40800000001</v>
       </c>
       <c r="BI19" s="4">
-        <v>105515.12253145</v>
+        <v>105514.59199999999</v>
       </c>
       <c r="BJ19" s="4">
-        <v>111665.2664256</v>
+        <v>111690.262</v>
+      </c>
+      <c r="BK19" s="4">
+        <v>122094.228</v>
       </c>
     </row>
-    <row r="20" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A20" s="22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B20" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J20" s="4" t="s">
         <v>3</v>
@@ -20737,326 +21050,332 @@
       <c r="Z20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AD20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AE20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AF20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AG20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AH20" s="4">
-        <v>107843.15599999999</v>
+        <v>107842.412</v>
       </c>
       <c r="AI20" s="4">
-        <v>123174.09999999999</v>
+        <v>123173.899</v>
       </c>
       <c r="AJ20" s="4">
-        <v>140983.82200000001</v>
+        <v>140983.06400000001</v>
       </c>
       <c r="AK20" s="4">
-        <v>152392.03599999999</v>
+        <v>152392.033</v>
       </c>
       <c r="AL20" s="4">
-        <v>166810.06</v>
+        <v>166809.307</v>
       </c>
       <c r="AM20" s="4">
-        <v>189301.22966352999</v>
+        <v>189301.12700000001</v>
       </c>
       <c r="AN20" s="4">
-        <v>191656.96501988001</v>
+        <v>191657.17600000001</v>
       </c>
       <c r="AO20" s="4">
-        <v>195623.18066248999</v>
+        <v>195622.71100000001</v>
       </c>
       <c r="AP20" s="4">
-        <v>193084.89565343002</v>
+        <v>193084.122</v>
       </c>
       <c r="AQ20" s="4">
-        <v>202897.14515242001</v>
+        <v>202897.16500000001</v>
       </c>
       <c r="AR20" s="4">
-        <v>216260.13128956</v>
+        <v>216260.81300000002</v>
       </c>
       <c r="AS20" s="4">
-        <v>235853.20621489</v>
+        <v>235852.636</v>
       </c>
       <c r="AT20" s="4">
-        <v>252036.55735512997</v>
+        <v>252036.73</v>
       </c>
       <c r="AU20" s="4">
-        <v>248633.32945216002</v>
+        <v>248633.46799999999</v>
       </c>
       <c r="AV20" s="4">
-        <v>244401.09015191</v>
+        <v>244400.77299999999</v>
       </c>
       <c r="AW20" s="4">
-        <v>269673.88226684002</v>
+        <v>269674.18600000005</v>
       </c>
       <c r="AX20" s="4">
-        <v>290749.47436589003</v>
+        <v>290749.99300000002</v>
       </c>
       <c r="AY20" s="4">
-        <v>299518.67716030002</v>
+        <v>299518.11800000002</v>
       </c>
       <c r="AZ20" s="4">
-        <v>326856.17261532001</v>
+        <v>326856.34900000005</v>
       </c>
       <c r="BA20" s="4">
-        <v>345368.94019239995</v>
+        <v>345369.696</v>
       </c>
       <c r="BB20" s="4">
-        <v>366063.50390641001</v>
+        <v>366063.41700000002</v>
       </c>
       <c r="BC20" s="4">
-        <v>383272.00380537001</v>
+        <v>383272.875</v>
       </c>
       <c r="BD20" s="4">
-        <v>415423.16765635001</v>
+        <v>415423.19400000002</v>
       </c>
       <c r="BE20" s="4">
-        <v>415631.82402409002</v>
+        <v>415627.78899999999</v>
       </c>
       <c r="BF20" s="4">
-        <v>430542.29740838002</v>
+        <v>430553.00699999998</v>
       </c>
       <c r="BG20" s="4">
-        <v>420750.01576585998</v>
+        <v>420754.09399999998</v>
       </c>
       <c r="BH20" s="4">
-        <v>514034.57554406999</v>
+        <v>514279.261</v>
       </c>
       <c r="BI20" s="4">
-        <v>581131.53569254</v>
+        <v>580627.25100000005</v>
       </c>
       <c r="BJ20" s="4">
-        <v>561411.63653408003</v>
+        <v>560389.02099999995</v>
+      </c>
+      <c r="BK20" s="4">
+        <v>616952.41299999994</v>
       </c>
     </row>
-    <row r="21" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A21" s="22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B21" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="4">
-        <v>5505.4305442939003</v>
+        <v>5505.4309999999996</v>
       </c>
       <c r="E21" s="4">
-        <v>5914.4644083727999</v>
+        <v>5914.4639999999999</v>
       </c>
       <c r="F21" s="4">
-        <v>6753.7068693932006</v>
+        <v>6753.7070000000003</v>
       </c>
       <c r="G21" s="4">
-        <v>7536.1390715137995</v>
+        <v>7536.1390000000001</v>
       </c>
       <c r="H21" s="4">
-        <v>8130.5809623657997</v>
+        <v>8130.5809999999992</v>
       </c>
       <c r="I21" s="4">
-        <v>9063.8185790205007</v>
+        <v>9063.8190000000013</v>
       </c>
       <c r="J21" s="4">
-        <v>10139.598299824</v>
+        <v>10139.598</v>
       </c>
       <c r="K21" s="4">
-        <v>11068.187804387</v>
+        <v>11068.188</v>
       </c>
       <c r="L21" s="4">
-        <v>12180.635965025</v>
+        <v>12180.636</v>
       </c>
       <c r="M21" s="4">
-        <v>16193.506070951</v>
+        <v>16193.505999999999</v>
       </c>
       <c r="N21" s="4">
-        <v>18765.461428415998</v>
+        <v>18765.460999999999</v>
       </c>
       <c r="O21" s="4">
-        <v>24488.320327227</v>
+        <v>24488.320000000003</v>
       </c>
       <c r="P21" s="4">
-        <v>30325.316200736001</v>
+        <v>30325.316000000003</v>
       </c>
       <c r="Q21" s="4">
-        <v>35884.974719434998</v>
+        <v>35884.974999999999</v>
       </c>
       <c r="R21" s="4">
-        <v>42550.367459084002</v>
+        <v>42550.366999999998</v>
       </c>
       <c r="S21" s="4">
-        <v>60421.841995176001</v>
+        <v>60421.841999999997</v>
       </c>
       <c r="T21" s="4">
-        <v>75211.101757502998</v>
+        <v>75211.101999999999</v>
       </c>
       <c r="U21" s="4">
-        <v>94988.818708135004</v>
+        <v>94988.819000000003</v>
       </c>
       <c r="V21" s="4">
-        <v>117168.57669643</v>
+        <v>117168.577</v>
       </c>
       <c r="W21" s="4">
-        <v>130684.7702025</v>
+        <v>130684.76999999999</v>
       </c>
       <c r="X21" s="4">
-        <v>144521.16698601001</v>
+        <v>144521.16699999999</v>
       </c>
       <c r="Y21" s="4">
-        <v>167168.83492488001</v>
+        <v>167168.83499999999</v>
       </c>
       <c r="Z21" s="4">
-        <v>183357.69288373998</v>
+        <v>183357.693</v>
       </c>
       <c r="AA21" s="4">
-        <v>206981.46436189002</v>
+        <v>206981.46399999998</v>
       </c>
       <c r="AB21" s="4">
-        <v>233380.15875885001</v>
+        <v>233380.15899999999</v>
       </c>
       <c r="AC21" s="4">
-        <v>265116.43520790001</v>
+        <v>265116.435</v>
       </c>
       <c r="AD21" s="4">
-        <v>292755.65907647001</v>
+        <v>292755.65899999999</v>
       </c>
       <c r="AE21" s="4">
-        <v>327045.81489152001</v>
+        <v>327045.815</v>
       </c>
       <c r="AF21" s="4">
-        <v>350569.39373124996</v>
+        <v>350569.39399999997</v>
       </c>
       <c r="AG21" s="4">
-        <v>353185.24792513001</v>
+        <v>353185.24800000002</v>
       </c>
       <c r="AH21" s="4">
-        <v>380031.77616757998</v>
+        <v>380031.77599999995</v>
       </c>
       <c r="AI21" s="4">
-        <v>419959.69800698996</v>
+        <v>419959.69799999997</v>
       </c>
       <c r="AJ21" s="4">
-        <v>454131.55269668001</v>
+        <v>454131.55300000001</v>
       </c>
       <c r="AK21" s="4">
-        <v>454632.84271821997</v>
+        <v>454632.84299999999</v>
       </c>
       <c r="AL21" s="4">
-        <v>479380.46135611</v>
+        <v>479380.46100000001</v>
       </c>
       <c r="AM21" s="4">
-        <v>503096</v>
+        <v>498573</v>
       </c>
       <c r="AN21" s="4">
-        <v>523414</v>
+        <v>522876</v>
       </c>
       <c r="AO21" s="4">
-        <v>534963</v>
+        <v>537591</v>
       </c>
       <c r="AP21" s="4">
-        <v>557224.19999999995</v>
+        <v>558140</v>
       </c>
       <c r="AQ21" s="4">
-        <v>569670</v>
+        <v>572293</v>
       </c>
       <c r="AR21" s="4">
-        <v>583213</v>
+        <v>586028</v>
       </c>
       <c r="AS21" s="4">
-        <v>628273</v>
+        <v>625908.18400000001</v>
       </c>
       <c r="AT21" s="4">
-        <v>671189</v>
+        <v>672914</v>
       </c>
       <c r="AU21" s="4">
-        <v>681211.34591400006</v>
+        <v>679826.3459999999</v>
       </c>
       <c r="AV21" s="4">
-        <v>661978.62745999999</v>
+        <v>665240.62699999998</v>
       </c>
       <c r="AW21" s="4">
-        <v>671912.05021500005</v>
+        <v>674495.45</v>
       </c>
       <c r="AX21" s="4">
-        <v>686500.04494200007</v>
+        <v>689479.04500000004</v>
       </c>
       <c r="AY21" s="4">
-        <v>708503.72346999997</v>
+        <v>710685.723</v>
       </c>
       <c r="AZ21" s="4">
-        <v>706828.82716899994</v>
+        <v>709515.82699999993</v>
       </c>
       <c r="BA21" s="4">
-        <v>705075.09585175</v>
+        <v>707875.09600000002</v>
       </c>
       <c r="BB21" s="4">
-        <v>711114.47598700004</v>
+        <v>714585.47600000002</v>
       </c>
       <c r="BC21" s="4">
-        <v>716325.97169227991</v>
+        <v>719076.97199999995</v>
       </c>
       <c r="BD21" s="4">
-        <v>727840.37991618004</v>
+        <v>730729.38</v>
       </c>
       <c r="BE21" s="4">
-        <v>739218.28556558001</v>
+        <v>741015.28599999996</v>
       </c>
       <c r="BF21" s="4">
-        <v>759479.72732834006</v>
+        <v>763395.72699999996</v>
       </c>
       <c r="BG21" s="4">
-        <v>707381.56256210001</v>
+        <v>712263.56299999997</v>
       </c>
       <c r="BH21" s="4">
-        <v>773608.66795178002</v>
+        <v>776464.66799999995</v>
       </c>
       <c r="BI21" s="4">
-        <v>840824.15455400001</v>
+        <v>839403.20799999998</v>
       </c>
       <c r="BJ21" s="4">
-        <v>893460.13455399999</v>
+        <v>889688.48699999996</v>
+      </c>
+      <c r="BK21" s="4">
+        <v>940385.50099999993</v>
       </c>
     </row>
-    <row r="22" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A22" s="22" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B22" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="4">
         <v>6172000</v>
       </c>
       <c r="E22" s="4">
         <v>7041000</v>
       </c>
       <c r="F22" s="4">
         <v>8460000</v>
       </c>
       <c r="G22" s="4">
         <v>10143000</v>
       </c>
       <c r="H22" s="4">
         <v>12228000</v>
       </c>
       <c r="I22" s="4">
         <v>14833000</v>
       </c>
       <c r="J22" s="4">
         <v>16579000</v>
@@ -21124,125 +21443,128 @@
       <c r="AE22" s="4">
         <v>130725900</v>
       </c>
       <c r="AF22" s="4">
         <v>130479100</v>
       </c>
       <c r="AG22" s="4">
         <v>127996300</v>
       </c>
       <c r="AH22" s="4">
         <v>133432299.99999999</v>
       </c>
       <c r="AI22" s="4">
         <v>136509900</v>
       </c>
       <c r="AJ22" s="4">
         <v>139617200</v>
       </c>
       <c r="AK22" s="4">
         <v>135024800</v>
       </c>
       <c r="AL22" s="4">
         <v>131527299.99999999</v>
       </c>
       <c r="AM22" s="4">
-        <v>136235800</v>
+        <v>136180920</v>
       </c>
       <c r="AN22" s="4">
-        <v>134666900</v>
+        <v>134629650</v>
       </c>
       <c r="AO22" s="4">
-        <v>128269900</v>
+        <v>128239690</v>
       </c>
       <c r="AP22" s="4">
-        <v>127006900</v>
+        <v>126984210</v>
       </c>
       <c r="AQ22" s="4">
-        <v>131136700.00000001</v>
+        <v>131118430</v>
       </c>
       <c r="AR22" s="4">
-        <v>137943200</v>
+        <v>137929890</v>
       </c>
       <c r="AS22" s="4">
-        <v>143005100</v>
+        <v>142989260</v>
       </c>
       <c r="AT22" s="4">
-        <v>146247900</v>
+        <v>146224960</v>
       </c>
       <c r="AU22" s="4">
-        <v>139620700</v>
+        <v>139588490</v>
       </c>
       <c r="AV22" s="4">
-        <v>127754100</v>
+        <v>127726320</v>
       </c>
       <c r="AW22" s="4">
-        <v>132484200.00000001</v>
+        <v>132464720</v>
       </c>
       <c r="AX22" s="4">
-        <v>135671200</v>
+        <v>135656310</v>
       </c>
       <c r="AY22" s="4">
-        <v>139597900</v>
+        <v>139583630</v>
       </c>
       <c r="AZ22" s="4">
-        <v>146405100</v>
+        <v>146671930</v>
       </c>
       <c r="BA22" s="4">
         <v>156886500</v>
       </c>
       <c r="BB22" s="4">
-        <v>163531989</v>
+        <v>163413150</v>
       </c>
       <c r="BC22" s="4">
-        <v>164970200</v>
+        <v>164834960</v>
       </c>
       <c r="BD22" s="4">
         <v>171805500</v>
       </c>
       <c r="BE22" s="4">
         <v>175589316</v>
       </c>
       <c r="BF22" s="4">
         <v>175432100</v>
       </c>
       <c r="BG22" s="4">
         <v>177321300</v>
       </c>
       <c r="BH22" s="4">
-        <v>187991948</v>
+        <v>187991946</v>
       </c>
       <c r="BI22" s="4">
-        <v>195847839.685</v>
-[...1 lines deleted...]
-      <c r="BJ22" s="4" t="s">
+        <v>195917845.215</v>
+      </c>
+      <c r="BJ22" s="4">
+        <v>200343239.442</v>
+      </c>
+      <c r="BK22" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="23" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A23" s="22" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B23" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J23" s="4" t="s">
         <v>3</v>
@@ -21381,54 +21703,57 @@
       </c>
       <c r="BC23" s="4">
         <v>430752000</v>
       </c>
       <c r="BD23" s="4">
         <v>465470000</v>
       </c>
       <c r="BE23" s="4">
         <v>506548000</v>
       </c>
       <c r="BF23" s="4">
         <v>523985000</v>
       </c>
       <c r="BG23" s="4">
         <v>538450000</v>
       </c>
       <c r="BH23" s="4">
         <v>619084000</v>
       </c>
       <c r="BI23" s="4">
         <v>691257000</v>
       </c>
       <c r="BJ23" s="4">
         <v>645227000</v>
       </c>
+      <c r="BK23" s="4">
+        <v>645785000</v>
+      </c>
     </row>
-    <row r="24" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A24" s="22" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B24" s="14" t="s">
         <v>24</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J24" s="4" t="s">
         <v>3</v>
@@ -21481,140 +21806,143 @@
       <c r="Z24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AD24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AE24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AF24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AG24" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AH24" s="4">
-        <v>1206.2239258741001</v>
+        <v>1232.8600000000001</v>
       </c>
       <c r="AI24" s="4">
-        <v>1365.6737867172001</v>
+        <v>1372.99</v>
       </c>
       <c r="AJ24" s="4">
-        <v>1632.3299269781999</v>
+        <v>1656.8330000000001</v>
       </c>
       <c r="AK24" s="4">
-        <v>1880.1745280333998</v>
+        <v>1914.4959999999999</v>
       </c>
       <c r="AL24" s="4">
-        <v>1897.5741771532</v>
+        <v>1950.241</v>
       </c>
       <c r="AM24" s="4">
-        <v>1995.2957183169001</v>
+        <v>2007.1180000000002</v>
       </c>
       <c r="AN24" s="4">
-        <v>2100.9305378463996</v>
+        <v>2131.9650000000001</v>
       </c>
       <c r="AO24" s="4">
-        <v>2338.2034887987002</v>
+        <v>2338.6129999999998</v>
       </c>
       <c r="AP24" s="4">
-        <v>2623.7340209667</v>
+        <v>2626.11</v>
       </c>
       <c r="AQ24" s="4">
-        <v>3056.8779585785001</v>
+        <v>3057.375</v>
       </c>
       <c r="AR24" s="4">
-        <v>3798.8204156952002</v>
+        <v>3799.3690000000001</v>
       </c>
       <c r="AS24" s="4">
-        <v>4915.2145878863994</v>
+        <v>4915.8470000000007</v>
       </c>
       <c r="AT24" s="4">
-        <v>6401.2381191205995</v>
+        <v>6398.7629999999999</v>
       </c>
       <c r="AU24" s="4">
-        <v>6822.4865154754998</v>
+        <v>6833.65</v>
       </c>
       <c r="AV24" s="4">
-        <v>5332.6672253080997</v>
+        <v>5344.5119999999997</v>
       </c>
       <c r="AW24" s="4">
-        <v>5162.2366623747002</v>
+        <v>5172.9409999999998</v>
       </c>
       <c r="AX24" s="4">
-        <v>5758.0061253636004</v>
+        <v>5772.2079999999996</v>
       </c>
       <c r="AY24" s="4">
-        <v>6382.4737535205004</v>
+        <v>6394.8879999999999</v>
       </c>
       <c r="AZ24" s="4">
-        <v>6695.0017813173999</v>
+        <v>6709.4360000000006</v>
       </c>
       <c r="BA24" s="4">
-        <v>7020.4169634435002</v>
+        <v>7033.0659999999998</v>
       </c>
       <c r="BB24" s="4">
-        <v>7320.0566429465998</v>
+        <v>7336.43</v>
       </c>
       <c r="BC24" s="4">
-        <v>7796.6046654000002</v>
+        <v>7810.9859999999999</v>
       </c>
       <c r="BD24" s="4">
-        <v>8389.7539192299992</v>
+        <v>8406.491</v>
       </c>
       <c r="BE24" s="4">
-        <v>9052.6401021300007</v>
+        <v>8922.5739999999987</v>
       </c>
       <c r="BF24" s="4">
-        <v>9481.600021369999</v>
+        <v>9593.9599999999991</v>
       </c>
       <c r="BG24" s="4">
-        <v>9374.2613238619997</v>
+        <v>9484.652</v>
       </c>
       <c r="BH24" s="4">
-        <v>10253.390038759999</v>
+        <v>10345.547</v>
       </c>
       <c r="BI24" s="4">
-        <v>11808.492750012001</v>
+        <v>11835.561</v>
       </c>
       <c r="BJ24" s="4">
-        <v>12863.593998456001</v>
+        <v>12861.759</v>
+      </c>
+      <c r="BK24" s="4">
+        <v>14087.728000000001</v>
       </c>
     </row>
-    <row r="25" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A25" s="22" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B25" s="14" t="s">
         <v>25</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J25" s="4" t="s">
         <v>3</v>
@@ -21667,326 +21995,332 @@
       <c r="Z25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AD25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AE25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AF25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AG25" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AH25" s="4">
-        <v>2146.0789103720003</v>
+        <v>2146.0789999999997</v>
       </c>
       <c r="AI25" s="4">
-        <v>2647.6082965200999</v>
+        <v>2647.6080000000002</v>
       </c>
       <c r="AJ25" s="4">
-        <v>3663.0722890987004</v>
+        <v>3663.0720000000001</v>
       </c>
       <c r="AK25" s="4">
-        <v>4265.7802363298997</v>
+        <v>4265.7800000000007</v>
       </c>
       <c r="AL25" s="4">
-        <v>4151.5546223355004</v>
+        <v>4151.5550000000003</v>
       </c>
       <c r="AM25" s="4">
-        <v>4115.1799698463001</v>
+        <v>4115.1799999999994</v>
       </c>
       <c r="AN25" s="4">
-        <v>4161.9859823910992</v>
+        <v>4161.9859999999999</v>
       </c>
       <c r="AO25" s="4">
-        <v>4407.1731058851001</v>
+        <v>4407.1730000000007</v>
       </c>
       <c r="AP25" s="4">
-        <v>4772.3370742586003</v>
+        <v>4772.3370000000004</v>
       </c>
       <c r="AQ25" s="4">
-        <v>5288.3252143188001</v>
+        <v>5288.3250000000007</v>
       </c>
       <c r="AR25" s="4">
-        <v>6133.2644713468999</v>
+        <v>6133.2639999999992</v>
       </c>
       <c r="AS25" s="4">
-        <v>7255.671706055</v>
+        <v>7255.6719999999996</v>
       </c>
       <c r="AT25" s="4">
-        <v>8721.0146326633003</v>
+        <v>8721.0149999999994</v>
       </c>
       <c r="AU25" s="4">
-        <v>9997.5952286955999</v>
+        <v>9997.5950000000012</v>
       </c>
       <c r="AV25" s="4">
-        <v>8126.7548777803995</v>
+        <v>8136.875</v>
       </c>
       <c r="AW25" s="4">
-        <v>7929.4412937325997</v>
+        <v>7957.3819999999996</v>
       </c>
       <c r="AX25" s="4">
-        <v>8507.6461810704004</v>
+        <v>8538.518</v>
       </c>
       <c r="AY25" s="4">
-        <v>8993.5601595806002</v>
+        <v>9032.5159999999996</v>
       </c>
       <c r="AZ25" s="4">
-        <v>9427.3681659841004</v>
+        <v>9479.7119999999995</v>
       </c>
       <c r="BA25" s="4">
-        <v>10051.272043278001</v>
+        <v>10112.717000000001</v>
       </c>
       <c r="BB25" s="4">
-        <v>10808.435471879999</v>
+        <v>10864.133</v>
       </c>
       <c r="BC25" s="4">
-        <v>11533.174772142998</v>
+        <v>11579.739</v>
       </c>
       <c r="BD25" s="4">
-        <v>12517.934305049999</v>
+        <v>12492.834999999999</v>
       </c>
       <c r="BE25" s="4">
-        <v>13763.029814652</v>
+        <v>13728.402</v>
       </c>
       <c r="BF25" s="4">
-        <v>14793.828439500001</v>
+        <v>14897.456999999999</v>
       </c>
       <c r="BG25" s="4">
-        <v>15582.4493102</v>
+        <v>15696.135999999999</v>
       </c>
       <c r="BH25" s="4">
-        <v>18013.503955</v>
+        <v>18139.133999999998</v>
       </c>
       <c r="BI25" s="4">
-        <v>21279.328842999999</v>
+        <v>21403.759000000002</v>
       </c>
       <c r="BJ25" s="4">
-        <v>23464.418410000002</v>
+        <v>23673.645</v>
+      </c>
+      <c r="BK25" s="4">
+        <v>25977.043999999998</v>
       </c>
     </row>
-    <row r="26" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A26" s="22" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="4">
-        <v>265.86580531929997</v>
+        <v>265.86599999999999</v>
       </c>
       <c r="E26" s="4">
-        <v>276.67396299940998</v>
+        <v>276.67399999999998</v>
       </c>
       <c r="F26" s="4">
-        <v>285.37502571895004</v>
+        <v>285.375</v>
       </c>
       <c r="G26" s="4">
-        <v>301.85994511637</v>
+        <v>301.86</v>
       </c>
       <c r="H26" s="4">
-        <v>351.66175424332005</v>
+        <v>351.66199999999998</v>
       </c>
       <c r="I26" s="4">
-        <v>420.53961378985997</v>
+        <v>420.54</v>
       </c>
       <c r="J26" s="4">
-        <v>468.43755809620001</v>
+        <v>468.43800000000005</v>
       </c>
       <c r="K26" s="4">
-        <v>539.10015118029003</v>
+        <v>539.1</v>
       </c>
       <c r="L26" s="4">
-        <v>664.34798389188995</v>
+        <v>664.34800000000007</v>
       </c>
       <c r="M26" s="4">
-        <v>836.97458137419994</v>
+        <v>836.97500000000002</v>
       </c>
       <c r="N26" s="4">
-        <v>924.86231595617994</v>
+        <v>924.86199999999997</v>
       </c>
       <c r="O26" s="4">
-        <v>1070.1108593644001</v>
+        <v>1070.1110000000001</v>
       </c>
       <c r="P26" s="4">
-        <v>1218.1685842792001</v>
+        <v>1218.1690000000001</v>
       </c>
       <c r="Q26" s="4">
-        <v>1357.1209626527002</v>
+        <v>1357.1210000000001</v>
       </c>
       <c r="R26" s="4">
-        <v>1383.4393239147998</v>
+        <v>1383.4390000000001</v>
       </c>
       <c r="S26" s="4">
-        <v>1543.0243554432</v>
+        <v>1543.0239999999999</v>
       </c>
       <c r="T26" s="4">
-        <v>1689.2930137097001</v>
+        <v>1689.2929999999999</v>
       </c>
       <c r="U26" s="4">
-        <v>1956.0574157057999</v>
+        <v>1956.057</v>
       </c>
       <c r="V26" s="4">
-        <v>2268.9269708133002</v>
+        <v>2268.9270000000001</v>
       </c>
       <c r="W26" s="4">
-        <v>2420.3632098126</v>
+        <v>2420.3629999999998</v>
       </c>
       <c r="X26" s="4">
-        <v>2635.8436006813999</v>
+        <v>2635.8440000000001</v>
       </c>
       <c r="Y26" s="4">
-        <v>2746.6762857504</v>
+        <v>2746.6759999999999</v>
       </c>
       <c r="Z26" s="4">
-        <v>2872.7724316024</v>
+        <v>2872.7719999999999</v>
       </c>
       <c r="AA26" s="4">
-        <v>3085.7447892369996</v>
+        <v>3085.7450000000003</v>
       </c>
       <c r="AB26" s="4">
-        <v>3443.7273785261</v>
+        <v>3443.7269999999999</v>
       </c>
       <c r="AC26" s="4">
-        <v>3671.1010724698999</v>
+        <v>3671.1010000000001</v>
       </c>
       <c r="AD26" s="4">
-        <v>3806.3844815847001</v>
+        <v>3806.384</v>
       </c>
       <c r="AE26" s="4">
-        <v>4128.0847588157994</v>
+        <v>4128.0849999999991</v>
       </c>
       <c r="AF26" s="4">
-        <v>4838.8814191694</v>
+        <v>4838.8809999999994</v>
       </c>
       <c r="AG26" s="4">
-        <v>5260.6073255670999</v>
+        <v>5260.607</v>
       </c>
       <c r="AH26" s="4">
-        <v>5484.9288271463001</v>
+        <v>5484.9290000000001</v>
       </c>
       <c r="AI26" s="4">
-        <v>5846.9659975287996</v>
+        <v>5846.9660000000003</v>
       </c>
       <c r="AJ26" s="4">
-        <v>6368.0638956563998</v>
+        <v>6368.0640000000003</v>
       </c>
       <c r="AK26" s="4">
-        <v>6777.8231452232994</v>
+        <v>6777.8229999999994</v>
       </c>
       <c r="AL26" s="4">
-        <v>7544.5790713768001</v>
+        <v>7544.5789999999997</v>
       </c>
       <c r="AM26" s="4">
-        <v>8510.4718191295997</v>
+        <v>8510.4719999999998</v>
       </c>
       <c r="AN26" s="4">
-        <v>8890.3305231933009</v>
+        <v>8890.3310000000001</v>
       </c>
       <c r="AO26" s="4">
-        <v>9357.8000876888</v>
+        <v>9357.7999999999993</v>
       </c>
       <c r="AP26" s="4">
-        <v>9807.7365039744</v>
+        <v>9807.7369999999992</v>
       </c>
       <c r="AQ26" s="4">
-        <v>10214.473649846999</v>
+        <v>10214.473999999998</v>
       </c>
       <c r="AR26" s="4">
-        <v>11336.116783136998</v>
+        <v>11336.117</v>
       </c>
       <c r="AS26" s="4">
-        <v>12065.666533770998</v>
+        <v>12065.666999999999</v>
       </c>
       <c r="AT26" s="4">
-        <v>13455.901966294001</v>
+        <v>13455.902</v>
       </c>
       <c r="AU26" s="4">
-        <v>14014.472546736</v>
+        <v>14014.473</v>
       </c>
       <c r="AV26" s="4">
-        <v>14165.584795941999</v>
+        <v>14165.585000000001</v>
       </c>
       <c r="AW26" s="4">
-        <v>15117.493871439001</v>
+        <v>15117.494000000001</v>
       </c>
       <c r="AX26" s="4">
-        <v>16012.218359073</v>
+        <v>16012.218000000001</v>
       </c>
       <c r="AY26" s="4">
-        <v>16939.284060414</v>
+        <v>16939.284</v>
       </c>
       <c r="AZ26" s="4">
-        <v>17763.622040143</v>
+        <v>17763.622000000003</v>
       </c>
       <c r="BA26" s="4">
-        <v>18686.087762471998</v>
+        <v>18686.088000000003</v>
       </c>
       <c r="BB26" s="4">
-        <v>18829.101033760999</v>
+        <v>18829.101000000002</v>
       </c>
       <c r="BC26" s="4">
-        <v>19931.933312628</v>
+        <v>19931.933000000001</v>
       </c>
       <c r="BD26" s="4">
-        <v>21318.349691973002</v>
+        <v>21318.35</v>
       </c>
       <c r="BE26" s="4">
-        <v>23660.594656255998</v>
+        <v>23840.316000000003</v>
       </c>
       <c r="BF26" s="4">
-        <v>24665.882089675</v>
+        <v>24924.717999999997</v>
       </c>
       <c r="BG26" s="4">
-        <v>24694.491649503001</v>
+        <v>24950.322</v>
       </c>
       <c r="BH26" s="4">
-        <v>27632.186909369</v>
+        <v>27951.649000000001</v>
       </c>
       <c r="BI26" s="4">
-        <v>29660.612434221999</v>
+        <v>30069.286</v>
       </c>
       <c r="BJ26" s="4">
-        <v>32457.183897153001</v>
+        <v>32688.969000000001</v>
+      </c>
+      <c r="BK26" s="4">
+        <v>35729.222999999998</v>
       </c>
     </row>
-    <row r="27" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A27" s="22" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B27" s="14" t="s">
         <v>27</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I27" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J27" s="4" t="s">
         <v>3</v>
@@ -22048,234 +22382,237 @@
       <c r="AC27" s="4">
         <v>102004.772</v>
       </c>
       <c r="AD27" s="4">
         <v>132828.9</v>
       </c>
       <c r="AE27" s="4">
         <v>164482.54</v>
       </c>
       <c r="AF27" s="4">
         <v>187236</v>
       </c>
       <c r="AG27" s="4">
         <v>213804</v>
       </c>
       <c r="AH27" s="4">
         <v>233677.9</v>
       </c>
       <c r="AI27" s="4">
         <v>309570.88199999998</v>
       </c>
       <c r="AJ27" s="4">
         <v>416057.72100000002</v>
       </c>
       <c r="AK27" s="4">
-        <v>527346.621101</v>
+        <v>527346.62100000004</v>
       </c>
       <c r="AL27" s="4">
-        <v>673026.98219200002</v>
+        <v>673026.98199999996</v>
       </c>
       <c r="AM27" s="4">
-        <v>767215.76185400004</v>
+        <v>767215.76199999999</v>
       </c>
       <c r="AN27" s="4">
-        <v>862050.57579599996</v>
+        <v>862050.576</v>
       </c>
       <c r="AO27" s="4">
-        <v>940102.43920000002</v>
+        <v>940102.43900000001</v>
       </c>
       <c r="AP27" s="4">
-        <v>997031.11486700003</v>
+        <v>997031.11499999999</v>
       </c>
       <c r="AQ27" s="4">
-        <v>1020453.259139</v>
+        <v>1020453.259</v>
       </c>
       <c r="AR27" s="4">
-        <v>1086482.322376</v>
+        <v>1086482.3220000002</v>
       </c>
       <c r="AS27" s="4">
-        <v>1231860.430408</v>
+        <v>1231860.43</v>
       </c>
       <c r="AT27" s="4">
-        <v>1382102.8463379</v>
+        <v>1382102.8459999999</v>
       </c>
       <c r="AU27" s="4">
-        <v>1556505.7284979001</v>
+        <v>1556505.7280000001</v>
       </c>
       <c r="AV27" s="4">
-        <v>1516368.2321378002</v>
+        <v>1516368.2320000001</v>
       </c>
       <c r="AW27" s="4">
-        <v>1716242.9262121001</v>
+        <v>1716242.926</v>
       </c>
       <c r="AX27" s="4">
-        <v>1872343.7528007</v>
+        <v>1872343.753</v>
       </c>
       <c r="AY27" s="4">
-        <v>2000825.3955186</v>
+        <v>2000825.3959999999</v>
       </c>
       <c r="AZ27" s="4">
-        <v>2165500.6940553999</v>
+        <v>2165500.6939999997</v>
       </c>
       <c r="BA27" s="4">
-        <v>2394279.4189146999</v>
+        <v>2394279.4189999998</v>
       </c>
       <c r="BB27" s="4">
-        <v>2953480.2963741999</v>
+        <v>2953480.2960000001</v>
       </c>
       <c r="BC27" s="4">
-        <v>3343313.6086615999</v>
+        <v>3343313.6089999997</v>
       </c>
       <c r="BD27" s="4">
-        <v>3527032.2505570999</v>
+        <v>3527032.2510000002</v>
       </c>
       <c r="BE27" s="4">
-        <v>3797887.5944460002</v>
+        <v>3797887.5939999996</v>
       </c>
       <c r="BF27" s="4">
-        <v>3995653.9264400001</v>
+        <v>3995653.926</v>
       </c>
       <c r="BG27" s="4">
-        <v>4148699.2173837996</v>
+        <v>4148699.2170000002</v>
       </c>
       <c r="BH27" s="4">
-        <v>4452359.5438181004</v>
+        <v>4452359.5439999998</v>
       </c>
       <c r="BI27" s="4">
-        <v>4948318.2216350995</v>
+        <v>4948321.2590000005</v>
       </c>
       <c r="BJ27" s="4">
-        <v>5638611.9514742</v>
+        <v>5648159.6550000003</v>
+      </c>
+      <c r="BK27" s="4">
+        <v>6199484.9080000008</v>
       </c>
     </row>
-    <row r="28" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A28" s="22" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B28" s="14" t="s">
         <v>28</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="4">
-        <v>10859.868131469</v>
+        <v>10859.868</v>
       </c>
       <c r="E28" s="4">
-        <v>12332.384932682</v>
+        <v>12332.385</v>
       </c>
       <c r="F28" s="4">
-        <v>13925.153491158</v>
+        <v>13925.153</v>
       </c>
       <c r="G28" s="4">
-        <v>15749.349959839999</v>
+        <v>15749.35</v>
       </c>
       <c r="H28" s="4">
-        <v>17986.032644948998</v>
+        <v>17986.032999999999</v>
       </c>
       <c r="I28" s="4">
-        <v>20672.411524202002</v>
+        <v>20672.412</v>
       </c>
       <c r="J28" s="4">
-        <v>24429.257933213001</v>
+        <v>24429.258000000002</v>
       </c>
       <c r="K28" s="4">
-        <v>28216.507616701001</v>
+        <v>28216.508000000002</v>
       </c>
       <c r="L28" s="4">
-        <v>33356.929904570003</v>
+        <v>33356.93</v>
       </c>
       <c r="M28" s="4">
-        <v>38359.403006748005</v>
+        <v>38359.402999999998</v>
       </c>
       <c r="N28" s="4">
-        <v>43566.984766597998</v>
+        <v>43566.985000000001</v>
       </c>
       <c r="O28" s="4">
-        <v>49548.261794882004</v>
+        <v>49548.262000000002</v>
       </c>
       <c r="P28" s="4">
-        <v>54907.406146907</v>
+        <v>54907.406000000003</v>
       </c>
       <c r="Q28" s="4">
-        <v>60157.643247070002</v>
+        <v>60157.643000000004</v>
       </c>
       <c r="R28" s="4">
-        <v>64532.084530179003</v>
+        <v>64532.084999999992</v>
       </c>
       <c r="S28" s="4">
-        <v>69981.984925420998</v>
+        <v>69981.985000000001</v>
       </c>
       <c r="T28" s="4">
-        <v>72328.028642606994</v>
+        <v>72328.028999999995</v>
       </c>
       <c r="U28" s="4">
-        <v>75985.497184293999</v>
+        <v>75985.496999999988</v>
       </c>
       <c r="V28" s="4">
-        <v>80777.416266205997</v>
+        <v>80777.415999999997</v>
       </c>
       <c r="W28" s="4">
-        <v>81644.136478937988</v>
+        <v>81644.135999999999</v>
       </c>
       <c r="X28" s="4">
-        <v>85170.008757957999</v>
+        <v>85170.008999999991</v>
       </c>
       <c r="Y28" s="4">
-        <v>89104.283231460009</v>
+        <v>89104.282999999996</v>
       </c>
       <c r="Z28" s="4">
-        <v>94876.367580125996</v>
+        <v>94876.368000000002</v>
       </c>
       <c r="AA28" s="4">
-        <v>98851.482273076006</v>
+        <v>98851.482000000004</v>
       </c>
       <c r="AB28" s="4">
-        <v>98669.970186639999</v>
+        <v>98669.97</v>
       </c>
       <c r="AC28" s="4">
-        <v>104419.3655245</v>
+        <v>104419.36599999999</v>
       </c>
       <c r="AD28" s="4">
-        <v>115940.84521103</v>
+        <v>115940.845</v>
       </c>
       <c r="AE28" s="4">
-        <v>119879.65748668999</v>
+        <v>119879.65699999999</v>
       </c>
       <c r="AF28" s="4">
-        <v>123900.15020125</v>
+        <v>123900.15</v>
       </c>
       <c r="AG28" s="4">
-        <v>124412.92184543</v>
+        <v>124412.92199999999</v>
       </c>
       <c r="AH28" s="4">
-        <v>122749.75604322</v>
+        <v>122749.75600000001</v>
       </c>
       <c r="AI28" s="4">
-        <v>128701.73821418999</v>
+        <v>128701.73800000001</v>
       </c>
       <c r="AJ28" s="4">
-        <v>135802.63757936002</v>
+        <v>135802.63800000001</v>
       </c>
       <c r="AK28" s="4">
         <v>142947</v>
       </c>
       <c r="AL28" s="4">
         <v>155861</v>
       </c>
       <c r="AM28" s="4">
         <v>166824</v>
       </c>
       <c r="AN28" s="4">
         <v>171609</v>
       </c>
       <c r="AO28" s="4">
         <v>175467</v>
       </c>
       <c r="AP28" s="4">
         <v>178480</v>
       </c>
       <c r="AQ28" s="4">
         <v>184239</v>
       </c>
       <c r="AR28" s="4">
         <v>192881</v>
       </c>
@@ -22309,56 +22646,59 @@
       <c r="BB28" s="4">
         <v>255348</v>
       </c>
       <c r="BC28" s="4">
         <v>272038</v>
       </c>
       <c r="BD28" s="4">
         <v>285671</v>
       </c>
       <c r="BE28" s="4">
         <v>300298</v>
       </c>
       <c r="BF28" s="4">
         <v>319236</v>
       </c>
       <c r="BG28" s="4">
         <v>318601</v>
       </c>
       <c r="BH28" s="4">
         <v>341143</v>
       </c>
       <c r="BI28" s="4">
         <v>378305</v>
       </c>
       <c r="BJ28" s="4">
-        <v>411307</v>
+        <v>412326</v>
+      </c>
+      <c r="BK28" s="4">
+        <v>432610</v>
       </c>
     </row>
-    <row r="29" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A29" s="22" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B29" s="14" t="s">
         <v>29</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="4">
         <v>1000.9999999999999</v>
       </c>
       <c r="E29" s="4">
         <v>1077.3</v>
       </c>
       <c r="F29" s="4">
         <v>1127.3999999999999</v>
       </c>
       <c r="G29" s="4">
         <v>1161.5999999999999</v>
       </c>
       <c r="H29" s="4">
         <v>1293.6000000000001</v>
       </c>
       <c r="I29" s="4">
         <v>1568.2</v>
       </c>
       <c r="J29" s="4">
         <v>1853</v>
@@ -22471,80 +22811,83 @@
       <c r="AT29" s="4">
         <v>64046.000000000007</v>
       </c>
       <c r="AU29" s="4">
         <v>62355</v>
       </c>
       <c r="AV29" s="4">
         <v>59508</v>
       </c>
       <c r="AW29" s="4">
         <v>62310</v>
       </c>
       <c r="AX29" s="4">
         <v>64653.000000000007</v>
       </c>
       <c r="AY29" s="4">
         <v>69225</v>
       </c>
       <c r="AZ29" s="4">
         <v>72187</v>
       </c>
       <c r="BA29" s="4">
         <v>76609</v>
       </c>
       <c r="BB29" s="4">
-        <v>81499</v>
+        <v>81498</v>
       </c>
       <c r="BC29" s="4">
         <v>86535</v>
       </c>
       <c r="BD29" s="4">
         <v>92593</v>
       </c>
       <c r="BE29" s="4">
         <v>99849</v>
       </c>
       <c r="BF29" s="4">
         <v>99619</v>
       </c>
       <c r="BG29" s="4">
         <v>115596</v>
       </c>
       <c r="BH29" s="4">
-        <v>125753</v>
+        <v>125750</v>
       </c>
       <c r="BI29" s="4">
-        <v>130786</v>
+        <v>130845</v>
       </c>
       <c r="BJ29" s="4">
-        <v>140465</v>
+        <v>141695</v>
+      </c>
+      <c r="BK29" s="4">
+        <v>143442</v>
       </c>
     </row>
-    <row r="30" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A30" s="22" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B30" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="4">
         <v>16842</v>
       </c>
       <c r="E30" s="4">
         <v>18897</v>
       </c>
       <c r="F30" s="4">
         <v>21851</v>
       </c>
       <c r="G30" s="4">
         <v>24028</v>
       </c>
       <c r="H30" s="4">
         <v>27166</v>
       </c>
       <c r="I30" s="4">
         <v>31358</v>
       </c>
       <c r="J30" s="4">
         <v>37800</v>
@@ -22678,59 +23021,62 @@
       <c r="BA30" s="4">
         <v>1221631</v>
       </c>
       <c r="BB30" s="4">
         <v>1200028</v>
       </c>
       <c r="BC30" s="4">
         <v>1209248</v>
       </c>
       <c r="BD30" s="4">
         <v>1282764</v>
       </c>
       <c r="BE30" s="4">
         <v>1403915</v>
       </c>
       <c r="BF30" s="4">
         <v>1433539</v>
       </c>
       <c r="BG30" s="4">
         <v>1340119</v>
       </c>
       <c r="BH30" s="4">
         <v>1787681</v>
       </c>
       <c r="BI30" s="4">
-        <v>2479483</v>
+        <v>2481753</v>
       </c>
       <c r="BJ30" s="4">
-        <v>2124599</v>
+        <v>2123822</v>
+      </c>
+      <c r="BK30" s="4">
+        <v>2088545.9999999998</v>
       </c>
     </row>
-    <row r="31" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A31" s="22" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B31" s="14" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I31" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J31" s="4" t="s">
         <v>3</v>
@@ -22855,254 +23201,260 @@
       <c r="AX31" s="4">
         <v>498205</v>
       </c>
       <c r="AY31" s="4">
         <v>522178</v>
       </c>
       <c r="AZ31" s="4">
         <v>528081</v>
       </c>
       <c r="BA31" s="4">
         <v>548794</v>
       </c>
       <c r="BB31" s="4">
         <v>584034</v>
       </c>
       <c r="BC31" s="4">
         <v>621862</v>
       </c>
       <c r="BD31" s="4">
         <v>678894</v>
       </c>
       <c r="BE31" s="4">
         <v>745583</v>
       </c>
       <c r="BF31" s="4">
-        <v>805044</v>
+        <v>804925</v>
       </c>
       <c r="BG31" s="4">
-        <v>831272</v>
+        <v>831274</v>
       </c>
       <c r="BH31" s="4">
-        <v>965642</v>
+        <v>966305</v>
       </c>
       <c r="BI31" s="4">
-        <v>1057113</v>
+        <v>1057084</v>
       </c>
       <c r="BJ31" s="4">
-        <v>1197987</v>
+        <v>1193543</v>
+      </c>
+      <c r="BK31" s="4">
+        <v>1334222</v>
       </c>
     </row>
-    <row r="32" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A32" s="22" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B32" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="4">
-        <v>99.083618479470005</v>
+        <v>99.084000000000003</v>
       </c>
       <c r="E32" s="4">
-        <v>111.32670264661999</v>
+        <v>111.327</v>
       </c>
       <c r="F32" s="4">
-        <v>129.50788599474998</v>
+        <v>129.50800000000001</v>
       </c>
       <c r="G32" s="4">
-        <v>143.71863808222</v>
+        <v>143.71900000000002</v>
       </c>
       <c r="H32" s="4">
-        <v>163.82518131303999</v>
+        <v>163.82499999999999</v>
       </c>
       <c r="I32" s="4">
-        <v>204.46723396613999</v>
+        <v>204.46700000000001</v>
       </c>
       <c r="J32" s="4">
-        <v>225.76091619197999</v>
+        <v>225.761</v>
       </c>
       <c r="K32" s="4">
-        <v>259.58938957112997</v>
+        <v>259.589</v>
       </c>
       <c r="L32" s="4">
-        <v>308.71599445337</v>
+        <v>308.71600000000001</v>
       </c>
       <c r="M32" s="4">
-        <v>380.19373310322004</v>
+        <v>380.19399999999996</v>
       </c>
       <c r="N32" s="4">
-        <v>465.14400295287999</v>
+        <v>465.14400000000001</v>
       </c>
       <c r="O32" s="4">
-        <v>627.81197314472001</v>
+        <v>627.81200000000001</v>
       </c>
       <c r="P32" s="4">
-        <v>854.85978791113007</v>
+        <v>854.8599999999999</v>
       </c>
       <c r="Q32" s="4">
-        <v>1038.5570774434</v>
+        <v>1038.557</v>
       </c>
       <c r="R32" s="4">
-        <v>1290.6196067477001</v>
+        <v>1290.6200000000001</v>
       </c>
       <c r="S32" s="4">
-        <v>1797.7980297483</v>
+        <v>1797.798</v>
       </c>
       <c r="T32" s="4">
-        <v>2272.7683512733997</v>
+        <v>2272.768</v>
       </c>
       <c r="U32" s="4">
-        <v>2872.9561756168</v>
+        <v>2872.9559999999997</v>
       </c>
       <c r="V32" s="4">
-        <v>3778.6848155944003</v>
+        <v>3778.6849999999999</v>
       </c>
       <c r="W32" s="4">
-        <v>4528.7217445955002</v>
+        <v>4528.7219999999998</v>
       </c>
       <c r="X32" s="4">
-        <v>5559.6662044472996</v>
+        <v>5559.6660000000002</v>
       </c>
       <c r="Y32" s="4">
-        <v>7359.2192815315002</v>
+        <v>7359.2190000000001</v>
       </c>
       <c r="Z32" s="4">
-        <v>8122.7441865105002</v>
+        <v>8122.7440000000006</v>
       </c>
       <c r="AA32" s="4">
-        <v>10369.205215431</v>
+        <v>10369.205</v>
       </c>
       <c r="AB32" s="4">
-        <v>12509.64176335</v>
+        <v>12509.642</v>
       </c>
       <c r="AC32" s="4">
-        <v>14825.176325057</v>
+        <v>14825.176000000001</v>
       </c>
       <c r="AD32" s="4">
-        <v>17704.771500683</v>
+        <v>17704.771999999997</v>
       </c>
       <c r="AE32" s="4">
-        <v>21340.489420497001</v>
+        <v>21340.489000000001</v>
       </c>
       <c r="AF32" s="4">
-        <v>21360.191937431002</v>
+        <v>21360.192000000003</v>
       </c>
       <c r="AG32" s="4">
-        <v>23775.835237079002</v>
+        <v>23775.834999999999</v>
       </c>
       <c r="AH32" s="4">
         <v>25981.871000000003</v>
       </c>
       <c r="AI32" s="4">
         <v>28175.255000000001</v>
       </c>
       <c r="AJ32" s="4">
         <v>30493.366000000002</v>
       </c>
       <c r="AK32" s="4">
-        <v>33471.027000000002</v>
+        <v>33436.739000000001</v>
       </c>
       <c r="AL32" s="4">
-        <v>36882.617000000006</v>
+        <v>36895.062000000005</v>
       </c>
       <c r="AM32" s="4">
-        <v>39705.442999999999</v>
+        <v>39707.607000000004</v>
       </c>
       <c r="AN32" s="4">
-        <v>41692.392</v>
+        <v>41701.309000000001</v>
       </c>
       <c r="AO32" s="4">
-        <v>44390.048999999999</v>
+        <v>44406.879000000001</v>
       </c>
       <c r="AP32" s="4">
-        <v>43978.503000000004</v>
+        <v>43998.942000000003</v>
       </c>
       <c r="AQ32" s="4">
-        <v>46015.258999999998</v>
+        <v>46046.537000000004</v>
       </c>
       <c r="AR32" s="4">
-        <v>49060.375999999997</v>
+        <v>49086.495999999999</v>
       </c>
       <c r="AS32" s="4">
-        <v>52226.235999999997</v>
+        <v>52241.463000000003</v>
       </c>
       <c r="AT32" s="4">
-        <v>55885.016816249998</v>
+        <v>55921.737999999998</v>
       </c>
       <c r="AU32" s="4">
-        <v>56844.566999999995</v>
+        <v>56896.712</v>
       </c>
       <c r="AV32" s="4">
-        <v>52267.397000000004</v>
+        <v>52329.484000000004</v>
       </c>
       <c r="AW32" s="4">
-        <v>54540.584000000003</v>
+        <v>54658.957999999999</v>
       </c>
       <c r="AX32" s="4">
-        <v>56752.401999999995</v>
+        <v>56874.576000000001</v>
       </c>
       <c r="AY32" s="4">
-        <v>53294.489000000001</v>
+        <v>53375.902000000002</v>
       </c>
       <c r="AZ32" s="4">
-        <v>57913.184999999998</v>
+        <v>57941.178999999996</v>
       </c>
       <c r="BA32" s="4">
-        <v>59153.322</v>
+        <v>59242.472999999998</v>
       </c>
       <c r="BB32" s="4">
-        <v>61788.271000000001</v>
+        <v>61822.302000000003</v>
       </c>
       <c r="BC32" s="4">
-        <v>63502.445999999996</v>
+        <v>63610.745000000003</v>
       </c>
       <c r="BD32" s="4">
-        <v>66840.650999999998</v>
+        <v>66903.223999999987</v>
       </c>
       <c r="BE32" s="4">
-        <v>71108.524999999994</v>
+        <v>71037.625</v>
       </c>
       <c r="BF32" s="4">
-        <v>73955.197999999989</v>
+        <v>74060.713000000003</v>
       </c>
       <c r="BG32" s="4">
-        <v>70510.453999999998</v>
+        <v>70642.856</v>
       </c>
       <c r="BH32" s="4">
-        <v>76014.925000000003</v>
+        <v>76091.184999999998</v>
       </c>
       <c r="BI32" s="4">
-        <v>87276.906999999992</v>
+        <v>87513.751999999993</v>
       </c>
       <c r="BJ32" s="4">
-        <v>94939.712</v>
+        <v>95316.160000000003</v>
+      </c>
+      <c r="BK32" s="4">
+        <v>101689.42199999999</v>
       </c>
     </row>
-    <row r="33" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A33" s="22" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B33" s="14" t="s">
         <v>33</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J33" s="4" t="s">
         <v>3</v>
@@ -23155,140 +23507,143 @@
       <c r="Z33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AD33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AE33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AF33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AG33" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AH33" s="4">
-        <v>7804.5116959437</v>
+        <v>7804.5119999999997</v>
       </c>
       <c r="AI33" s="4">
         <v>8499.5450000000001</v>
       </c>
       <c r="AJ33" s="4">
         <v>8921.514000000001</v>
       </c>
       <c r="AK33" s="4">
         <v>9633.643</v>
       </c>
       <c r="AL33" s="4">
         <v>9959.8270000000011</v>
       </c>
       <c r="AM33" s="4">
         <v>10648.441000000001</v>
       </c>
       <c r="AN33" s="4">
         <v>11239.157999999999</v>
       </c>
       <c r="AO33" s="4">
-        <v>12254.592085043001</v>
+        <v>12254.592000000001</v>
       </c>
       <c r="AP33" s="4">
-        <v>13502.309508</v>
+        <v>13502.31</v>
       </c>
       <c r="AQ33" s="4">
-        <v>14559.427896501002</v>
+        <v>14559.428</v>
       </c>
       <c r="AR33" s="4">
-        <v>15797.423809333999</v>
+        <v>15796.561</v>
       </c>
       <c r="AS33" s="4">
-        <v>16532.725254597</v>
+        <v>16533.886999999999</v>
       </c>
       <c r="AT33" s="4">
-        <v>18456.344984996002</v>
+        <v>18455.614000000001</v>
       </c>
       <c r="AU33" s="4">
-        <v>19936.476032265</v>
+        <v>19936.442999999999</v>
       </c>
       <c r="AV33" s="4">
-        <v>18517.612313960002</v>
+        <v>18517.583999999999</v>
       </c>
       <c r="AW33" s="4">
-        <v>19159.429483</v>
+        <v>19159.399000000001</v>
       </c>
       <c r="AX33" s="4">
-        <v>20728.637928</v>
+        <v>20728.579000000002</v>
       </c>
       <c r="AY33" s="4">
-        <v>21145.115807669998</v>
+        <v>21145.026999999998</v>
       </c>
       <c r="AZ33" s="4">
-        <v>23081.579186159997</v>
+        <v>23081.487000000001</v>
       </c>
       <c r="BA33" s="4">
-        <v>24327.327500776999</v>
+        <v>24327.324000000001</v>
       </c>
       <c r="BB33" s="4">
-        <v>26048.985098363002</v>
+        <v>26048.964</v>
       </c>
       <c r="BC33" s="4">
-        <v>26875.204622059999</v>
+        <v>26875.164000000001</v>
       </c>
       <c r="BD33" s="4">
-        <v>28759.178094119998</v>
+        <v>28759.170000000002</v>
       </c>
       <c r="BE33" s="4">
-        <v>30581.626547479998</v>
+        <v>30581.608</v>
       </c>
       <c r="BF33" s="4">
-        <v>32610.382160150002</v>
+        <v>32610.366999999998</v>
       </c>
       <c r="BG33" s="4">
-        <v>32500.25231254</v>
+        <v>32500.236000000001</v>
       </c>
       <c r="BH33" s="4">
-        <v>35496.395922930002</v>
+        <v>35494.903999999995</v>
       </c>
       <c r="BI33" s="4">
-        <v>38429.228350600002</v>
+        <v>38670.707000000002</v>
       </c>
       <c r="BJ33" s="4">
-        <v>43584.840060920003</v>
+        <v>43408.78</v>
+      </c>
+      <c r="BK33" s="4">
+        <v>46567.002999999997</v>
       </c>
     </row>
-    <row r="34" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A34" s="22" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B34" s="14" t="s">
         <v>34</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="H34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="I34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="J34" s="4" t="s">
         <v>3</v>
@@ -23341,326 +23696,332 @@
       <c r="Z34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AA34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AB34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AC34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AD34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AE34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AF34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AG34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="AH34" s="4">
-        <v>4133.1828670922996</v>
+        <v>4133.2659999999996</v>
       </c>
       <c r="AI34" s="4">
-        <v>4633.1521185150996</v>
+        <v>4632.4050000000007</v>
       </c>
       <c r="AJ34" s="4">
-        <v>5128.2160414996997</v>
+        <v>5125.3960000000006</v>
       </c>
       <c r="AK34" s="4">
-        <v>5810.3523439618002</v>
+        <v>5802.7</v>
       </c>
       <c r="AL34" s="4">
-        <v>6583.0358155294998</v>
+        <v>6573.8009999999995</v>
       </c>
       <c r="AM34" s="4">
-        <v>7107.4229420040001</v>
+        <v>7091.3370000000004</v>
       </c>
       <c r="AN34" s="4">
-        <v>7990.3185776353002</v>
+        <v>7973.924</v>
       </c>
       <c r="AO34" s="4">
-        <v>9014.9832250637992</v>
+        <v>9001.5010000000002</v>
       </c>
       <c r="AP34" s="4">
-        <v>9835.6756777794999</v>
+        <v>9828.4160000000011</v>
       </c>
       <c r="AQ34" s="4">
-        <v>10626.475533523999</v>
+        <v>10623.772999999999</v>
       </c>
       <c r="AR34" s="4">
-        <v>11396.575462457</v>
+        <v>11389.210000000001</v>
       </c>
       <c r="AS34" s="4">
-        <v>12174.818491404001</v>
+        <v>12167.085999999999</v>
       </c>
       <c r="AT34" s="4">
-        <v>13342.35775123</v>
+        <v>13332.44</v>
       </c>
       <c r="AU34" s="4">
-        <v>14147.168243282</v>
+        <v>14136.986000000001</v>
       </c>
       <c r="AV34" s="4">
-        <v>13450.246870374</v>
+        <v>13486.202000000001</v>
       </c>
       <c r="AW34" s="4">
-        <v>13741.018776329</v>
+        <v>13835.210999999999</v>
       </c>
       <c r="AX34" s="4">
-        <v>13833.790274659999</v>
+        <v>13926.183999999999</v>
       </c>
       <c r="AY34" s="4">
-        <v>13645.063764176999</v>
+        <v>13690.514000000001</v>
       </c>
       <c r="AZ34" s="4">
-        <v>13576.404312869001</v>
+        <v>13691.744999999999</v>
       </c>
       <c r="BA34" s="4">
-        <v>13991.951750373</v>
+        <v>14120.881000000001</v>
       </c>
       <c r="BB34" s="4">
-        <v>14496.342791759</v>
+        <v>14681.547999999999</v>
       </c>
       <c r="BC34" s="4">
-        <v>15119.892659263</v>
+        <v>15280.272999999999</v>
       </c>
       <c r="BD34" s="4">
-        <v>15943.117413171001</v>
+        <v>16168.434000000001</v>
       </c>
       <c r="BE34" s="4">
-        <v>17084.023695727999</v>
+        <v>17307.503000000001</v>
       </c>
       <c r="BF34" s="4">
-        <v>18237.244149992999</v>
+        <v>18261.202000000001</v>
       </c>
       <c r="BG34" s="4">
-        <v>17667.538360459999</v>
+        <v>17704.868000000002</v>
       </c>
       <c r="BH34" s="4">
-        <v>19997.394437798001</v>
+        <v>20055.983</v>
       </c>
       <c r="BI34" s="4">
-        <v>21333.168547380003</v>
+        <v>21402.126</v>
       </c>
       <c r="BJ34" s="4">
-        <v>23271.050821075001</v>
+        <v>23290.069</v>
+      </c>
+      <c r="BK34" s="4">
+        <v>25819.055</v>
       </c>
     </row>
-    <row r="35" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A35" s="22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B35" s="14" t="s">
         <v>35</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="4">
-        <v>1238.3253398723998</v>
+        <v>1238.3249999999998</v>
       </c>
       <c r="E35" s="4">
-        <v>1332.0832281562</v>
+        <v>1332.0829999999999</v>
       </c>
       <c r="F35" s="4">
-        <v>1873.2345269434002</v>
+        <v>1873.2349999999999</v>
       </c>
       <c r="G35" s="4">
-        <v>2009.4238697967</v>
+        <v>2009.4240000000002</v>
       </c>
       <c r="H35" s="4">
-        <v>2353.8038056085998</v>
+        <v>2353.8039999999996</v>
       </c>
       <c r="I35" s="4">
-        <v>2665.9694926255997</v>
+        <v>2665.9690000000001</v>
       </c>
       <c r="J35" s="4">
-        <v>3059.2117125238997</v>
+        <v>3059.212</v>
       </c>
       <c r="K35" s="4">
-        <v>3790.2828362963</v>
+        <v>3790.2829999999999</v>
       </c>
       <c r="L35" s="4">
-        <v>4722.6930150373</v>
+        <v>4722.6929999999993</v>
       </c>
       <c r="M35" s="4">
-        <v>5593.4393518686002</v>
+        <v>5593.4390000000003</v>
       </c>
       <c r="N35" s="4">
-        <v>7089.7791881529001</v>
+        <v>7089.7790000000005</v>
       </c>
       <c r="O35" s="4">
-        <v>8526.979433365801</v>
+        <v>8526.9790000000012</v>
       </c>
       <c r="P35" s="4">
-        <v>11884.777769763999</v>
+        <v>11884.778</v>
       </c>
       <c r="Q35" s="4">
-        <v>15441.743896722</v>
+        <v>15441.744000000001</v>
       </c>
       <c r="R35" s="4">
-        <v>18499.272775354002</v>
+        <v>18499.272999999997</v>
       </c>
       <c r="S35" s="4">
-        <v>22001.61071244</v>
+        <v>22001.611000000001</v>
       </c>
       <c r="T35" s="4">
-        <v>26039.843689974001</v>
+        <v>26039.843999999997</v>
       </c>
       <c r="U35" s="4">
-        <v>30310.809643959998</v>
+        <v>30310.81</v>
       </c>
       <c r="V35" s="4">
-        <v>37264.053856935003</v>
+        <v>37264.054000000004</v>
       </c>
       <c r="W35" s="4">
-        <v>42613.770193526005</v>
+        <v>42613.770000000004</v>
       </c>
       <c r="X35" s="4">
-        <v>49452.587777620996</v>
+        <v>49452.587999999996</v>
       </c>
       <c r="Y35" s="4">
-        <v>59488.020091569997</v>
+        <v>59488.02</v>
       </c>
       <c r="Z35" s="4">
-        <v>70680.334114865007</v>
+        <v>70680.334000000003</v>
       </c>
       <c r="AA35" s="4">
-        <v>79055.478846897997</v>
+        <v>79055.479000000007</v>
       </c>
       <c r="AB35" s="4">
-        <v>93657.535551067995</v>
+        <v>93657.535999999993</v>
       </c>
       <c r="AC35" s="4">
-        <v>103662.00057816999</v>
+        <v>103662.001</v>
       </c>
       <c r="AD35" s="4">
-        <v>114650.0907937</v>
+        <v>114650.091</v>
       </c>
       <c r="AE35" s="4">
-        <v>127373.12471362</v>
+        <v>127373.125</v>
       </c>
       <c r="AF35" s="4">
-        <v>127980.02404528999</v>
+        <v>127980.024</v>
       </c>
       <c r="AG35" s="4">
-        <v>136252.74420432001</v>
+        <v>136252.74400000001</v>
       </c>
       <c r="AH35" s="4">
-        <v>144198</v>
+        <v>144148</v>
       </c>
       <c r="AI35" s="4">
-        <v>152190</v>
+        <v>152139</v>
       </c>
       <c r="AJ35" s="4">
-        <v>165901</v>
+        <v>165846</v>
       </c>
       <c r="AK35" s="4">
-        <v>182153</v>
+        <v>182081</v>
       </c>
       <c r="AL35" s="4">
-        <v>197398</v>
+        <v>197326</v>
       </c>
       <c r="AM35" s="4">
-        <v>214114</v>
+        <v>214038</v>
       </c>
       <c r="AN35" s="4">
-        <v>229896</v>
+        <v>229806</v>
       </c>
       <c r="AO35" s="4">
-        <v>249181</v>
+        <v>249101</v>
       </c>
       <c r="AP35" s="4">
-        <v>265513</v>
+        <v>265412</v>
       </c>
       <c r="AQ35" s="4">
-        <v>292572</v>
+        <v>292404</v>
       </c>
       <c r="AR35" s="4">
-        <v>326832</v>
+        <v>326642</v>
       </c>
       <c r="AS35" s="4">
-        <v>361370</v>
+        <v>361205</v>
       </c>
       <c r="AT35" s="4">
-        <v>391648</v>
+        <v>391474</v>
       </c>
       <c r="AU35" s="4">
-        <v>356193</v>
+        <v>356043</v>
       </c>
       <c r="AV35" s="4">
-        <v>317364</v>
+        <v>317261</v>
       </c>
       <c r="AW35" s="4">
-        <v>335563</v>
+        <v>335499</v>
       </c>
       <c r="AX35" s="4">
-        <v>331786</v>
+        <v>331704</v>
       </c>
       <c r="AY35" s="4">
-        <v>333748</v>
+        <v>333683</v>
       </c>
       <c r="AZ35" s="4">
-        <v>337891</v>
+        <v>337815</v>
       </c>
       <c r="BA35" s="4">
-        <v>349770</v>
+        <v>349649</v>
       </c>
       <c r="BB35" s="4">
-        <v>364683</v>
+        <v>364587</v>
       </c>
       <c r="BC35" s="4">
-        <v>374222</v>
+        <v>374153</v>
       </c>
       <c r="BD35" s="4">
-        <v>393529</v>
+        <v>393528</v>
       </c>
       <c r="BE35" s="4">
-        <v>417076</v>
+        <v>417095</v>
       </c>
       <c r="BF35" s="4">
-        <v>431736</v>
+        <v>431771</v>
       </c>
       <c r="BG35" s="4">
-        <v>412288</v>
+        <v>412326</v>
       </c>
       <c r="BH35" s="4">
-        <v>462189</v>
+        <v>462224</v>
       </c>
       <c r="BI35" s="4">
-        <v>506104</v>
+        <v>505644</v>
       </c>
       <c r="BJ35" s="4">
-        <v>545691</v>
+        <v>545398</v>
+      </c>
+      <c r="BK35" s="4">
+        <v>584833</v>
       </c>
     </row>
-    <row r="36" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A36" s="22" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B36" s="14" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="4">
         <v>40003</v>
       </c>
       <c r="E36" s="4">
         <v>44467</v>
       </c>
       <c r="F36" s="4">
         <v>49573</v>
       </c>
       <c r="G36" s="4">
         <v>55631</v>
       </c>
       <c r="H36" s="4">
         <v>61981</v>
       </c>
       <c r="I36" s="4">
         <v>69287</v>
       </c>
       <c r="J36" s="4">
         <v>76460</v>
@@ -23728,125 +24089,128 @@
       <c r="AE36" s="4">
         <v>735319</v>
       </c>
       <c r="AF36" s="4">
         <v>724853</v>
       </c>
       <c r="AG36" s="4">
         <v>777887</v>
       </c>
       <c r="AH36" s="4">
         <v>859254</v>
       </c>
       <c r="AI36" s="4">
         <v>915243</v>
       </c>
       <c r="AJ36" s="4">
         <v>975733</v>
       </c>
       <c r="AK36" s="4">
         <v>1027127</v>
       </c>
       <c r="AL36" s="4">
         <v>1092156</v>
       </c>
       <c r="AM36" s="4">
-        <v>1204793.6863947001</v>
+        <v>1204793.686</v>
       </c>
       <c r="AN36" s="4">
-        <v>1179832.8742594998</v>
+        <v>1179832.8739999998</v>
       </c>
       <c r="AO36" s="4">
-        <v>1172546.5348498998</v>
+        <v>1172546.5349999999</v>
       </c>
       <c r="AP36" s="4">
-        <v>1230808.9625539</v>
+        <v>1230808.963</v>
       </c>
       <c r="AQ36" s="4">
-        <v>1300292.9555909</v>
+        <v>1300292.956</v>
       </c>
       <c r="AR36" s="4">
-        <v>1386543.4829591999</v>
+        <v>1386543.483</v>
       </c>
       <c r="AS36" s="4">
-        <v>1433103.2934698001</v>
+        <v>1433103.2929999998</v>
       </c>
       <c r="AT36" s="4">
-        <v>1491189.775343</v>
+        <v>1491189.7750000001</v>
       </c>
       <c r="AU36" s="4">
-        <v>1500383.3477085</v>
+        <v>1500383.348</v>
       </c>
       <c r="AV36" s="4">
-        <v>1460058.9551543</v>
+        <v>1460058.9550000001</v>
       </c>
       <c r="AW36" s="4">
-        <v>1532259.0376224001</v>
+        <v>1532259.0379999999</v>
       </c>
       <c r="AX36" s="4">
-        <v>1564289.0722474998</v>
+        <v>1564289.0719999999</v>
       </c>
       <c r="AY36" s="4">
-        <v>1576785.0247315001</v>
+        <v>1576785.0249999999</v>
       </c>
       <c r="AZ36" s="4">
-        <v>1624631.9534644999</v>
+        <v>1624631.953</v>
       </c>
       <c r="BA36" s="4">
-        <v>1684174.6888536999</v>
+        <v>1684174.689</v>
       </c>
       <c r="BB36" s="4">
-        <v>1816165.8338074998</v>
+        <v>1816165.8339999998</v>
       </c>
       <c r="BC36" s="4">
-        <v>1946828.4249753002</v>
+        <v>1946828.4249999998</v>
       </c>
       <c r="BD36" s="4">
-        <v>2039151.7961877</v>
+        <v>2039151.7960000001</v>
       </c>
       <c r="BE36" s="4">
-        <v>2113857.2327751997</v>
+        <v>2113857.233</v>
       </c>
       <c r="BF36" s="4">
-        <v>2162925.4301366</v>
+        <v>2162925.4299999997</v>
       </c>
       <c r="BG36" s="4">
-        <v>2137948.6376156001</v>
+        <v>2137948.6379999998</v>
       </c>
       <c r="BH36" s="4">
-        <v>2336816.9146740003</v>
+        <v>2336816.915</v>
       </c>
       <c r="BI36" s="4">
-        <v>2493410.2472823001</v>
+        <v>2493410.247</v>
       </c>
       <c r="BJ36" s="4">
-        <v>2567311.2517016004</v>
+        <v>2562206.412</v>
+      </c>
+      <c r="BK36" s="4">
+        <v>2643673.2250000001</v>
       </c>
     </row>
-    <row r="37" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A37" s="22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B37" s="14" t="s">
         <v>37</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="4">
         <v>11236.99</v>
       </c>
       <c r="E37" s="4">
         <v>12517.59</v>
       </c>
       <c r="F37" s="4">
         <v>13477</v>
       </c>
       <c r="G37" s="4">
         <v>15048</v>
       </c>
       <c r="H37" s="4">
         <v>17164</v>
       </c>
       <c r="I37" s="4">
         <v>19280</v>
       </c>
       <c r="J37" s="4">
         <v>21576</v>
@@ -23884,341 +24248,347 @@
       <c r="U37" s="4">
         <v>53619</v>
       </c>
       <c r="V37" s="4">
         <v>56498</v>
       </c>
       <c r="W37" s="4">
         <v>60814</v>
       </c>
       <c r="X37" s="4">
         <v>63061</v>
       </c>
       <c r="Y37" s="4">
         <v>68869</v>
       </c>
       <c r="Z37" s="4">
         <v>70711</v>
       </c>
       <c r="AA37" s="4">
         <v>75907</v>
       </c>
       <c r="AB37" s="4">
         <v>79569</v>
       </c>
       <c r="AC37" s="4">
-        <v>85532.757806540001</v>
+        <v>85532.758000000002</v>
       </c>
       <c r="AD37" s="4">
-        <v>88789.363004500003</v>
+        <v>88789.362999999998</v>
       </c>
       <c r="AE37" s="4">
-        <v>92335.438990789989</v>
+        <v>92335.438999999998</v>
       </c>
       <c r="AF37" s="4">
-        <v>96535.335956390001</v>
+        <v>96535.335999999996</v>
       </c>
       <c r="AG37" s="4">
-        <v>100615.99348174999</v>
+        <v>100615.993</v>
       </c>
       <c r="AH37" s="4">
-        <v>104173.86940789</v>
+        <v>104173.86899999999</v>
       </c>
       <c r="AI37" s="4">
-        <v>106878.91172942999</v>
+        <v>106878.912</v>
       </c>
       <c r="AJ37" s="4">
-        <v>107397.60382452</v>
+        <v>107397.60400000001</v>
       </c>
       <c r="AK37" s="4">
-        <v>113633.93121729</v>
+        <v>113633.931</v>
       </c>
       <c r="AL37" s="4">
-        <v>116553.94528738</v>
+        <v>116553.94499999999</v>
       </c>
       <c r="AM37" s="4">
-        <v>127472.08924650999</v>
+        <v>127472.08899999999</v>
       </c>
       <c r="AN37" s="4">
-        <v>127422.40188927001</v>
+        <v>127422.402</v>
       </c>
       <c r="AO37" s="4">
-        <v>129925.39644032999</v>
+        <v>129925.39600000001</v>
       </c>
       <c r="AP37" s="4">
-        <v>128137.2795776</v>
+        <v>128137.28</v>
       </c>
       <c r="AQ37" s="4">
-        <v>130531.90375774</v>
+        <v>130531.90399999999</v>
       </c>
       <c r="AR37" s="4">
-        <v>135165.27127513001</v>
+        <v>135165.27099999998</v>
       </c>
       <c r="AS37" s="4">
-        <v>142366.29597510002</v>
+        <v>142366.296</v>
       </c>
       <c r="AT37" s="4">
-        <v>150468.20872226998</v>
+        <v>150468.209</v>
       </c>
       <c r="AU37" s="4">
-        <v>159268.15691985999</v>
+        <v>159268.15700000001</v>
       </c>
       <c r="AV37" s="4">
-        <v>158405.30219083998</v>
+        <v>158405.302</v>
       </c>
       <c r="AW37" s="4">
-        <v>161235.03168474999</v>
+        <v>161235.03199999998</v>
       </c>
       <c r="AX37" s="4">
-        <v>166438.99137151998</v>
+        <v>166438.99099999998</v>
       </c>
       <c r="AY37" s="4">
-        <v>167946.54279010001</v>
+        <v>167946.54300000001</v>
       </c>
       <c r="AZ37" s="4">
-        <v>171812.02099679</v>
+        <v>171812.02099999998</v>
       </c>
       <c r="BA37" s="4">
-        <v>174315.72643558</v>
+        <v>174315.72600000002</v>
       </c>
       <c r="BB37" s="4">
-        <v>180069.77860488999</v>
+        <v>180069.77900000001</v>
       </c>
       <c r="BC37" s="4">
-        <v>182599.36631413002</v>
+        <v>182599.36600000001</v>
       </c>
       <c r="BD37" s="4">
-        <v>189732.86647402</v>
+        <v>189732.86600000001</v>
       </c>
       <c r="BE37" s="4">
-        <v>192865.45845568</v>
+        <v>192865.45799999998</v>
       </c>
       <c r="BF37" s="4">
-        <v>198291.26816419</v>
+        <v>198291.26800000001</v>
       </c>
       <c r="BG37" s="4">
-        <v>194442.1714207</v>
+        <v>194442.171</v>
       </c>
       <c r="BH37" s="4">
-        <v>208389.53992114999</v>
+        <v>208389.54</v>
       </c>
       <c r="BI37" s="4">
-        <v>210291.06481921999</v>
+        <v>210681.55</v>
       </c>
       <c r="BJ37" s="4">
-        <v>215421.79118638</v>
+        <v>216163.85700000002</v>
+      </c>
+      <c r="BK37" s="4">
+        <v>224033.08199999999</v>
       </c>
     </row>
-    <row r="38" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A38" s="22" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B38" s="14" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="4">
-        <v>1.1434999999999999E-2</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="E38" s="4">
-        <v>1.3724E-2</v>
+        <v>1.4E-2</v>
       </c>
       <c r="F38" s="4">
-        <v>1.6351999999999998E-2</v>
+        <v>1.6E-2</v>
       </c>
       <c r="G38" s="4">
-        <v>1.7909999999999999E-2</v>
+        <v>1.8000000000000002E-2</v>
       </c>
       <c r="H38" s="4">
-        <v>2.1492999999999998E-2</v>
+        <v>2.0999999999999998E-2</v>
       </c>
       <c r="I38" s="4">
-        <v>2.5694000000000002E-2</v>
+        <v>2.5999999999999999E-2</v>
       </c>
       <c r="J38" s="4">
-        <v>3.6511999999999996E-2</v>
+        <v>3.6999999999999998E-2</v>
       </c>
       <c r="K38" s="4">
-        <v>4.4437000000000004E-2</v>
+        <v>4.3999999999999997E-2</v>
       </c>
       <c r="L38" s="4">
-        <v>5.8057000000000004E-2</v>
+        <v>5.8000000000000003E-2</v>
       </c>
       <c r="M38" s="4">
-        <v>7.3519000000000001E-2</v>
+        <v>7.3999999999999996E-2</v>
       </c>
       <c r="N38" s="4">
-        <v>0.10765899999999999</v>
+        <v>0.108</v>
       </c>
       <c r="O38" s="4">
-        <v>0.13988100000000001</v>
+        <v>0.13999999999999999</v>
       </c>
       <c r="P38" s="4">
-        <v>0.18689999999999998</v>
+        <v>0.187</v>
       </c>
       <c r="Q38" s="4">
-        <v>0.27153900000000003</v>
+        <v>0.27200000000000002</v>
       </c>
       <c r="R38" s="4">
-        <v>0.44883299999999998</v>
+        <v>0.44900000000000001</v>
       </c>
       <c r="S38" s="4">
-        <v>0.93850900000000004</v>
+        <v>0.93899999999999995</v>
       </c>
       <c r="T38" s="4">
-        <v>1.5019790000000002</v>
+        <v>1.502</v>
       </c>
       <c r="U38" s="4">
-        <v>1.931705</v>
+        <v>1.9319999999999999</v>
       </c>
       <c r="V38" s="4">
-        <v>2.3895499999999998</v>
+        <v>2.39</v>
       </c>
       <c r="W38" s="4">
-        <v>3.1536300000000002</v>
+        <v>3.1539999999999999</v>
       </c>
       <c r="X38" s="4">
-        <v>5.41927</v>
+        <v>5.4190000000000005</v>
       </c>
       <c r="Y38" s="4">
-        <v>8.9553080000000005</v>
+        <v>8.9550000000000001</v>
       </c>
       <c r="Z38" s="4">
-        <v>14.058874000000001</v>
+        <v>14.059000000000001</v>
       </c>
       <c r="AA38" s="4">
-        <v>23.002860999999999</v>
+        <v>23.003</v>
       </c>
       <c r="AB38" s="4">
-        <v>42.456372000000002</v>
+        <v>42.456000000000003</v>
       </c>
       <c r="AC38" s="4">
-        <v>78.71459999999999</v>
+        <v>78.714999999999989</v>
       </c>
       <c r="AD38" s="4">
-        <v>132.249008</v>
+        <v>132.249</v>
       </c>
       <c r="AE38" s="4">
         <v>245.249</v>
       </c>
       <c r="AF38" s="4">
         <v>449.29899999999998</v>
       </c>
       <c r="AG38" s="4">
         <v>860.36099999999999</v>
       </c>
       <c r="AH38" s="4">
         <v>1751.413</v>
       </c>
       <c r="AI38" s="4">
         <v>3754.77</v>
       </c>
       <c r="AJ38" s="4">
-        <v>8035.8265160000001</v>
+        <v>8035.8269999999993</v>
       </c>
       <c r="AK38" s="4">
-        <v>14820.613272018001</v>
+        <v>14820.612999999999</v>
       </c>
       <c r="AL38" s="4">
         <v>24208.275000000001</v>
       </c>
       <c r="AM38" s="4">
-        <v>40262.995600000002</v>
+        <v>40262.995999999999</v>
       </c>
       <c r="AN38" s="4">
-        <v>62709.656900000002</v>
+        <v>62709.656999999999</v>
       </c>
       <c r="AO38" s="4">
-        <v>86277.111899999989</v>
+        <v>86277.112000000008</v>
       </c>
       <c r="AP38" s="4">
-        <v>117943.583623</v>
+        <v>117943.584</v>
       </c>
       <c r="AQ38" s="4">
-        <v>134571.04491000003</v>
+        <v>134571.04499999998</v>
       </c>
       <c r="AR38" s="4">
-        <v>157416.55834100003</v>
+        <v>157416.55800000002</v>
       </c>
       <c r="AS38" s="4">
         <v>185979.95499999999</v>
       </c>
       <c r="AT38" s="4">
         <v>203053.21100000001</v>
       </c>
       <c r="AU38" s="4">
         <v>230245.02899999998</v>
       </c>
       <c r="AV38" s="4">
         <v>234668.59400000001</v>
       </c>
       <c r="AW38" s="4">
         <v>287873.49400000001</v>
       </c>
       <c r="AX38" s="4">
         <v>361152.73499999999</v>
       </c>
       <c r="AY38" s="4">
         <v>391572.185</v>
       </c>
       <c r="AZ38" s="4">
         <v>458697.78</v>
       </c>
       <c r="BA38" s="4">
         <v>502571.32199999999</v>
       </c>
       <c r="BB38" s="4">
-        <v>586722.01646700001</v>
+        <v>586722.01600000006</v>
       </c>
       <c r="BC38" s="4">
-        <v>660007.3225580001</v>
+        <v>660007.32300000009</v>
       </c>
       <c r="BD38" s="4">
-        <v>773406.33690799994</v>
+        <v>773406.33700000006</v>
       </c>
       <c r="BE38" s="4">
-        <v>901485.014799</v>
+        <v>901485.01500000001</v>
       </c>
       <c r="BF38" s="4">
         <v>997550.65300000005</v>
       </c>
       <c r="BG38" s="4">
         <v>1204628.746</v>
       </c>
       <c r="BH38" s="4">
         <v>1662668.8810000001</v>
       </c>
       <c r="BI38" s="4">
-        <v>3144266.4930269001</v>
+        <v>3144266.4930000002</v>
       </c>
       <c r="BJ38" s="4">
-        <v>6163076.1288598999</v>
+        <v>6163076.1289999997</v>
+      </c>
+      <c r="BK38" s="4">
+        <v>10398575.944</v>
       </c>
     </row>
-    <row r="39" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A39" s="22" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B39" s="14" t="s">
         <v>38</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="16">
         <v>10945</v>
       </c>
       <c r="E39" s="4">
         <v>11946</v>
       </c>
       <c r="F39" s="4">
         <v>13320</v>
       </c>
       <c r="G39" s="4">
         <v>14976</v>
       </c>
       <c r="H39" s="4">
         <v>16934</v>
       </c>
       <c r="I39" s="4">
         <v>19080</v>
       </c>
       <c r="J39" s="4">
         <v>20167</v>
@@ -24286,125 +24656,128 @@
       <c r="AE39" s="4">
         <v>207654</v>
       </c>
       <c r="AF39" s="4">
         <v>211438</v>
       </c>
       <c r="AG39" s="4">
         <v>228041</v>
       </c>
       <c r="AH39" s="4">
         <v>249597</v>
       </c>
       <c r="AI39" s="4">
         <v>264778</v>
       </c>
       <c r="AJ39" s="4">
         <v>284277</v>
       </c>
       <c r="AK39" s="4">
         <v>312051</v>
       </c>
       <c r="AL39" s="4">
         <v>332423</v>
       </c>
       <c r="AM39" s="4">
-        <v>359483</v>
+        <v>359489</v>
       </c>
       <c r="AN39" s="4">
         <v>368781</v>
       </c>
       <c r="AO39" s="4">
         <v>374161</v>
       </c>
       <c r="AP39" s="4">
-        <v>392197.35284305998</v>
+        <v>392206.353</v>
       </c>
       <c r="AQ39" s="4">
-        <v>424498.24782795005</v>
+        <v>424512.24800000002</v>
       </c>
       <c r="AR39" s="4">
-        <v>454576.72019196005</v>
+        <v>454595.72</v>
       </c>
       <c r="AS39" s="4">
-        <v>483257.37944886996</v>
+        <v>483276.37900000002</v>
       </c>
       <c r="AT39" s="4">
-        <v>509221.69222645002</v>
+        <v>509242.69199999998</v>
       </c>
       <c r="AU39" s="4">
-        <v>512259.29511538002</v>
+        <v>512274.29500000004</v>
       </c>
       <c r="AV39" s="4">
-        <v>481313.9523986</v>
+        <v>481309.95199999999</v>
       </c>
       <c r="AW39" s="4">
-        <v>515461.50382644997</v>
+        <v>515462.50399999996</v>
       </c>
       <c r="AX39" s="4">
-        <v>546195</v>
+        <v>546376</v>
       </c>
       <c r="AY39" s="4">
-        <v>550477</v>
+        <v>550749</v>
       </c>
       <c r="AZ39" s="4">
-        <v>570160</v>
+        <v>570461</v>
       </c>
       <c r="BA39" s="4">
-        <v>590282</v>
+        <v>590594</v>
       </c>
       <c r="BB39" s="4">
-        <v>611491.45506524993</v>
+        <v>611818.45499999996</v>
       </c>
       <c r="BC39" s="4">
-        <v>646296.43811710004</v>
+        <v>646616.43400000001</v>
       </c>
       <c r="BD39" s="4">
-        <v>681659.52077909</v>
+        <v>681983.55</v>
       </c>
       <c r="BE39" s="4">
-        <v>705271.32030650997</v>
+        <v>705116.48400000005</v>
       </c>
       <c r="BF39" s="4">
-        <v>725800.49302282999</v>
+        <v>726317.47399999993</v>
       </c>
       <c r="BG39" s="4">
-        <v>690451.56059765001</v>
+        <v>690818.38</v>
       </c>
       <c r="BH39" s="4">
-        <v>781763.47849835001</v>
+        <v>782247.11</v>
       </c>
       <c r="BI39" s="4">
-        <v>887622.56067084998</v>
+        <v>888339.94199999992</v>
       </c>
       <c r="BJ39" s="4">
-        <v>949518.05584414001</v>
+        <v>947974.32400000002</v>
+      </c>
+      <c r="BK39" s="4">
+        <v>979793.85600000003</v>
       </c>
     </row>
-    <row r="40" spans="1:62" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:63" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A40" s="22" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B40" s="15" t="s">
         <v>39</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="7">
         <v>167022</v>
       </c>
       <c r="E40" s="7">
         <v>186065</v>
       </c>
       <c r="F40" s="7">
         <v>208577</v>
       </c>
       <c r="G40" s="7">
         <v>218623</v>
       </c>
       <c r="H40" s="7">
         <v>261468.00000000003</v>
       </c>
       <c r="I40" s="7">
         <v>276727</v>
       </c>
       <c r="J40" s="7">
         <v>278738</v>
@@ -24478,170 +24851,173 @@
       <c r="AG40" s="7">
         <v>1915492.72</v>
       </c>
       <c r="AH40" s="7">
         <v>2028326.6900000002</v>
       </c>
       <c r="AI40" s="7">
         <v>2183329.3199999998</v>
       </c>
       <c r="AJ40" s="7">
         <v>2357489.3200000003</v>
       </c>
       <c r="AK40" s="7">
         <v>2525495.52</v>
       </c>
       <c r="AL40" s="7">
         <v>2690195.08</v>
       </c>
       <c r="AM40" s="7">
         <v>2900519.06</v>
       </c>
       <c r="AN40" s="7">
         <v>2884729.63</v>
       </c>
       <c r="AO40" s="7">
-        <v>2733431.44</v>
+        <v>2733431.54</v>
       </c>
       <c r="AP40" s="7">
-        <v>2805007.5700000003</v>
+        <v>2805007.3699999996</v>
       </c>
       <c r="AQ40" s="7">
-        <v>3025256.5599999996</v>
+        <v>3025256.66</v>
       </c>
       <c r="AR40" s="7">
         <v>3402866.0100000002</v>
       </c>
       <c r="AS40" s="7">
-        <v>3699160</v>
+        <v>3699160.3</v>
       </c>
       <c r="AT40" s="7">
-        <v>3868611.7800000003</v>
+        <v>3868611.38</v>
       </c>
       <c r="AU40" s="7">
         <v>3787414.84</v>
       </c>
       <c r="AV40" s="7">
-        <v>3317017.87</v>
+        <v>3317018.17</v>
       </c>
       <c r="AW40" s="7">
-        <v>3517143.67</v>
+        <v>3517143.5700000003</v>
       </c>
       <c r="AX40" s="7">
-        <v>3706689.5300000003</v>
+        <v>3706689.8299999996</v>
       </c>
       <c r="AY40" s="7">
-        <v>3887232.58</v>
+        <v>3887232.2800000003</v>
       </c>
       <c r="AZ40" s="7">
-        <v>4289854.21</v>
+        <v>4289854.46</v>
       </c>
       <c r="BA40" s="7">
         <v>4540420.7399999993</v>
       </c>
       <c r="BB40" s="7">
-        <v>4772710.3</v>
+        <v>4772710.3800000008</v>
       </c>
       <c r="BC40" s="7">
-        <v>4835353.84</v>
+        <v>4835353.1999999993</v>
       </c>
       <c r="BD40" s="7">
-        <v>5189237.08</v>
+        <v>5189236.6399999997</v>
       </c>
       <c r="BE40" s="7">
         <v>5126169.99</v>
       </c>
       <c r="BF40" s="7">
-        <v>5376522.8900000006</v>
+        <v>5376395.21</v>
       </c>
       <c r="BG40" s="7">
-        <v>5452240.1900000004</v>
+        <v>5446566.8799999999</v>
       </c>
       <c r="BH40" s="7">
-        <v>6301740.5800000001</v>
+        <v>6353281.3100000005</v>
       </c>
       <c r="BI40" s="7">
-        <v>7107112.3900000006</v>
+        <v>7293844.8600000003</v>
       </c>
       <c r="BJ40" s="7">
-        <v>6887379.2199999997</v>
+        <v>7105892.3599999994</v>
+      </c>
+      <c r="BK40" s="7">
+        <v>7481449.75</v>
       </c>
     </row>
-    <row r="41" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A41" s="22" t="s">
         <v>3</v>
       </c>
       <c r="B41" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C41" s="8" t="str">
         <f>tax_rev!C89</f>
-        <v>Preliminary data for 2023 were not available for Australia and Japan at the time this database was updated (December 2024).</v>
+        <v>Preliminary data for 2024 were not available for Australia and Japan at the time this database was updated (December 2025).</v>
       </c>
     </row>
-    <row r="42" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:63" x14ac:dyDescent="0.25">
       <c r="A42" s="22" t="s">
         <v>3</v>
       </c>
       <c r="B42" t="s">
         <v>40</v>
       </c>
       <c r="C42" s="8" t="str">
         <f>tax_rev!C90</f>
-        <v>OECD (2024), Revenue Statistics 2024, OECD Publishing, Paris, https://doi.org/10.1787/2522770x.</v>
+        <v>OECD (2025), Revenue Statistics 2025, OECD Publishing, Paris, https://doi.org/10.1787/2522770x.</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K0000FF Restricted Use - À usage restreint</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3"/>
-  <dimension ref="A1:BJ90"/>
+  <dimension ref="A1:BK90"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="3" ySplit="2" topLeftCell="AK3" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="3" ySplit="2" topLeftCell="D3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="BJ2" sqref="BJ2"/>
+      <selection pane="bottomRight" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5.140625" style="22" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="9.5703125" customWidth="1"/>
+    <col min="1" max="1" width="5.1796875" style="22" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.81640625" style="27" customWidth="1"/>
+    <col min="3" max="3" width="9.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:62" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:63" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B1" s="23" t="s">
-        <v>86</v>
+        <v>42</v>
       </c>
       <c r="C1" s="17"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="17"/>
       <c r="G1" s="17"/>
       <c r="H1" s="17"/>
       <c r="I1" s="17"/>
       <c r="J1" s="17"/>
       <c r="K1" s="17"/>
       <c r="L1" s="17"/>
       <c r="M1" s="17"/>
       <c r="N1" s="17"/>
       <c r="O1" s="17"/>
       <c r="P1" s="17"/>
       <c r="Q1" s="17"/>
       <c r="R1" s="17"/>
       <c r="S1" s="17"/>
       <c r="T1" s="17"/>
       <c r="U1" s="17"/>
       <c r="V1" s="17"/>
       <c r="W1" s="17"/>
       <c r="X1" s="17"/>
       <c r="Y1" s="17"/>
       <c r="Z1" s="17"/>
@@ -24659,52 +25035,53 @@
       <c r="AL1" s="17"/>
       <c r="AM1" s="17"/>
       <c r="AN1" s="17"/>
       <c r="AO1" s="17"/>
       <c r="AP1" s="17"/>
       <c r="AQ1" s="17"/>
       <c r="AR1" s="17"/>
       <c r="AS1" s="17"/>
       <c r="AT1" s="17"/>
       <c r="AU1" s="17"/>
       <c r="AV1" s="17"/>
       <c r="AW1" s="17"/>
       <c r="AX1" s="17"/>
       <c r="AY1" s="17"/>
       <c r="AZ1" s="17"/>
       <c r="BA1" s="17"/>
       <c r="BB1" s="17"/>
       <c r="BC1" s="17"/>
       <c r="BD1" s="17"/>
       <c r="BE1" s="17"/>
       <c r="BF1" s="17"/>
       <c r="BG1" s="17"/>
       <c r="BH1" s="17"/>
       <c r="BI1" s="17"/>
       <c r="BJ1" s="17"/>
+      <c r="BK1" s="17"/>
     </row>
-    <row r="2" spans="1:62" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:63" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B2" s="24"/>
       <c r="C2" s="1"/>
       <c r="D2" s="2">
         <v>1965</v>
       </c>
       <c r="E2" s="2">
         <v>1966</v>
       </c>
       <c r="F2" s="2">
         <v>1967</v>
       </c>
       <c r="G2" s="2">
         <v>1968</v>
       </c>
       <c r="H2" s="2">
         <v>1969</v>
       </c>
       <c r="I2" s="2">
         <v>1970</v>
       </c>
       <c r="J2" s="2">
         <v>1971</v>
       </c>
       <c r="K2" s="2">
         <v>1972</v>
@@ -24840,54 +25217,57 @@
       </c>
       <c r="BC2" s="2">
         <v>2016</v>
       </c>
       <c r="BD2" s="2">
         <v>2017</v>
       </c>
       <c r="BE2" s="2">
         <v>2018</v>
       </c>
       <c r="BF2" s="2">
         <v>2019</v>
       </c>
       <c r="BG2" s="2">
         <v>2020</v>
       </c>
       <c r="BH2" s="2">
         <v>2021</v>
       </c>
       <c r="BI2" s="2">
         <v>2022</v>
       </c>
       <c r="BJ2" s="2">
         <v>2023</v>
       </c>
+      <c r="BK2" s="2">
+        <v>2024</v>
+      </c>
     </row>
-    <row r="3" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A3" s="22" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B3" s="25" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="10" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G3" s="10" t="s">
         <v>3</v>
       </c>
       <c r="H3" s="10" t="s">
         <v>3</v>
       </c>
       <c r="I3" s="10" t="s">
         <v>3</v>
       </c>
@@ -24996,86 +25376,89 @@
       <c r="AR3" s="10">
         <v>82.135906693330824</v>
       </c>
       <c r="AS3" s="10">
         <v>81.604528425029343</v>
       </c>
       <c r="AT3" s="10">
         <v>81.746507791863237</v>
       </c>
       <c r="AU3" s="10">
         <v>81.712410855196808</v>
       </c>
       <c r="AV3" s="10">
         <v>79.944814427947804</v>
       </c>
       <c r="AW3" s="10">
         <v>80.150638968232386</v>
       </c>
       <c r="AX3" s="10">
         <v>81.083100244549343</v>
       </c>
       <c r="AY3" s="10">
         <v>81.14082982678373</v>
       </c>
       <c r="AZ3" s="10">
-        <v>80.674177643265836</v>
+        <v>80.674177625010287</v>
       </c>
       <c r="BA3" s="10">
-        <v>79.706199063736221</v>
+        <v>79.70637975670688</v>
       </c>
       <c r="BB3" s="10">
         <v>79.327543957510812</v>
       </c>
       <c r="BC3" s="10">
         <v>79.513863063509774</v>
       </c>
       <c r="BD3" s="10">
         <v>80.551589617628665</v>
       </c>
       <c r="BE3" s="10">
         <v>81.115352929457188</v>
       </c>
       <c r="BF3" s="10">
-        <v>80.857310258753117</v>
+        <v>80.857312553973742</v>
       </c>
       <c r="BG3" s="10">
-        <v>80.830133467584787</v>
+        <v>80.829842612550323</v>
       </c>
       <c r="BH3" s="10">
-        <v>80.399752164725626</v>
+        <v>80.397792815629572</v>
       </c>
       <c r="BI3" s="10">
-        <v>81.585330718686976</v>
-[...1 lines deleted...]
-      <c r="BJ3" s="10" t="s">
+        <v>81.562586781218982</v>
+      </c>
+      <c r="BJ3" s="10">
+        <v>80.761584799870718</v>
+      </c>
+      <c r="BK3" s="10" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A4" s="22" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B4" s="25" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G4" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I4" s="12" t="s">
         <v>3</v>
       </c>
@@ -25184,86 +25567,89 @@
       <c r="AR4" s="12">
         <v>14.936180493108031</v>
       </c>
       <c r="AS4" s="12">
         <v>15.44440191027242</v>
       </c>
       <c r="AT4" s="12">
         <v>15.329669062092671</v>
       </c>
       <c r="AU4" s="12">
         <v>15.055237145942355</v>
       </c>
       <c r="AV4" s="12">
         <v>16.551143259088409</v>
       </c>
       <c r="AW4" s="12">
         <v>16.359773172584493</v>
       </c>
       <c r="AX4" s="12">
         <v>15.504066343702982</v>
       </c>
       <c r="AY4" s="12">
         <v>15.455269045781705</v>
       </c>
       <c r="AZ4" s="12">
-        <v>15.877308821344371</v>
+        <v>15.87730883634238</v>
       </c>
       <c r="BA4" s="12">
-        <v>16.716729197601531</v>
+        <v>16.716540395453329</v>
       </c>
       <c r="BB4" s="12">
         <v>17.065129392766682</v>
       </c>
       <c r="BC4" s="12">
         <v>16.89145076649725</v>
       </c>
       <c r="BD4" s="12">
         <v>16.010623432768007</v>
       </c>
       <c r="BE4" s="12">
         <v>15.491671019167155</v>
       </c>
       <c r="BF4" s="12">
-        <v>15.575776447688957</v>
+        <v>15.575774580143491</v>
       </c>
       <c r="BG4" s="12">
-        <v>15.765757517311316</v>
+        <v>15.766026814158094</v>
       </c>
       <c r="BH4" s="12">
-        <v>16.529665332944038</v>
+        <v>16.532722022615555</v>
       </c>
       <c r="BI4" s="12">
-        <v>15.517403905771825</v>
-[...1 lines deleted...]
-      <c r="BJ4" s="12" t="s">
+        <v>15.537641623627611</v>
+      </c>
+      <c r="BJ4" s="12">
+        <v>16.344798818502611</v>
+      </c>
+      <c r="BK4" s="12" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="5" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A5" s="22" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B5" s="25" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F5" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G5" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H5" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I5" s="12" t="s">
         <v>3</v>
       </c>
@@ -25372,650 +25758,662 @@
       <c r="AR5" s="12">
         <v>2.9279128135611421</v>
       </c>
       <c r="AS5" s="12">
         <v>2.9510696646982408</v>
       </c>
       <c r="AT5" s="12">
         <v>2.9238231460440867</v>
       </c>
       <c r="AU5" s="12">
         <v>3.2323519988608456</v>
       </c>
       <c r="AV5" s="12">
         <v>3.5040423129637794</v>
       </c>
       <c r="AW5" s="12">
         <v>3.4895878591831186</v>
       </c>
       <c r="AX5" s="12">
         <v>3.4128334117476746</v>
       </c>
       <c r="AY5" s="12">
         <v>3.4039011274345645</v>
       </c>
       <c r="AZ5" s="12">
-        <v>3.4485135353897842</v>
+        <v>3.4485135386473158</v>
       </c>
       <c r="BA5" s="12">
-        <v>3.5770717386622533</v>
+        <v>3.5770798478397876</v>
       </c>
       <c r="BB5" s="12">
         <v>3.6073266497225052</v>
       </c>
       <c r="BC5" s="12">
         <v>3.5946861699929755</v>
       </c>
       <c r="BD5" s="12">
         <v>3.4377869496033324</v>
       </c>
       <c r="BE5" s="12">
         <v>3.3929760513756597</v>
       </c>
       <c r="BF5" s="12">
-        <v>3.5669132935579286</v>
+        <v>3.5669128658827645</v>
       </c>
       <c r="BG5" s="12">
-        <v>3.4041090151039017</v>
+        <v>3.4041305732915808</v>
       </c>
       <c r="BH5" s="12">
-        <v>3.0705825023303399</v>
+        <v>3.0694851617548733</v>
       </c>
       <c r="BI5" s="12">
-        <v>2.8972653755411959</v>
-[...1 lines deleted...]
-      <c r="BJ5" s="12" t="s">
+        <v>2.899771595153406</v>
+      </c>
+      <c r="BJ5" s="12">
+        <v>2.8936163816266633</v>
+      </c>
+      <c r="BK5" s="12" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A6" s="22" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B6" s="25" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F6" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G6" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H6" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I6" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J6" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K6" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="12">
-        <v>77.767515765432236</v>
+        <v>77.767512081173123</v>
       </c>
       <c r="M6" s="12">
-        <v>76.996265489732423</v>
+        <v>76.996263918624336</v>
       </c>
       <c r="N6" s="12">
-        <v>77.015049012841544</v>
+        <v>77.015047608884302</v>
       </c>
       <c r="O6" s="12">
-        <v>77.091165834586619</v>
+        <v>77.091164210743727</v>
       </c>
       <c r="P6" s="12">
-        <v>77.693597286813372</v>
+        <v>77.693595919567784</v>
       </c>
       <c r="Q6" s="12">
-        <v>78.592531824935023</v>
+        <v>78.592535203078953</v>
       </c>
       <c r="R6" s="12">
-        <v>78.762004419324825</v>
+        <v>78.76200277619445</v>
       </c>
       <c r="S6" s="12">
-        <v>78.738165416767913</v>
+        <v>78.738164306985084</v>
       </c>
       <c r="T6" s="12">
-        <v>78.544929190597173</v>
+        <v>78.544929759511035</v>
       </c>
       <c r="U6" s="12">
-        <v>78.671912459755404</v>
+        <v>78.671912276321251</v>
       </c>
       <c r="V6" s="12">
-        <v>78.715035938729599</v>
+        <v>78.715036688549915</v>
       </c>
       <c r="W6" s="12">
-        <v>78.896191507688613</v>
+        <v>78.896189738699434</v>
       </c>
       <c r="X6" s="12">
-        <v>76.168081818699889</v>
+        <v>76.168082251703481</v>
       </c>
       <c r="Y6" s="12">
-        <v>75.973675710858828</v>
+        <v>75.97367505693235</v>
       </c>
       <c r="Z6" s="12">
-        <v>76.16575189821755</v>
+        <v>76.165753508915017</v>
       </c>
       <c r="AA6" s="12">
-        <v>78.62718065564377</v>
+        <v>78.627179758560629</v>
       </c>
       <c r="AB6" s="12">
-        <v>78.556067006003886</v>
+        <v>78.556066637868</v>
       </c>
       <c r="AC6" s="12">
-        <v>78.132463690156513</v>
+        <v>78.153909526688977</v>
       </c>
       <c r="AD6" s="12">
-        <v>77.903815133823528</v>
+        <v>77.920350526706045</v>
       </c>
       <c r="AE6" s="12">
-        <v>78.328771952821725</v>
+        <v>78.343846492840612</v>
       </c>
       <c r="AF6" s="12">
-        <v>78.886523785536355</v>
+        <v>78.903799894028381</v>
       </c>
       <c r="AG6" s="12">
-        <v>78.50520791429571</v>
+        <v>78.531073149986582</v>
       </c>
       <c r="AH6" s="12">
-        <v>93.699393149946559</v>
+        <v>93.696385886867176</v>
       </c>
       <c r="AI6" s="12">
-        <v>93.85950356643589</v>
+        <v>93.859382568179512</v>
       </c>
       <c r="AJ6" s="12">
-        <v>94.050847226457563</v>
+        <v>94.049912460445071</v>
       </c>
       <c r="AK6" s="12">
-        <v>94.069713683040845</v>
+        <v>94.067842928524541</v>
       </c>
       <c r="AL6" s="12">
-        <v>94.183698647535479</v>
+        <v>94.180568936767557</v>
       </c>
       <c r="AM6" s="12">
-        <v>94.424408518660613</v>
+        <v>94.422437843046083</v>
       </c>
       <c r="AN6" s="12">
-        <v>95.009681530282577</v>
+        <v>95.008198625051747</v>
       </c>
       <c r="AO6" s="12">
-        <v>94.96870578485067</v>
+        <v>94.969307937815202</v>
       </c>
       <c r="AP6" s="12">
-        <v>94.927058018459121</v>
+        <v>94.928969060777362</v>
       </c>
       <c r="AQ6" s="12">
-        <v>94.993070587763441</v>
+        <v>94.989458540756942</v>
       </c>
       <c r="AR6" s="12">
-        <v>94.954765011276535</v>
+        <v>94.950006080536269</v>
       </c>
       <c r="AS6" s="12">
-        <v>94.934728441623392</v>
+        <v>94.930464378343203</v>
       </c>
       <c r="AT6" s="12">
-        <v>95.005439708472025</v>
+        <v>95.010752152729495</v>
       </c>
       <c r="AU6" s="12">
-        <v>95.07461961422004</v>
+        <v>95.074220088671694</v>
       </c>
       <c r="AV6" s="12">
-        <v>94.961606404182788</v>
+        <v>94.963600691500687</v>
       </c>
       <c r="AW6" s="12">
-        <v>94.934847659957029</v>
+        <v>94.941622708129358</v>
       </c>
       <c r="AX6" s="12">
-        <v>94.97363871613733</v>
+        <v>94.98090984576892</v>
       </c>
       <c r="AY6" s="12">
-        <v>95.030262068287968</v>
+        <v>95.031317476036051</v>
       </c>
       <c r="AZ6" s="12">
-        <v>95.053180188997317</v>
+        <v>95.059676119148094</v>
       </c>
       <c r="BA6" s="12">
-        <v>95.075607159772716</v>
+        <v>95.090782912290109</v>
       </c>
       <c r="BB6" s="12">
-        <v>95.079190434453068</v>
+        <v>95.096747890349519</v>
       </c>
       <c r="BC6" s="12">
-        <v>94.931764698734085</v>
+        <v>94.955318994484443</v>
       </c>
       <c r="BD6" s="12">
-        <v>94.949534622380412</v>
+        <v>94.964330155846483</v>
       </c>
       <c r="BE6" s="12">
-        <v>94.363939848666135</v>
+        <v>94.380935892973611</v>
       </c>
       <c r="BF6" s="12">
-        <v>94.393924800772453</v>
+        <v>94.412172331910966</v>
       </c>
       <c r="BG6" s="12">
-        <v>94.2775071573395</v>
+        <v>94.306122865582537</v>
       </c>
       <c r="BH6" s="12">
-        <v>94.519118672661349</v>
+        <v>94.55464015434687</v>
       </c>
       <c r="BI6" s="12">
-        <v>94.547724106327891</v>
+        <v>94.541612610973729</v>
       </c>
       <c r="BJ6" s="12">
-        <v>94.555063154039004</v>
+        <v>94.56846557275405</v>
+      </c>
+      <c r="BK6" s="12">
+        <v>94.702297238974325</v>
       </c>
     </row>
-    <row r="7" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A7" s="22" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B7" s="25" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D7" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L7" s="12">
-        <v>10.4180942449977</v>
+        <v>10.418096116710631</v>
       </c>
       <c r="M7" s="12">
-        <v>10.762603972161273</v>
+        <v>10.762605223459758</v>
       </c>
       <c r="N7" s="12">
-        <v>10.612019486795498</v>
+        <v>10.612021640209505</v>
       </c>
       <c r="O7" s="12">
-        <v>10.76665029980053</v>
+        <v>10.766651960423141</v>
       </c>
       <c r="P7" s="12">
-        <v>10.494977004701809</v>
+        <v>10.494977570924865</v>
       </c>
       <c r="Q7" s="12">
-        <v>10.202050334742912</v>
+        <v>10.202051742211832</v>
       </c>
       <c r="R7" s="12">
-        <v>10.137360302553798</v>
+        <v>10.137359973778072</v>
       </c>
       <c r="S7" s="12">
-        <v>10.140928305075322</v>
+        <v>10.14092900161841</v>
       </c>
       <c r="T7" s="12">
-        <v>10.267809367531019</v>
+        <v>10.267810261818692</v>
       </c>
       <c r="U7" s="12">
-        <v>10.250273991369092</v>
+        <v>10.250272875834272</v>
       </c>
       <c r="V7" s="12">
-        <v>10.251196438734041</v>
+        <v>10.251195833225692</v>
       </c>
       <c r="W7" s="12">
-        <v>10.334643122497873</v>
+        <v>10.334642525286416</v>
       </c>
       <c r="X7" s="12">
-        <v>13.126374885228763</v>
+        <v>13.126374274719781</v>
       </c>
       <c r="Y7" s="12">
-        <v>13.251007081128899</v>
+        <v>13.251007649922908</v>
       </c>
       <c r="Z7" s="12">
-        <v>13.183505792293696</v>
+        <v>13.183505004299853</v>
       </c>
       <c r="AA7" s="12">
-        <v>10.569292294877416</v>
+        <v>10.569292573790202</v>
       </c>
       <c r="AB7" s="12">
-        <v>10.408559318450648</v>
+        <v>10.408560020485293</v>
       </c>
       <c r="AC7" s="12">
-        <v>10.660301237224139</v>
+        <v>10.649846907812906</v>
       </c>
       <c r="AD7" s="12">
-        <v>10.807748053129956</v>
+        <v>10.799660698997094</v>
       </c>
       <c r="AE7" s="12">
-        <v>10.531704042867268</v>
+        <v>10.524377528774545</v>
       </c>
       <c r="AF7" s="12">
-        <v>10.278125321590897</v>
+        <v>10.269715290928083</v>
       </c>
       <c r="AG7" s="12">
-        <v>10.469774705359331</v>
+        <v>10.457176766086086</v>
       </c>
       <c r="AH7" s="12">
-        <v>1.7746735007845551</v>
+        <v>1.7751454929360273</v>
       </c>
       <c r="AI7" s="12">
-        <v>1.7038066011159505</v>
+        <v>1.7039139008595723</v>
       </c>
       <c r="AJ7" s="12">
-        <v>1.6422369520513649</v>
+        <v>1.6424907048353303</v>
       </c>
       <c r="AK7" s="12">
-        <v>1.6937153062323196</v>
+        <v>1.6942433449347718</v>
       </c>
       <c r="AL7" s="12">
-        <v>1.6757810373907729</v>
+        <v>1.676659079028247</v>
       </c>
       <c r="AM7" s="12">
-        <v>1.6016199110165159</v>
+        <v>1.6021822269308281</v>
       </c>
       <c r="AN7" s="12">
-        <v>1.5097753535721619</v>
+        <v>1.5100194612062825</v>
       </c>
       <c r="AO7" s="12">
-        <v>1.560739287746175</v>
+        <v>1.5606322734512719</v>
       </c>
       <c r="AP7" s="12">
-        <v>1.5918504354726921</v>
+        <v>1.591341712575874</v>
       </c>
       <c r="AQ7" s="12">
-        <v>1.5613891519780663</v>
+        <v>1.562513670435971</v>
       </c>
       <c r="AR7" s="12">
-        <v>1.5715726761039481</v>
+        <v>1.5730549056095202</v>
       </c>
       <c r="AS7" s="12">
-        <v>1.573835043027753</v>
+        <v>1.5751593636794525</v>
       </c>
       <c r="AT7" s="12">
-        <v>1.553102791933278</v>
+        <v>1.5514374345991677</v>
       </c>
       <c r="AU7" s="12">
-        <v>1.5547428044940643</v>
+        <v>1.5547552305743</v>
       </c>
       <c r="AV7" s="12">
-        <v>1.6218802773999139</v>
+        <v>1.621237094221903</v>
       </c>
       <c r="AW7" s="12">
-        <v>1.6296924387178902</v>
+        <v>1.627496527052037</v>
       </c>
       <c r="AX7" s="12">
-        <v>1.583582411543788</v>
+        <v>1.5814065935497903</v>
       </c>
       <c r="AY7" s="12">
-        <v>1.5847549693027294</v>
+        <v>1.5918775174500708</v>
       </c>
       <c r="AZ7" s="12">
-        <v>1.6050304281970094</v>
+        <v>1.6096163437207747</v>
       </c>
       <c r="BA7" s="12">
-        <v>1.5739644333810854</v>
+        <v>1.574236526297963</v>
       </c>
       <c r="BB7" s="12">
-        <v>1.5339093948058748</v>
+        <v>1.5349947532166945</v>
       </c>
       <c r="BC7" s="12">
-        <v>1.601216380313975</v>
+        <v>1.5995942923118993</v>
       </c>
       <c r="BD7" s="12">
-        <v>1.5895307500726632</v>
+        <v>1.5921354088123685</v>
       </c>
       <c r="BE7" s="12">
-        <v>2.069967374269547</v>
+        <v>2.0678652300691818</v>
       </c>
       <c r="BF7" s="12">
-        <v>2.0386128007322375</v>
+        <v>2.0320082701075353</v>
       </c>
       <c r="BG7" s="12">
-        <v>2.0831989718159276</v>
+        <v>2.0727391023165898</v>
       </c>
       <c r="BH7" s="12">
-        <v>2.0016577469730392</v>
+        <v>1.9906268138753187</v>
       </c>
       <c r="BI7" s="12">
-        <v>1.9144717378457479</v>
+        <v>1.9245544978006246</v>
       </c>
       <c r="BJ7" s="12">
-        <v>1.9245149535875676</v>
+        <v>1.9144878187649452</v>
+      </c>
+      <c r="BK7" s="12">
+        <v>1.9221756931972849</v>
       </c>
     </row>
-    <row r="8" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A8" s="22" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B8" s="25" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E8" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F8" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G8" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H8" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I8" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J8" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L8" s="12">
-        <v>11.814389989572781</v>
+        <v>11.814391802116239</v>
       </c>
       <c r="M8" s="12">
-        <v>12.241130538109234</v>
+        <v>12.241130857915913</v>
       </c>
       <c r="N8" s="12">
-        <v>12.372931500365137</v>
+        <v>12.372930750906196</v>
       </c>
       <c r="O8" s="12">
-        <v>12.14218386561482</v>
+        <v>12.142183828833133</v>
       </c>
       <c r="P8" s="12">
-        <v>11.811425708486597</v>
+        <v>11.811426509507363</v>
       </c>
       <c r="Q8" s="12">
-        <v>11.20541784032168</v>
+        <v>11.205417001718409</v>
       </c>
       <c r="R8" s="12">
-        <v>11.100635278119919</v>
+        <v>11.100633595505112</v>
       </c>
       <c r="S8" s="12">
-        <v>11.120906278159449</v>
+        <v>11.120906691396511</v>
       </c>
       <c r="T8" s="12">
-        <v>11.187261441872112</v>
+        <v>11.187259978670259</v>
       </c>
       <c r="U8" s="12">
-        <v>11.077813548873182</v>
+        <v>11.077814847844458</v>
       </c>
       <c r="V8" s="12">
-        <v>11.033767622534949</v>
+        <v>11.033767478224409</v>
       </c>
       <c r="W8" s="12">
-        <v>10.769165369815303</v>
+        <v>10.769165192774514</v>
       </c>
       <c r="X8" s="12">
-        <v>10.705543296072536</v>
+        <v>10.705543473576732</v>
       </c>
       <c r="Y8" s="12">
-        <v>10.775317208012071</v>
+        <v>10.775317293144738</v>
       </c>
       <c r="Z8" s="12">
-        <v>10.650742309488734</v>
+        <v>10.650741486785135</v>
       </c>
       <c r="AA8" s="12">
-        <v>10.803527049477978</v>
+        <v>10.803527667649163</v>
       </c>
       <c r="AB8" s="12">
-        <v>11.03537367554669</v>
+        <v>11.035373341646705</v>
       </c>
       <c r="AC8" s="12">
-        <v>11.207235072619536</v>
+        <v>11.196243565498118</v>
       </c>
       <c r="AD8" s="12">
-        <v>11.2884368130472</v>
+        <v>11.279990479087159</v>
       </c>
       <c r="AE8" s="12">
-        <v>11.139524004312088</v>
+        <v>11.131775978384827</v>
       </c>
       <c r="AF8" s="12">
-        <v>10.835350892871576</v>
+        <v>10.826484815043539</v>
       </c>
       <c r="AG8" s="12">
-        <v>11.025017380343678</v>
+        <v>11.011751501559177</v>
       </c>
       <c r="AH8" s="12">
-        <v>4.0986927531866666</v>
+        <v>4.0997828328867998</v>
       </c>
       <c r="AI8" s="12">
-        <v>3.953900859895044</v>
+        <v>3.9541490642870576</v>
       </c>
       <c r="AJ8" s="12">
-        <v>3.8333318164918535</v>
+        <v>3.8339239756927816</v>
       </c>
       <c r="AK8" s="12">
-        <v>3.758023943148133</v>
+        <v>3.759195351438291</v>
       </c>
       <c r="AL8" s="12">
-        <v>3.7230715840152238</v>
+        <v>3.7250788392821086</v>
       </c>
       <c r="AM8" s="12">
-        <v>3.5015182794332222</v>
+        <v>3.5027551780105943</v>
       </c>
       <c r="AN8" s="12">
-        <v>3.0911867514229217</v>
+        <v>3.0916969288489811</v>
       </c>
       <c r="AO8" s="12">
-        <v>3.0924356703267168</v>
+        <v>3.0922343415760727</v>
       </c>
       <c r="AP8" s="12">
-        <v>3.1135003748780608</v>
+        <v>3.1125158807977273</v>
       </c>
       <c r="AQ8" s="12">
-        <v>3.0972816233081306</v>
+        <v>3.0995172309371566</v>
       </c>
       <c r="AR8" s="12">
-        <v>3.1150930485305293</v>
+        <v>3.1180327188565595</v>
       </c>
       <c r="AS8" s="12">
-        <v>3.1248808192707775</v>
+        <v>3.1275123248532837</v>
       </c>
       <c r="AT8" s="12">
-        <v>3.0780952738043532</v>
+        <v>3.0747964300146249</v>
       </c>
       <c r="AU8" s="12">
-        <v>3.0431724515424681</v>
+        <v>3.0432050233205636</v>
       </c>
       <c r="AV8" s="12">
-        <v>3.1416438796514177</v>
+        <v>3.1404012402774386</v>
       </c>
       <c r="AW8" s="12">
-        <v>3.147257792415</v>
+        <v>3.1430231599494167</v>
       </c>
       <c r="AX8" s="12">
-        <v>3.1169315926326235</v>
+        <v>3.1126527249927705</v>
       </c>
       <c r="AY8" s="12">
-        <v>3.0994667956309399</v>
+        <v>3.09259827517895</v>
       </c>
       <c r="AZ8" s="12">
-        <v>3.0826032673802213</v>
+        <v>3.0723814719616702</v>
       </c>
       <c r="BA8" s="12">
-        <v>3.0702970865909083</v>
+        <v>3.0558567046469491</v>
       </c>
       <c r="BB8" s="12">
-        <v>2.9636313232633054</v>
+        <v>2.9465365300386002</v>
       </c>
       <c r="BC8" s="12">
-        <v>3.0271762688287818</v>
+        <v>3.0079755974843496</v>
       </c>
       <c r="BD8" s="12">
-        <v>3.0139639574306836</v>
+        <v>2.9987483911882915</v>
       </c>
       <c r="BE8" s="12">
-        <v>3.1474273258522887</v>
+        <v>3.1342810301526498</v>
       </c>
       <c r="BF8" s="12">
-        <v>3.1605292039188706</v>
+        <v>3.1502135898728167</v>
       </c>
       <c r="BG8" s="12">
-        <v>3.1919005409754537</v>
+        <v>3.1759763490792912</v>
       </c>
       <c r="BH8" s="12">
-        <v>3.0373011340661042</v>
+        <v>3.0206825642063566</v>
       </c>
       <c r="BI8" s="12">
-        <v>2.9993573380490428</v>
+        <v>3.0011997724234041</v>
       </c>
       <c r="BJ8" s="12">
-        <v>3.0866923265291337</v>
+        <v>3.0928476272015799</v>
+      </c>
+      <c r="BK8" s="12">
+        <v>3.1193377962306128</v>
       </c>
     </row>
-    <row r="9" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A9" s="22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B9" s="25" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E9" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F9" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G9" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H9" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I9" s="12">
         <v>95.236976248147215</v>
       </c>
@@ -26112,98 +26510,101 @@
       <c r="AN9" s="12">
         <v>92.427534004490354</v>
       </c>
       <c r="AO9" s="12">
         <v>89.935830124839569</v>
       </c>
       <c r="AP9" s="12">
         <v>89.450283838011728</v>
       </c>
       <c r="AQ9" s="12">
         <v>89.541134237300739</v>
       </c>
       <c r="AR9" s="12">
         <v>89.233355774845919</v>
       </c>
       <c r="AS9" s="12">
         <v>89.064786086362474</v>
       </c>
       <c r="AT9" s="12">
         <v>88.724799176567998</v>
       </c>
       <c r="AU9" s="12">
         <v>89.348957297353351</v>
       </c>
       <c r="AV9" s="12">
-        <v>88.783245031411525</v>
+        <v>88.782704915428738</v>
       </c>
       <c r="AW9" s="12">
-        <v>88.911643390930251</v>
+        <v>88.911300809718938</v>
       </c>
       <c r="AX9" s="12">
-        <v>88.838100152101291</v>
+        <v>88.837828601681039</v>
       </c>
       <c r="AY9" s="12">
-        <v>89.450337365598472</v>
+        <v>89.45028511479947</v>
       </c>
       <c r="AZ9" s="12">
-        <v>89.147564166258306</v>
+        <v>89.147211461398385</v>
       </c>
       <c r="BA9" s="12">
-        <v>89.346383918768765</v>
+        <v>89.36456964110414</v>
       </c>
       <c r="BB9" s="12">
-        <v>86.589641473274099</v>
+        <v>86.590028934986847</v>
       </c>
       <c r="BC9" s="12">
-        <v>83.282968641399435</v>
+        <v>83.277914407971735</v>
       </c>
       <c r="BD9" s="12">
-        <v>83.39717253720562</v>
+        <v>83.398935520711362</v>
       </c>
       <c r="BE9" s="12">
-        <v>84.228860015118059</v>
+        <v>84.247111219595922</v>
       </c>
       <c r="BF9" s="12">
-        <v>83.482169261889453</v>
+        <v>83.48198200640465</v>
       </c>
       <c r="BG9" s="12">
-        <v>82.884686696541593</v>
+        <v>82.881721779442259</v>
       </c>
       <c r="BH9" s="12">
-        <v>84.445415611341517</v>
+        <v>84.456471081480188</v>
       </c>
       <c r="BI9" s="12">
-        <v>84.178870103598442</v>
+        <v>84.222377411035112</v>
       </c>
       <c r="BJ9" s="12">
-        <v>84.48602733079322</v>
+        <v>84.50994476288399</v>
+      </c>
+      <c r="BK9" s="12">
+        <v>84.696498249488201</v>
       </c>
     </row>
-    <row r="10" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A10" s="22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B10" s="25" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D10" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F10" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H10" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I10" s="12" t="s">
         <v>3</v>
       </c>
@@ -26300,98 +26701,101 @@
       <c r="AN10" s="12">
         <v>2.2449154530915965</v>
       </c>
       <c r="AO10" s="12">
         <v>4.4499724986249305</v>
       </c>
       <c r="AP10" s="12">
         <v>4.5936714666290355</v>
       </c>
       <c r="AQ10" s="12">
         <v>4.6994835357649922</v>
       </c>
       <c r="AR10" s="12">
         <v>5.0703931976179764</v>
       </c>
       <c r="AS10" s="12">
         <v>5.2109248242293136</v>
       </c>
       <c r="AT10" s="12">
         <v>5.3079631652498671</v>
       </c>
       <c r="AU10" s="12">
         <v>5.1637861939478436</v>
       </c>
       <c r="AV10" s="12">
-        <v>5.0050899219545304</v>
+        <v>5.0056678268193311</v>
       </c>
       <c r="AW10" s="12">
-        <v>5.212557659544272</v>
+        <v>5.2129228805162064</v>
       </c>
       <c r="AX10" s="12">
-        <v>5.3393790745785434</v>
+        <v>5.3396684226324576</v>
       </c>
       <c r="AY10" s="12">
-        <v>5.1931696244204675</v>
+        <v>5.1932250041181307</v>
       </c>
       <c r="AZ10" s="12">
-        <v>5.4758146151720117</v>
+        <v>5.4761885921828002</v>
       </c>
       <c r="BA10" s="12">
-        <v>5.3382306298393525</v>
+        <v>5.318879885526032</v>
       </c>
       <c r="BB10" s="12">
-        <v>7.6694266847198422</v>
+        <v>7.668941101335558</v>
       </c>
       <c r="BC10" s="12">
-        <v>10.71226381143803</v>
+        <v>10.717721183814845</v>
       </c>
       <c r="BD10" s="12">
-        <v>10.798556101885524</v>
+        <v>10.796656135429181</v>
       </c>
       <c r="BE10" s="12">
-        <v>10.243674521311103</v>
+        <v>10.224082339977864</v>
       </c>
       <c r="BF10" s="12">
-        <v>10.60311821045949</v>
+        <v>10.603238413413033</v>
       </c>
       <c r="BG10" s="12">
-        <v>11.06011379761347</v>
+        <v>11.063321619393472</v>
       </c>
       <c r="BH10" s="12">
-        <v>10.180906869201756</v>
+        <v>10.169163186886204</v>
       </c>
       <c r="BI10" s="12">
-        <v>10.142183363869425</v>
+        <v>10.101824161019964</v>
       </c>
       <c r="BJ10" s="12">
-        <v>9.914381402014584</v>
+        <v>9.880741320854133</v>
+      </c>
+      <c r="BK10" s="12">
+        <v>10.032033734701914</v>
       </c>
     </row>
-    <row r="11" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A11" s="22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" s="25" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E11" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F11" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G11" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H11" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I11" s="12">
         <v>4.7187375727558667</v>
       </c>
@@ -26488,98 +26892,101 @@
       <c r="AN11" s="12">
         <v>4.4523391643237948</v>
       </c>
       <c r="AO11" s="12">
         <v>4.7559044618897612</v>
       </c>
       <c r="AP11" s="12">
         <v>5.0170286397845789</v>
       </c>
       <c r="AQ11" s="12">
         <v>4.8446422260662541</v>
       </c>
       <c r="AR11" s="12">
         <v>4.7548977671314914</v>
       </c>
       <c r="AS11" s="12">
         <v>4.7989667245452736</v>
       </c>
       <c r="AT11" s="12">
         <v>4.9839876919154626</v>
       </c>
       <c r="AU11" s="12">
         <v>4.4310215857740882</v>
       </c>
       <c r="AV11" s="12">
-        <v>5.3975479148894756</v>
+        <v>5.3975150787175634</v>
       </c>
       <c r="AW11" s="12">
-        <v>5.05702218274969</v>
+        <v>5.0570026977787803</v>
       </c>
       <c r="AX11" s="12">
-        <v>5.031875247592545</v>
+        <v>5.031859866716144</v>
       </c>
       <c r="AY11" s="12">
-        <v>4.6230565188870409</v>
+        <v>4.6230538184120729</v>
       </c>
       <c r="AZ11" s="12">
-        <v>4.7109233124829375</v>
+        <v>4.7109046741100045</v>
       </c>
       <c r="BA11" s="12">
-        <v>4.6272576248555541</v>
+        <v>4.6282646434058234</v>
       </c>
       <c r="BB11" s="12">
-        <v>4.8615194805124151</v>
+        <v>4.8616109046657732</v>
       </c>
       <c r="BC11" s="12">
-        <v>5.0236497410506447</v>
+        <v>5.0233124708963368</v>
       </c>
       <c r="BD11" s="12">
-        <v>4.8619718772317224</v>
+        <v>4.8620866215660179</v>
       </c>
       <c r="BE11" s="12">
-        <v>4.576535663339504</v>
+        <v>4.5776459422625937</v>
       </c>
       <c r="BF11" s="12">
-        <v>4.9284424325826972</v>
+        <v>4.9284983041975368</v>
       </c>
       <c r="BG11" s="12">
-        <v>5.1059260032638516</v>
+        <v>5.105721178744985</v>
       </c>
       <c r="BH11" s="12">
-        <v>4.4607910341539325</v>
+        <v>4.4614497723091198</v>
       </c>
       <c r="BI11" s="12">
-        <v>4.5177802653254915</v>
+        <v>4.5291560982231358</v>
       </c>
       <c r="BJ11" s="12">
-        <v>4.6702221922313463</v>
+        <v>4.7236622736423346</v>
+      </c>
+      <c r="BK11" s="12">
+        <v>4.5831616488899138</v>
       </c>
     </row>
-    <row r="12" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A12" s="22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B12" s="25" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E12" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F12" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G12" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H12" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I12" s="12" t="s">
         <v>3</v>
       </c>
@@ -26613,161 +27020,164 @@
       <c r="S12" s="12">
         <v>53.805870415284865</v>
       </c>
       <c r="T12" s="12">
         <v>56.273502592965805</v>
       </c>
       <c r="U12" s="12">
         <v>54.793421580425196</v>
       </c>
       <c r="V12" s="12">
         <v>54.036343491920022</v>
       </c>
       <c r="W12" s="12">
         <v>54.706764300344034</v>
       </c>
       <c r="X12" s="12">
         <v>54.626828509181443</v>
       </c>
       <c r="Y12" s="12">
         <v>55.880806715309916</v>
       </c>
       <c r="Z12" s="12">
         <v>56.238186699816083</v>
       </c>
       <c r="AA12" s="12">
-        <v>55.084120966856617</v>
+        <v>55.084120867775724</v>
       </c>
       <c r="AB12" s="12">
-        <v>54.900059793397283</v>
+        <v>54.900059608497386</v>
       </c>
       <c r="AC12" s="12">
-        <v>53.800156043808201</v>
+        <v>53.800156254250034</v>
       </c>
       <c r="AD12" s="12">
-        <v>54.143163728740554</v>
+        <v>54.1431636661043</v>
       </c>
       <c r="AE12" s="12">
-        <v>54.164906152318359</v>
+        <v>54.164906175184591</v>
       </c>
       <c r="AF12" s="12">
-        <v>52.594106498444802</v>
+        <v>52.594106360789525</v>
       </c>
       <c r="AG12" s="12">
-        <v>53.444032955478072</v>
+        <v>53.444032797916506</v>
       </c>
       <c r="AH12" s="12">
-        <v>53.110694129479619</v>
+        <v>53.110694068244044</v>
       </c>
       <c r="AI12" s="12">
-        <v>53.800668823943354</v>
+        <v>53.800668835995793</v>
       </c>
       <c r="AJ12" s="12">
-        <v>54.801268559859537</v>
+        <v>54.801268525434651</v>
       </c>
       <c r="AK12" s="12">
-        <v>54.672462033924027</v>
+        <v>54.672462209442585</v>
       </c>
       <c r="AL12" s="12">
-        <v>52.843892776840519</v>
+        <v>52.843892696566108</v>
       </c>
       <c r="AM12" s="12">
-        <v>53.934377647521877</v>
+        <v>53.934377779404954</v>
       </c>
       <c r="AN12" s="12">
-        <v>53.572749520223994</v>
+        <v>53.572749546443156</v>
       </c>
       <c r="AO12" s="12">
-        <v>53.254078350737956</v>
+        <v>53.254078399517901</v>
       </c>
       <c r="AP12" s="12">
-        <v>53.251339968116817</v>
+        <v>53.251339860114257</v>
       </c>
       <c r="AQ12" s="12">
-        <v>53.058893485925296</v>
+        <v>53.058893571251033</v>
       </c>
       <c r="AR12" s="12">
-        <v>52.839453060544386</v>
+        <v>52.839453201591212</v>
       </c>
       <c r="AS12" s="12">
-        <v>52.547362082886671</v>
+        <v>52.547362046336929</v>
       </c>
       <c r="AT12" s="12">
-        <v>52.561028380242405</v>
+        <v>52.561028286924838</v>
       </c>
       <c r="AU12" s="12">
-        <v>51.504557501292659</v>
+        <v>51.504557572823643</v>
       </c>
       <c r="AV12" s="12">
-        <v>50.801144204974591</v>
+        <v>50.80114423959882</v>
       </c>
       <c r="AW12" s="12">
-        <v>50.333569113597434</v>
+        <v>50.333569079655547</v>
       </c>
       <c r="AX12" s="12">
-        <v>50.563860557289395</v>
+        <v>50.563860549111098</v>
       </c>
       <c r="AY12" s="12">
-        <v>49.990076800594558</v>
+        <v>49.990076800404033</v>
       </c>
       <c r="AZ12" s="12">
-        <v>50.175179889679058</v>
+        <v>50.175179902160494</v>
       </c>
       <c r="BA12" s="12">
-        <v>50.392495331390805</v>
+        <v>50.392495341318281</v>
       </c>
       <c r="BB12" s="12">
-        <v>50.208992867211641</v>
+        <v>50.208992851560964</v>
       </c>
       <c r="BC12" s="12">
-        <v>49.904730946118889</v>
+        <v>49.904730884115914</v>
       </c>
       <c r="BD12" s="12">
-        <v>49.925515573255538</v>
+        <v>49.925515551311292</v>
       </c>
       <c r="BE12" s="12">
-        <v>50.619213646471387</v>
+        <v>50.619213619370441</v>
       </c>
       <c r="BF12" s="12">
-        <v>50.536782649019251</v>
+        <v>50.536782621619778</v>
       </c>
       <c r="BG12" s="12">
-        <v>51.332447700607261</v>
+        <v>51.299933293622644</v>
       </c>
       <c r="BH12" s="12">
-        <v>52.102512097313415</v>
+        <v>52.036694402287019</v>
       </c>
       <c r="BI12" s="12">
-        <v>52.446352625073168</v>
+        <v>52.461500614777947</v>
       </c>
       <c r="BJ12" s="12">
-        <v>53.293735303184611</v>
+        <v>53.552296693262548</v>
+      </c>
+      <c r="BK12" s="12">
+        <v>54.039793208987859</v>
       </c>
     </row>
-    <row r="13" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A13" s="22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B13" s="25" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E13" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F13" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G13" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H13" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I13" s="12" t="s">
         <v>3</v>
       </c>
@@ -26801,161 +27211,164 @@
       <c r="S13" s="12">
         <v>36.350047022719401</v>
       </c>
       <c r="T13" s="12">
         <v>34.410663520698662</v>
       </c>
       <c r="U13" s="12">
         <v>35.409735494679218</v>
       </c>
       <c r="V13" s="12">
         <v>36.315793310056783</v>
       </c>
       <c r="W13" s="12">
         <v>35.862973721904659</v>
       </c>
       <c r="X13" s="12">
         <v>36.047307812013699</v>
       </c>
       <c r="Y13" s="12">
         <v>34.719261454560154</v>
       </c>
       <c r="Z13" s="12">
         <v>34.769694777438701</v>
       </c>
       <c r="AA13" s="12">
-        <v>35.657500182860126</v>
+        <v>35.657500275032142</v>
       </c>
       <c r="AB13" s="12">
-        <v>35.743221329868199</v>
+        <v>35.743221513153394</v>
       </c>
       <c r="AC13" s="12">
-        <v>36.564816860270327</v>
+        <v>36.56481704585444</v>
       </c>
       <c r="AD13" s="12">
-        <v>35.732202585957808</v>
+        <v>35.732202628970867</v>
       </c>
       <c r="AE13" s="12">
-        <v>35.127237824961959</v>
+        <v>35.12723780925355</v>
       </c>
       <c r="AF13" s="12">
-        <v>36.616579677026927</v>
+        <v>36.616579444783149</v>
       </c>
       <c r="AG13" s="12">
-        <v>36.364318502597833</v>
+        <v>36.364318663972526</v>
       </c>
       <c r="AH13" s="12">
-        <v>37.06361568406831</v>
+        <v>37.063615740039168</v>
       </c>
       <c r="AI13" s="12">
-        <v>36.632735281486333</v>
+        <v>36.632735295971933</v>
       </c>
       <c r="AJ13" s="12">
-        <v>35.966939779122839</v>
+        <v>35.966939819346926</v>
       </c>
       <c r="AK13" s="12">
-        <v>36.473950340954467</v>
+        <v>36.473950453814638</v>
       </c>
       <c r="AL13" s="12">
-        <v>38.599451596718254</v>
+        <v>38.599451668479979</v>
       </c>
       <c r="AM13" s="12">
-        <v>37.980779616525162</v>
+        <v>37.980779734817574</v>
       </c>
       <c r="AN13" s="12">
-        <v>37.099820553164633</v>
+        <v>37.099820535616999</v>
       </c>
       <c r="AO13" s="12">
-        <v>37.290277298037772</v>
+        <v>37.290277260642135</v>
       </c>
       <c r="AP13" s="12">
-        <v>37.391897614021588</v>
+        <v>37.391897722573106</v>
       </c>
       <c r="AQ13" s="12">
-        <v>37.717030078175299</v>
+        <v>37.717029989042992</v>
       </c>
       <c r="AR13" s="12">
-        <v>37.940045363327819</v>
+        <v>37.94004543098243</v>
       </c>
       <c r="AS13" s="12">
-        <v>38.557344170444111</v>
+        <v>38.557344199985053</v>
       </c>
       <c r="AT13" s="12">
-        <v>38.397783943681915</v>
+        <v>38.397783848888942</v>
       </c>
       <c r="AU13" s="12">
-        <v>38.735338237253124</v>
+        <v>38.735338351306495</v>
       </c>
       <c r="AV13" s="12">
-        <v>38.843643879157028</v>
+        <v>38.843643843529613</v>
       </c>
       <c r="AW13" s="12">
-        <v>38.935216587493784</v>
+        <v>38.935216623774515</v>
       </c>
       <c r="AX13" s="12">
-        <v>38.99585340417137</v>
+        <v>38.995853410810831</v>
       </c>
       <c r="AY13" s="12">
-        <v>39.514081792763399</v>
+        <v>39.514081787330554</v>
       </c>
       <c r="AZ13" s="12">
-        <v>39.334521889400513</v>
+        <v>39.334521874583587</v>
       </c>
       <c r="BA13" s="12">
-        <v>39.225195015767184</v>
+        <v>39.225195002104144</v>
       </c>
       <c r="BB13" s="12">
-        <v>39.402332510710856</v>
+        <v>39.402332519523689</v>
       </c>
       <c r="BC13" s="12">
-        <v>39.672068657505612</v>
+        <v>39.672068574560662</v>
       </c>
       <c r="BD13" s="12">
-        <v>39.806638574617587</v>
+        <v>39.806638601074951</v>
       </c>
       <c r="BE13" s="12">
-        <v>39.456122511368974</v>
+        <v>39.456122543783472</v>
       </c>
       <c r="BF13" s="12">
-        <v>39.40847343547064</v>
+        <v>39.408473468321496</v>
       </c>
       <c r="BG13" s="12">
-        <v>38.677546113605281</v>
+        <v>38.703386264270819</v>
       </c>
       <c r="BH13" s="12">
-        <v>38.717013143033959</v>
+        <v>38.786308262357089</v>
       </c>
       <c r="BI13" s="12">
-        <v>38.931059202077293</v>
+        <v>38.796542302272016</v>
       </c>
       <c r="BJ13" s="12">
-        <v>38.38128903726134</v>
+        <v>38.001917114208922</v>
+      </c>
+      <c r="BK13" s="12">
+        <v>37.775519441304759</v>
       </c>
     </row>
-    <row r="14" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A14" s="22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B14" s="25" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E14" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F14" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G14" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H14" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I14" s="12" t="s">
         <v>3</v>
       </c>
@@ -26989,161 +27402,164 @@
       <c r="S14" s="12">
         <v>9.8440825619957426</v>
       </c>
       <c r="T14" s="12">
         <v>9.3158338863355219</v>
       </c>
       <c r="U14" s="12">
         <v>9.7968429248955893</v>
       </c>
       <c r="V14" s="12">
         <v>9.6478631980231935</v>
       </c>
       <c r="W14" s="12">
         <v>9.4302619777513019</v>
       </c>
       <c r="X14" s="12">
         <v>9.3258636788048541</v>
       </c>
       <c r="Y14" s="12">
         <v>9.3999318301299279</v>
       </c>
       <c r="Z14" s="12">
         <v>8.9921185227452192</v>
       </c>
       <c r="AA14" s="12">
-        <v>9.2582329585027576</v>
+        <v>9.2582329654120077</v>
       </c>
       <c r="AB14" s="12">
-        <v>9.3567188767362577</v>
+        <v>9.356718878349211</v>
       </c>
       <c r="AC14" s="12">
-        <v>9.6350270959210818</v>
+        <v>9.6350271094763027</v>
       </c>
       <c r="AD14" s="12">
-        <v>10.124633685302822</v>
+        <v>10.124633704924827</v>
       </c>
       <c r="AE14" s="12">
-        <v>10.7078560227189</v>
+        <v>10.707856015561836</v>
       </c>
       <c r="AF14" s="12">
-        <v>10.789313824528652</v>
+        <v>10.789313810467629</v>
       </c>
       <c r="AG14" s="12">
-        <v>10.19164854192409</v>
+        <v>10.191648538110956</v>
       </c>
       <c r="AH14" s="12">
-        <v>9.8256901864520678</v>
+        <v>9.8256901917167845</v>
       </c>
       <c r="AI14" s="12">
-        <v>9.5665958945703089</v>
+        <v>9.5665958680322856</v>
       </c>
       <c r="AJ14" s="12">
-        <v>9.2317916610176169</v>
+        <v>9.2317916552184194</v>
       </c>
       <c r="AK14" s="12">
-        <v>8.8535876251215058</v>
+        <v>8.8535876311379802</v>
       </c>
       <c r="AL14" s="12">
-        <v>8.5566556264412323</v>
+        <v>8.5566556349539322</v>
       </c>
       <c r="AM14" s="12">
-        <v>8.0848427359529538</v>
+        <v>8.0848427420338744</v>
       </c>
       <c r="AN14" s="12">
-        <v>9.3274299266113818</v>
+        <v>9.327429917939849</v>
       </c>
       <c r="AO14" s="12">
-        <v>9.4556443512217481</v>
+        <v>9.4556443398399423</v>
       </c>
       <c r="AP14" s="12">
-        <v>9.3567624178640401</v>
+        <v>9.3567624173126234</v>
       </c>
       <c r="AQ14" s="12">
-        <v>9.2240764358971106</v>
+        <v>9.2240764397059785</v>
       </c>
       <c r="AR14" s="12">
-        <v>9.2205015761278162</v>
+        <v>9.2205015828041841</v>
       </c>
       <c r="AS14" s="12">
-        <v>8.8952937466692337</v>
+        <v>8.8952937536780219</v>
       </c>
       <c r="AT14" s="12">
-        <v>9.0411876760737293</v>
+        <v>9.0411876691261259</v>
       </c>
       <c r="AU14" s="12">
-        <v>9.7601042614542273</v>
+        <v>9.7601042690798216</v>
       </c>
       <c r="AV14" s="12">
-        <v>10.355211915868392</v>
+        <v>10.355211916871578</v>
       </c>
       <c r="AW14" s="12">
-        <v>10.731214298908789</v>
+        <v>10.73121429656994</v>
       </c>
       <c r="AX14" s="12">
-        <v>10.440286038541066</v>
+        <v>10.44028604007808</v>
       </c>
       <c r="AY14" s="12">
-        <v>10.495841406640304</v>
+        <v>10.495841412265412</v>
       </c>
       <c r="AZ14" s="12">
-        <v>10.490298220922135</v>
+        <v>10.490298223255946</v>
       </c>
       <c r="BA14" s="12">
-        <v>10.382309652842</v>
+        <v>10.382309656577574</v>
       </c>
       <c r="BB14" s="12">
-        <v>10.388674622075962</v>
+        <v>10.388674628915346</v>
       </c>
       <c r="BC14" s="12">
-        <v>10.423200396375496</v>
+        <v>10.423200392878984</v>
       </c>
       <c r="BD14" s="12">
-        <v>10.267845852126884</v>
+        <v>10.267845847613758</v>
       </c>
       <c r="BE14" s="12">
-        <v>9.9246638421596547</v>
+        <v>9.924663836846106</v>
       </c>
       <c r="BF14" s="12">
-        <v>10.054743915510095</v>
+        <v>10.054743910058725</v>
       </c>
       <c r="BG14" s="12">
-        <v>9.9900061857887668</v>
+        <v>9.9966804421065216</v>
       </c>
       <c r="BH14" s="12">
-        <v>9.1804747596526326</v>
+        <v>9.1769972220397893</v>
       </c>
       <c r="BI14" s="12">
-        <v>8.6225881728495377</v>
+        <v>8.7419571864844379</v>
       </c>
       <c r="BJ14" s="12">
-        <v>8.3249756595540507</v>
+        <v>8.44578619252853</v>
+      </c>
+      <c r="BK14" s="12">
+        <v>8.184687442957097</v>
       </c>
     </row>
-    <row r="15" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A15" s="22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B15" s="25" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D15" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E15" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F15" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G15" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H15" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I15" s="12" t="s">
         <v>3</v>
       </c>
@@ -27183,155 +27599,158 @@
       <c r="U15" s="12" t="s">
         <v>3</v>
       </c>
       <c r="V15" s="12" t="s">
         <v>3</v>
       </c>
       <c r="W15" s="12" t="s">
         <v>3</v>
       </c>
       <c r="X15" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Y15" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Z15" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA15" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB15" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC15" s="12">
-        <v>94.109783198643612</v>
+        <v>94.109783199008191</v>
       </c>
       <c r="AD15" s="12">
-        <v>93.977800358931376</v>
+        <v>93.977800359890168</v>
       </c>
       <c r="AE15" s="12">
-        <v>93.873200902132879</v>
+        <v>93.873200902094482</v>
       </c>
       <c r="AF15" s="12">
-        <v>93.555957425140477</v>
+        <v>93.555957424954755</v>
       </c>
       <c r="AG15" s="12">
-        <v>93.90613439584537</v>
+        <v>93.906134396158109</v>
       </c>
       <c r="AH15" s="12">
-        <v>93.514855452966827</v>
+        <v>93.514855453026996</v>
       </c>
       <c r="AI15" s="12">
-        <v>93.285924645261943</v>
+        <v>93.285924644834793</v>
       </c>
       <c r="AJ15" s="12">
-        <v>92.845321211001391</v>
+        <v>92.845321210917021</v>
       </c>
       <c r="AK15" s="12">
-        <v>92.310048663127077</v>
+        <v>92.310048663388017</v>
       </c>
       <c r="AL15" s="12">
-        <v>91.602733862279877</v>
+        <v>91.602733861842694</v>
       </c>
       <c r="AM15" s="12">
-        <v>92.138949929847342</v>
+        <v>92.13894992964839</v>
       </c>
       <c r="AN15" s="12">
-        <v>92.124602667669777</v>
+        <v>92.124602667348626</v>
       </c>
       <c r="AO15" s="12">
         <v>92.117021046138248</v>
       </c>
       <c r="AP15" s="12">
-        <v>92.000191654414309</v>
+        <v>92.000191654308765</v>
       </c>
       <c r="AQ15" s="12">
-        <v>93.111645072605853</v>
+        <v>93.111645072886361</v>
       </c>
       <c r="AR15" s="12">
-        <v>93.50444613304181</v>
+        <v>93.504446133114655</v>
       </c>
       <c r="AS15" s="12">
-        <v>94.506885499782527</v>
+        <v>94.506885499703372</v>
       </c>
       <c r="AT15" s="12">
-        <v>94.770115358381048</v>
+        <v>94.770115358482613</v>
       </c>
       <c r="AU15" s="12">
-        <v>93.707998846942516</v>
+        <v>93.707998846839175</v>
       </c>
       <c r="AV15" s="12">
-        <v>91.782611069149056</v>
+        <v>91.782611068995749</v>
       </c>
       <c r="AW15" s="12">
-        <v>93.224787864038646</v>
+        <v>93.224787863925584</v>
       </c>
       <c r="AX15" s="12">
-        <v>93.400916206896937</v>
+        <v>93.400916206814941</v>
       </c>
       <c r="AY15" s="12">
-        <v>93.338702170556971</v>
+        <v>93.3387021705786</v>
       </c>
       <c r="AZ15" s="12">
-        <v>92.658333674773445</v>
+        <v>92.658333674894095</v>
       </c>
       <c r="BA15" s="12">
-        <v>92.443981963936153</v>
+        <v>92.443981963879125</v>
       </c>
       <c r="BB15" s="12">
         <v>92.446783013603977</v>
       </c>
       <c r="BC15" s="12">
-        <v>92.155283334041528</v>
+        <v>92.155283335269417</v>
       </c>
       <c r="BD15" s="12">
-        <v>92.095654277501865</v>
+        <v>92.095654278461879</v>
       </c>
       <c r="BE15" s="12">
-        <v>92.096026820377219</v>
+        <v>92.096026820681033</v>
       </c>
       <c r="BF15" s="12">
-        <v>91.709525807177599</v>
+        <v>91.709525807492753</v>
       </c>
       <c r="BG15" s="12">
-        <v>91.252468429788678</v>
+        <v>91.252468430318075</v>
       </c>
       <c r="BH15" s="12">
-        <v>92.987143587886052</v>
+        <v>92.987143587698171</v>
       </c>
       <c r="BI15" s="12">
-        <v>93.107698472224556</v>
+        <v>93.107698471742623</v>
       </c>
       <c r="BJ15" s="12">
-        <v>91.46947923898594</v>
+        <v>91.394546950950939</v>
+      </c>
+      <c r="BK15" s="12">
+        <v>91.629641512371805</v>
       </c>
     </row>
-    <row r="16" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A16" s="22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B16" s="25" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D16" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E16" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F16" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G16" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H16" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I16" s="12" t="s">
         <v>3</v>
       </c>
@@ -27371,155 +27790,158 @@
       <c r="U16" s="12" t="s">
         <v>3</v>
       </c>
       <c r="V16" s="12" t="s">
         <v>3</v>
       </c>
       <c r="W16" s="12" t="s">
         <v>3</v>
       </c>
       <c r="X16" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Y16" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Z16" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA16" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB16" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC16" s="12">
-        <v>5.8902168013563854</v>
+        <v>5.890216800991813</v>
       </c>
       <c r="AD16" s="12">
-        <v>6.0221996410686289</v>
+        <v>6.0221996401098261</v>
       </c>
       <c r="AE16" s="12">
-        <v>6.1267990978671101</v>
+        <v>6.1267990979055211</v>
       </c>
       <c r="AF16" s="12">
-        <v>6.4440425748595098</v>
+        <v>6.4440425750452519</v>
       </c>
       <c r="AG16" s="12">
-        <v>6.093865604154618</v>
+        <v>6.0938656038418841</v>
       </c>
       <c r="AH16" s="12">
-        <v>6.4851445470331681</v>
+        <v>6.4851445469730038</v>
       </c>
       <c r="AI16" s="12">
-        <v>6.7140753547380569</v>
+        <v>6.7140753551652246</v>
       </c>
       <c r="AJ16" s="12">
-        <v>7.1546787889986208</v>
+        <v>7.1546787890829755</v>
       </c>
       <c r="AK16" s="12">
-        <v>7.6899513368729302</v>
+        <v>7.6899513366119807</v>
       </c>
       <c r="AL16" s="12">
-        <v>8.3972661377201128</v>
+        <v>8.3972661381572955</v>
       </c>
       <c r="AM16" s="12">
-        <v>7.8610500701526513</v>
+        <v>7.8610500703516148</v>
       </c>
       <c r="AN16" s="12">
-        <v>7.8753973323302517</v>
+        <v>7.8753973326513655</v>
       </c>
       <c r="AO16" s="12">
         <v>7.8829789538617581</v>
       </c>
       <c r="AP16" s="12">
-        <v>7.9998083455856923</v>
+        <v>7.999808345691239</v>
       </c>
       <c r="AQ16" s="12">
-        <v>6.8883549273941425</v>
+        <v>6.8883549271136379</v>
       </c>
       <c r="AR16" s="12">
-        <v>6.4955538669581907</v>
+        <v>6.495553866885337</v>
       </c>
       <c r="AS16" s="12">
-        <v>5.4931145002174535</v>
+        <v>5.4931145002966222</v>
       </c>
       <c r="AT16" s="12">
-        <v>5.2298846416189493</v>
+        <v>5.2298846415173932</v>
       </c>
       <c r="AU16" s="12">
-        <v>6.2920011530574564</v>
+        <v>6.2920011531608093</v>
       </c>
       <c r="AV16" s="12">
-        <v>8.2173889308509587</v>
+        <v>8.2173889310042458</v>
       </c>
       <c r="AW16" s="12">
-        <v>6.7752121359613477</v>
+        <v>6.7752121360743951</v>
       </c>
       <c r="AX16" s="12">
-        <v>6.5990837931030635</v>
+        <v>6.5990837931850583</v>
       </c>
       <c r="AY16" s="12">
-        <v>6.6612978294430247</v>
+        <v>6.6612978294213931</v>
       </c>
       <c r="AZ16" s="12">
-        <v>7.3416663252265755</v>
+        <v>7.3416663251059058</v>
       </c>
       <c r="BA16" s="12">
-        <v>7.5560180360638469</v>
+        <v>7.5560180361208822</v>
       </c>
       <c r="BB16" s="12">
         <v>7.5532169863960181</v>
       </c>
       <c r="BC16" s="12">
-        <v>7.8447166659584804</v>
+        <v>7.8447166647305862</v>
       </c>
       <c r="BD16" s="12">
-        <v>7.9043457224981388</v>
+        <v>7.9043457215381228</v>
       </c>
       <c r="BE16" s="12">
-        <v>7.9039731796227946</v>
+        <v>7.9039731793189638</v>
       </c>
       <c r="BF16" s="12">
-        <v>8.2904741928224119</v>
+        <v>8.290474192507217</v>
       </c>
       <c r="BG16" s="12">
-        <v>8.7475315702113097</v>
+        <v>8.7475315696819145</v>
       </c>
       <c r="BH16" s="12">
-        <v>7.0128564121139529</v>
+        <v>7.0128564123018542</v>
       </c>
       <c r="BI16" s="12">
-        <v>6.8923015277754516</v>
+        <v>6.892301528257387</v>
       </c>
       <c r="BJ16" s="12">
-        <v>8.5305207610140688</v>
+        <v>8.6054530473295046</v>
+      </c>
+      <c r="BK16" s="12">
+        <v>8.3703584891950893</v>
       </c>
     </row>
-    <row r="17" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A17" s="22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B17" s="25" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D17" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E17" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F17" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G17" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H17" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I17" s="12" t="s">
         <v>3</v>
       </c>
@@ -27559,155 +27981,158 @@
       <c r="U17" s="12" t="s">
         <v>3</v>
       </c>
       <c r="V17" s="12" t="s">
         <v>3</v>
       </c>
       <c r="W17" s="12" t="s">
         <v>3</v>
       </c>
       <c r="X17" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Y17" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Z17" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA17" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB17" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC17" s="12">
-        <v>81.007565311467758</v>
+        <v>81.007565315261516</v>
       </c>
       <c r="AD17" s="12">
-        <v>83.930733428384727</v>
+        <v>83.930733432632962</v>
       </c>
       <c r="AE17" s="12">
-        <v>84.485462556188111</v>
+        <v>84.485462560951873</v>
       </c>
       <c r="AF17" s="12">
         <v>84.886400799787538</v>
       </c>
       <c r="AG17" s="12">
-        <v>85.36303782617756</v>
+        <v>85.363037829387238</v>
       </c>
       <c r="AH17" s="12">
-        <v>85.876617337447385</v>
+        <v>85.876617338707007</v>
       </c>
       <c r="AI17" s="12">
         <v>85.583229255247602</v>
       </c>
       <c r="AJ17" s="12">
-        <v>85.832791857011884</v>
+        <v>85.832791856996764</v>
       </c>
       <c r="AK17" s="12">
         <v>84.966173068784499</v>
       </c>
       <c r="AL17" s="12">
-        <v>83.809848637395618</v>
+        <v>83.809848637104452</v>
       </c>
       <c r="AM17" s="12">
-        <v>84.988413120100091</v>
+        <v>84.98841312011038</v>
       </c>
       <c r="AN17" s="12">
-        <v>86.181660436442485</v>
+        <v>86.181660436298955</v>
       </c>
       <c r="AO17" s="12">
-        <v>85.53819484012908</v>
+        <v>85.538194840251109</v>
       </c>
       <c r="AP17" s="12">
-        <v>84.895627344641383</v>
+        <v>84.895627344649299</v>
       </c>
       <c r="AQ17" s="12">
-        <v>85.212108304272178</v>
+        <v>85.212108304214127</v>
       </c>
       <c r="AR17" s="12">
-        <v>85.183978678518784</v>
+        <v>85.183978678475555</v>
       </c>
       <c r="AS17" s="12">
-        <v>85.232708105035726</v>
+        <v>85.232708105085877</v>
       </c>
       <c r="AT17" s="12">
-        <v>85.549224156744572</v>
+        <v>85.549224156706998</v>
       </c>
       <c r="AU17" s="12">
-        <v>85.56759728924365</v>
+        <v>85.567597289200705</v>
       </c>
       <c r="AV17" s="12">
-        <v>84.324152296556704</v>
+        <v>84.324152296577935</v>
       </c>
       <c r="AW17" s="12">
-        <v>84.08112888117158</v>
+        <v>84.081128881101222</v>
       </c>
       <c r="AX17" s="12">
-        <v>84.630366465041547</v>
+        <v>84.630366465045924</v>
       </c>
       <c r="AY17" s="12">
-        <v>85.439043495191953</v>
+        <v>85.43904349519832</v>
       </c>
       <c r="AZ17" s="12">
-        <v>84.995975038025193</v>
+        <v>84.995975037747868</v>
       </c>
       <c r="BA17" s="12">
-        <v>83.986416301782981</v>
+        <v>83.986416302142658</v>
       </c>
       <c r="BB17" s="12">
-        <v>83.283286317113763</v>
+        <v>83.283286317407516</v>
       </c>
       <c r="BC17" s="12">
-        <v>82.742755802656006</v>
+        <v>82.742755802571182</v>
       </c>
       <c r="BD17" s="12">
-        <v>82.442213307609208</v>
+        <v>82.442213307441932</v>
       </c>
       <c r="BE17" s="12">
-        <v>82.722155036199624</v>
+        <v>82.722155036059959</v>
       </c>
       <c r="BF17" s="12">
-        <v>82.479627255217835</v>
+        <v>82.479627255782574</v>
       </c>
       <c r="BG17" s="12">
-        <v>81.801648489054571</v>
+        <v>81.801648488925025</v>
       </c>
       <c r="BH17" s="12">
-        <v>82.304119388827786</v>
+        <v>82.304119388966541</v>
       </c>
       <c r="BI17" s="12">
-        <v>83.43102278304201</v>
+        <v>83.431022783257575</v>
       </c>
       <c r="BJ17" s="12">
-        <v>84.147425389631181</v>
+        <v>84.147425389698995</v>
+      </c>
+      <c r="BK17" s="12">
+        <v>82.70051125290432</v>
       </c>
     </row>
-    <row r="18" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A18" s="22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B18" s="25" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D18" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E18" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F18" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G18" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H18" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I18" s="12" t="s">
         <v>3</v>
       </c>
@@ -27747,155 +28172,158 @@
       <c r="U18" s="12" t="s">
         <v>3</v>
       </c>
       <c r="V18" s="12" t="s">
         <v>3</v>
       </c>
       <c r="W18" s="12" t="s">
         <v>3</v>
       </c>
       <c r="X18" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Y18" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Z18" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA18" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB18" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC18" s="12">
-        <v>10.212687672484318</v>
+        <v>10.212687684375993</v>
       </c>
       <c r="AD18" s="12">
-        <v>8.526950282695033</v>
+        <v>8.5269502805958375</v>
       </c>
       <c r="AE18" s="12">
-        <v>7.9208643506504099</v>
+        <v>7.9208643604946296</v>
       </c>
       <c r="AF18" s="12">
-        <v>6.9801281396948927</v>
+        <v>6.9801281341815198</v>
       </c>
       <c r="AG18" s="12">
-        <v>5.8607176148313584</v>
+        <v>5.8607176159917334</v>
       </c>
       <c r="AH18" s="12">
-        <v>5.5476423670727426</v>
+        <v>5.5476423693111636</v>
       </c>
       <c r="AI18" s="12">
-        <v>5.0288701453165068</v>
+        <v>5.0288701430473237</v>
       </c>
       <c r="AJ18" s="12">
-        <v>4.5611822266428259</v>
+        <v>4.5611822265037025</v>
       </c>
       <c r="AK18" s="12">
         <v>4.3956732822631519</v>
       </c>
       <c r="AL18" s="12">
-        <v>4.6471856372721847</v>
+        <v>4.6471856373557632</v>
       </c>
       <c r="AM18" s="12">
-        <v>5.6316117002684996</v>
+        <v>5.6316117002646342</v>
       </c>
       <c r="AN18" s="12">
-        <v>4.9353617372271046</v>
+        <v>4.9353617372783622</v>
       </c>
       <c r="AO18" s="12">
-        <v>5.1841550684261124</v>
+        <v>5.1841550683823776</v>
       </c>
       <c r="AP18" s="12">
-        <v>5.3062093266621559</v>
+        <v>5.3062093266593733</v>
       </c>
       <c r="AQ18" s="12">
-        <v>5.0634844330217117</v>
+        <v>5.0634844330415891</v>
       </c>
       <c r="AR18" s="12">
-        <v>4.996714485701979</v>
+        <v>4.996714485716554</v>
       </c>
       <c r="AS18" s="12">
-        <v>4.6999077580532083</v>
+        <v>4.6999077580376749</v>
       </c>
       <c r="AT18" s="12">
-        <v>4.7089150379086764</v>
+        <v>4.7089150379213169</v>
       </c>
       <c r="AU18" s="12">
-        <v>4.5008795193110966</v>
+        <v>4.5008795193244948</v>
       </c>
       <c r="AV18" s="12">
-        <v>4.6602525647960098</v>
+        <v>4.6602525647896904</v>
       </c>
       <c r="AW18" s="12">
-        <v>4.8562844792399424</v>
+        <v>4.8562844792611033</v>
       </c>
       <c r="AX18" s="12">
-        <v>5.0140367637094876</v>
+        <v>5.0140367637077761</v>
       </c>
       <c r="AY18" s="12">
-        <v>4.5631532784057605</v>
+        <v>4.5631532784047195</v>
       </c>
       <c r="AZ18" s="12">
-        <v>4.5339438950148523</v>
+        <v>4.5339438949355486</v>
       </c>
       <c r="BA18" s="12">
-        <v>4.6754382952118076</v>
+        <v>4.6754382954456428</v>
       </c>
       <c r="BB18" s="12">
-        <v>4.7522434974662593</v>
+        <v>4.7522434972546286</v>
       </c>
       <c r="BC18" s="12">
-        <v>5.0674490898661144</v>
+        <v>5.0674490895870212</v>
       </c>
       <c r="BD18" s="12">
-        <v>5.1235274531953126</v>
+        <v>5.1235274534245949</v>
       </c>
       <c r="BE18" s="12">
-        <v>4.9495938411715246</v>
+        <v>4.9495938410460756</v>
       </c>
       <c r="BF18" s="12">
-        <v>5.0166876935740925</v>
+        <v>5.0166876933940125</v>
       </c>
       <c r="BG18" s="12">
-        <v>4.8522364512039386</v>
+        <v>4.85223645107531</v>
       </c>
       <c r="BH18" s="12">
-        <v>5.1110575036389072</v>
+        <v>5.1110575035241101</v>
       </c>
       <c r="BI18" s="12">
-        <v>4.8022799399778844</v>
+        <v>4.8022799398791749</v>
       </c>
       <c r="BJ18" s="12">
-        <v>4.3185667776768915</v>
+        <v>4.3200694916906066</v>
+      </c>
+      <c r="BK18" s="12">
+        <v>4.6233082607680842</v>
       </c>
     </row>
-    <row r="19" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A19" s="22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B19" s="25" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D19" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E19" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F19" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G19" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H19" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I19" s="12" t="s">
         <v>3</v>
       </c>
@@ -27935,158 +28363,161 @@
       <c r="U19" s="12" t="s">
         <v>3</v>
       </c>
       <c r="V19" s="12" t="s">
         <v>3</v>
       </c>
       <c r="W19" s="12" t="s">
         <v>3</v>
       </c>
       <c r="X19" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Y19" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Z19" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA19" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB19" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC19" s="12">
-        <v>8.7797470160479154</v>
+        <v>8.7797470003624838</v>
       </c>
       <c r="AD19" s="12">
-        <v>7.5423162889202349</v>
+        <v>7.5423162867712028</v>
       </c>
       <c r="AE19" s="12">
-        <v>7.5936730931614775</v>
+        <v>7.5936730973486908</v>
       </c>
       <c r="AF19" s="12">
-        <v>8.1334710605175626</v>
+        <v>8.1334710660309355</v>
       </c>
       <c r="AG19" s="12">
-        <v>8.7762445589910705</v>
+        <v>8.7762445640211091</v>
       </c>
       <c r="AH19" s="12">
-        <v>8.575740295476999</v>
+        <v>8.5757402991719829</v>
       </c>
       <c r="AI19" s="12">
-        <v>9.3879005994358948</v>
+        <v>9.387900601705077</v>
       </c>
       <c r="AJ19" s="12">
-        <v>9.6060259163452955</v>
+        <v>9.6060259164995294</v>
       </c>
       <c r="AK19" s="12">
         <v>10.638153648952322</v>
       </c>
       <c r="AL19" s="12">
-        <v>11.542965725332193</v>
+        <v>11.542965725539792</v>
       </c>
       <c r="AM19" s="12">
-        <v>9.3799751796314084</v>
+        <v>9.3799751796249691</v>
       </c>
       <c r="AN19" s="12">
-        <v>8.882977826330416</v>
+        <v>8.8829778264226711</v>
       </c>
       <c r="AO19" s="12">
-        <v>9.2776500914447961</v>
+        <v>9.2776500913665263</v>
       </c>
       <c r="AP19" s="12">
-        <v>9.7981633286964609</v>
+        <v>9.7981633286913219</v>
       </c>
       <c r="AQ19" s="12">
-        <v>9.7244072627061158</v>
+        <v>9.7244072627442897</v>
       </c>
       <c r="AR19" s="12">
-        <v>9.8193068357792512</v>
+        <v>9.819306835807895</v>
       </c>
       <c r="AS19" s="12">
-        <v>10.067384136909714</v>
+        <v>10.06738413687644</v>
       </c>
       <c r="AT19" s="12">
-        <v>9.7418608053455493</v>
+        <v>9.7418608053717008</v>
       </c>
       <c r="AU19" s="12">
-        <v>9.9315231914452546</v>
+        <v>9.9315231914748203</v>
       </c>
       <c r="AV19" s="12">
-        <v>11.015595138647285</v>
+        <v>11.015595138632344</v>
       </c>
       <c r="AW19" s="12">
-        <v>11.062586639589487</v>
+        <v>11.06258663963769</v>
       </c>
       <c r="AX19" s="12">
-        <v>10.355596771249823</v>
+        <v>10.355596771246287</v>
       </c>
       <c r="AY19" s="12">
-        <v>9.9978032263992453</v>
+        <v>9.9978032263969627</v>
       </c>
       <c r="AZ19" s="12">
-        <v>10.470081066957158</v>
+        <v>10.470081067316588</v>
       </c>
       <c r="BA19" s="12">
-        <v>11.338145403006537</v>
+        <v>11.338145403082153</v>
       </c>
       <c r="BB19" s="12">
-        <v>11.964470185418111</v>
+        <v>11.964470185337854</v>
       </c>
       <c r="BC19" s="12">
-        <v>12.189795107477849</v>
+        <v>12.189795107234982</v>
       </c>
       <c r="BD19" s="12">
-        <v>12.434259239196038</v>
+        <v>12.434259239133477</v>
       </c>
       <c r="BE19" s="12">
-        <v>12.328251122632539</v>
+        <v>12.328251122893954</v>
       </c>
       <c r="BF19" s="12">
-        <v>12.503685051209503</v>
+        <v>12.503685051302444</v>
       </c>
       <c r="BG19" s="12">
-        <v>13.346115059738811</v>
+        <v>13.346115059466172</v>
       </c>
       <c r="BH19" s="12">
-        <v>12.584823107533328</v>
+        <v>12.584823107509374</v>
       </c>
       <c r="BI19" s="12">
-        <v>11.766697276977339</v>
+        <v>11.766697276863255</v>
       </c>
       <c r="BJ19" s="12">
-        <v>11.534007832691067</v>
+        <v>11.532505118896266</v>
+      </c>
+      <c r="BK19" s="12">
+        <v>12.676180486622773</v>
       </c>
     </row>
-    <row r="20" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A20" s="22" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B20" s="25" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D20" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E20" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F20" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G20" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H20" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I20" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J20" s="12" t="s">
         <v>3</v>
       </c>
@@ -28132,149 +28563,152 @@
       <c r="X20" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Y20" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Z20" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA20" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB20" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC20" s="12">
         <v>97.909289855170954</v>
       </c>
       <c r="AD20" s="12">
         <v>98.172151781140784</v>
       </c>
       <c r="AE20" s="12">
         <v>98.176173392984595</v>
       </c>
       <c r="AF20" s="12">
-        <v>97.988525578366946</v>
+        <v>97.988525576245195</v>
       </c>
       <c r="AG20" s="12">
-        <v>98.453338584419868</v>
+        <v>98.45333858436689</v>
       </c>
       <c r="AH20" s="12">
-        <v>98.428773119338999</v>
+        <v>98.428773117934853</v>
       </c>
       <c r="AI20" s="12">
-        <v>97.836019969098871</v>
+        <v>97.83601997043597</v>
       </c>
       <c r="AJ20" s="12">
-        <v>97.894046678969843</v>
+        <v>97.894046677914005</v>
       </c>
       <c r="AK20" s="12">
-        <v>98.167267337382953</v>
+        <v>98.167267338013531</v>
       </c>
       <c r="AL20" s="12">
-        <v>98.297238616773654</v>
+        <v>98.297238616458387</v>
       </c>
       <c r="AM20" s="12">
-        <v>98.09705301472826</v>
+        <v>98.097053013771003</v>
       </c>
       <c r="AN20" s="12">
-        <v>98.073619177048968</v>
+        <v>98.073619176478644</v>
       </c>
       <c r="AO20" s="12">
-        <v>98.161006084245599</v>
+        <v>98.161006084767493</v>
       </c>
       <c r="AP20" s="12">
-        <v>97.953229482303641</v>
+        <v>97.953229482813413</v>
       </c>
       <c r="AQ20" s="12">
-        <v>97.87290977742245</v>
+        <v>97.872909777960018</v>
       </c>
       <c r="AR20" s="12">
-        <v>97.842793510941675</v>
+        <v>97.842793510530399</v>
       </c>
       <c r="AS20" s="12">
-        <v>97.619027523414601</v>
+        <v>97.619027523166324</v>
       </c>
       <c r="AT20" s="12">
-        <v>97.74808070851617</v>
+        <v>97.748080708648985</v>
       </c>
       <c r="AU20" s="12">
-        <v>97.64799194161678</v>
+        <v>97.647991941542216</v>
       </c>
       <c r="AV20" s="12">
-        <v>97.351934752998872</v>
+        <v>97.351934727547402</v>
       </c>
       <c r="AW20" s="12">
-        <v>97.358395351357444</v>
+        <v>97.358395351273856</v>
       </c>
       <c r="AX20" s="12">
-        <v>97.416836150149805</v>
+        <v>97.416836149971743</v>
       </c>
       <c r="AY20" s="12">
-        <v>97.28118153759624</v>
+        <v>97.281181537704001</v>
       </c>
       <c r="AZ20" s="12">
-        <v>97.158120598597492</v>
+        <v>97.158120598501526</v>
       </c>
       <c r="BA20" s="12">
-        <v>96.990788717840118</v>
+        <v>96.990788717818234</v>
       </c>
       <c r="BB20" s="12">
-        <v>96.946344906053483</v>
+        <v>96.946344906037652</v>
       </c>
       <c r="BC20" s="12">
-        <v>97.044365448845937</v>
+        <v>97.044365448759521</v>
       </c>
       <c r="BD20" s="12">
         <v>96.993077417128873</v>
       </c>
       <c r="BE20" s="12">
-        <v>97.056789257978465</v>
+        <v>97.056789257834822</v>
       </c>
       <c r="BF20" s="12">
         <v>97.03496711653294</v>
       </c>
       <c r="BG20" s="12">
-        <v>96.883165315135685</v>
+        <v>96.883165315276301</v>
       </c>
       <c r="BH20" s="12">
-        <v>97.039550125346679</v>
+        <v>97.039550125208208</v>
       </c>
       <c r="BI20" s="12">
-        <v>97.296025238666644</v>
+        <v>97.296025238751042</v>
       </c>
       <c r="BJ20" s="12">
-        <v>97.226207223422151</v>
+        <v>97.226207223308421</v>
+      </c>
+      <c r="BK20" s="12">
+        <v>97.202932982640462</v>
       </c>
     </row>
-    <row r="21" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A21" s="22" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B21" s="25" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D21" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E21" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F21" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G21" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H21" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I21" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J21" s="12" t="s">
         <v>3</v>
       </c>
@@ -28320,149 +28754,152 @@
       <c r="X21" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Y21" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Z21" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA21" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB21" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC21" s="12">
         <v>2.0907101448290391</v>
       </c>
       <c r="AD21" s="12">
         <v>1.8278482188592287</v>
       </c>
       <c r="AE21" s="12">
         <v>1.8238266070153997</v>
       </c>
       <c r="AF21" s="12">
-        <v>2.0114744216318892</v>
+        <v>2.0114744237548052</v>
       </c>
       <c r="AG21" s="12">
-        <v>1.5466614155801306</v>
+        <v>1.5466614156331087</v>
       </c>
       <c r="AH21" s="12">
-        <v>1.5712268806610128</v>
+        <v>1.5712268820651438</v>
       </c>
       <c r="AI21" s="12">
-        <v>2.1639800309011221</v>
+        <v>2.1639800295640299</v>
       </c>
       <c r="AJ21" s="12">
-        <v>2.1059533210301415</v>
+        <v>2.105953322086024</v>
       </c>
       <c r="AK21" s="12">
-        <v>1.8327326626170408</v>
+        <v>1.8327326619864581</v>
       </c>
       <c r="AL21" s="12">
-        <v>1.7027613832263608</v>
+        <v>1.7027613835416258</v>
       </c>
       <c r="AM21" s="12">
-        <v>1.9029469852717447</v>
+        <v>1.9029469862290018</v>
       </c>
       <c r="AN21" s="12">
-        <v>1.926380822953639</v>
+        <v>1.9263808235213786</v>
       </c>
       <c r="AO21" s="12">
-        <v>1.8389939157521047</v>
+        <v>1.8389939152324957</v>
       </c>
       <c r="AP21" s="12">
-        <v>2.046770517695689</v>
+        <v>2.0467705171865731</v>
       </c>
       <c r="AQ21" s="12">
-        <v>2.1270902225781025</v>
+        <v>2.127090222039989</v>
       </c>
       <c r="AR21" s="12">
-        <v>2.1572064890597713</v>
+        <v>2.1572064894696057</v>
       </c>
       <c r="AS21" s="12">
-        <v>2.3809724765850087</v>
+        <v>2.3809724768336746</v>
       </c>
       <c r="AT21" s="12">
-        <v>2.2519192914838184</v>
+        <v>2.2519192913510189</v>
       </c>
       <c r="AU21" s="12">
-        <v>2.3520080583832441</v>
+        <v>2.3520080584577796</v>
       </c>
       <c r="AV21" s="12">
-        <v>2.648065247001131</v>
+        <v>2.6480652467906758</v>
       </c>
       <c r="AW21" s="12">
-        <v>2.6416046486425437</v>
+        <v>2.6416046487261498</v>
       </c>
       <c r="AX21" s="12">
-        <v>2.5831638498502074</v>
+        <v>2.5831638500282699</v>
       </c>
       <c r="AY21" s="12">
-        <v>2.718818462403735</v>
+        <v>2.7188184622959941</v>
       </c>
       <c r="AZ21" s="12">
-        <v>2.8418794014025304</v>
+        <v>2.8418794014984554</v>
       </c>
       <c r="BA21" s="12">
-        <v>3.0092112821598906</v>
+        <v>3.0092112821817554</v>
       </c>
       <c r="BB21" s="12">
-        <v>3.0536550939465212</v>
+        <v>3.0536550939623557</v>
       </c>
       <c r="BC21" s="12">
-        <v>2.9556345511540525</v>
+        <v>2.9556345512404993</v>
       </c>
       <c r="BD21" s="12">
         <v>3.0069225828711179</v>
       </c>
       <c r="BE21" s="12">
-        <v>2.9432107420215363</v>
+        <v>2.9432107421651672</v>
       </c>
       <c r="BF21" s="12">
         <v>2.9650328834670541</v>
       </c>
       <c r="BG21" s="12">
-        <v>3.116834684864298</v>
+        <v>3.1168346847237003</v>
       </c>
       <c r="BH21" s="12">
-        <v>2.9604498746523262</v>
+        <v>2.9604498747917907</v>
       </c>
       <c r="BI21" s="12">
-        <v>2.7039747613368936</v>
+        <v>2.7039747612489657</v>
       </c>
       <c r="BJ21" s="12">
-        <v>2.7737927765752786</v>
+        <v>2.7737927766915993</v>
+      </c>
+      <c r="BK21" s="12">
+        <v>2.7970670173595691</v>
       </c>
     </row>
-    <row r="22" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A22" s="22" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B22" s="25" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D22" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E22" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F22" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G22" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H22" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I22" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J22" s="12" t="s">
         <v>3</v>
       </c>
@@ -28514,143 +28951,146 @@
       <c r="Z22" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA22" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB22" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC22" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AD22" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AE22" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AF22" s="12">
         <v>90.883352337774809</v>
       </c>
       <c r="AG22" s="12">
         <v>88.251701028290782</v>
       </c>
       <c r="AH22" s="12">
-        <v>99.105115433885402</v>
+        <v>99.105115434561313</v>
       </c>
       <c r="AI22" s="12">
-        <v>99.125067905827649</v>
+        <v>99.125067905672196</v>
       </c>
       <c r="AJ22" s="12">
         <v>99.191188758070638</v>
       </c>
       <c r="AK22" s="12">
         <v>99.120090618176192</v>
       </c>
       <c r="AL22" s="12">
         <v>99.168209996488983</v>
       </c>
       <c r="AM22" s="12">
         <v>99.13448301579912</v>
       </c>
       <c r="AN22" s="12">
-        <v>99.214497635345509</v>
+        <v>99.214497659435267</v>
       </c>
       <c r="AO22" s="12">
-        <v>98.802690552529086</v>
+        <v>98.802690539740354</v>
       </c>
       <c r="AP22" s="12">
-        <v>98.837888685675708</v>
+        <v>98.837888685395271</v>
       </c>
       <c r="AQ22" s="12">
-        <v>98.566276040614255</v>
+        <v>98.566276041018924</v>
       </c>
       <c r="AR22" s="12">
-        <v>98.40253895683783</v>
+        <v>98.402538956466344</v>
       </c>
       <c r="AS22" s="12">
-        <v>98.485903639978531</v>
+        <v>98.485903677639072</v>
       </c>
       <c r="AT22" s="12">
-        <v>98.496109733238086</v>
+        <v>98.496109725423082</v>
       </c>
       <c r="AU22" s="12">
-        <v>98.520996321214128</v>
+        <v>98.520996315729079</v>
       </c>
       <c r="AV22" s="12">
-        <v>98.398342811369304</v>
+        <v>98.39834280431046</v>
       </c>
       <c r="AW22" s="12">
-        <v>98.168994996143155</v>
+        <v>98.168995015616915</v>
       </c>
       <c r="AX22" s="12">
-        <v>98.257065524998069</v>
+        <v>98.257065496413659</v>
       </c>
       <c r="AY22" s="12">
-        <v>98.298535238425828</v>
+        <v>98.298535215092954</v>
       </c>
       <c r="AZ22" s="12">
-        <v>98.340454587982222</v>
+        <v>98.340454592778784</v>
       </c>
       <c r="BA22" s="12">
-        <v>98.270100289921558</v>
+        <v>98.270100322679681</v>
       </c>
       <c r="BB22" s="12">
-        <v>98.305124889652902</v>
+        <v>98.305124880091228</v>
       </c>
       <c r="BC22" s="12">
-        <v>98.377639197420478</v>
+        <v>98.377639204311834</v>
       </c>
       <c r="BD22" s="12">
-        <v>98.461573487920191</v>
+        <v>98.461573463219821</v>
       </c>
       <c r="BE22" s="12">
-        <v>98.556070080419417</v>
+        <v>98.556070106804768</v>
       </c>
       <c r="BF22" s="12">
-        <v>98.595453849853712</v>
+        <v>98.595453846953646</v>
       </c>
       <c r="BG22" s="12">
-        <v>98.587583383921</v>
+        <v>98.587583400176513</v>
       </c>
       <c r="BH22" s="12">
-        <v>98.549891505941559</v>
+        <v>98.549891502158388</v>
       </c>
       <c r="BI22" s="12">
-        <v>98.43345733619141</v>
+        <v>98.459177642119982</v>
       </c>
       <c r="BJ22" s="12">
-        <v>98.613733004245532</v>
+        <v>98.63073620351534</v>
+      </c>
+      <c r="BK22" s="12">
+        <v>98.291547335553574</v>
       </c>
     </row>
-    <row r="23" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A23" s="22" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B23" s="25" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D23" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E23" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F23" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G23" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H23" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J23" s="12" t="s">
         <v>3</v>
       </c>
@@ -28702,140 +29142,143 @@
       <c r="Z23" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA23" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB23" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC23" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AD23" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AE23" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AF23" s="12">
         <v>9.1166476622251871</v>
       </c>
       <c r="AG23" s="12">
         <v>11.748298971709213</v>
       </c>
       <c r="AH23" s="12">
-        <v>0.89488456611459077</v>
+        <v>0.89488456543868911</v>
       </c>
       <c r="AI23" s="12">
-        <v>0.87493209417236117</v>
+        <v>0.87493209432779273</v>
       </c>
       <c r="AJ23" s="12">
         <v>0.80881124192935827</v>
       </c>
       <c r="AK23" s="12">
         <v>0.87990938182382006</v>
       </c>
       <c r="AL23" s="12">
         <v>0.8317900035110195</v>
       </c>
       <c r="AM23" s="12">
         <v>0.86551698420087153</v>
       </c>
       <c r="AN23" s="12">
-        <v>0.7855023646544832</v>
+        <v>0.785502340564739</v>
       </c>
       <c r="AO23" s="12">
-        <v>1.1973094474709243</v>
+        <v>1.1973094602596395</v>
       </c>
       <c r="AP23" s="12">
-        <v>1.1621113143243074</v>
+        <v>1.1621113146047439</v>
       </c>
       <c r="AQ23" s="12">
-        <v>1.1027026148507819</v>
+        <v>1.1027026145402674</v>
       </c>
       <c r="AR23" s="12">
-        <v>1.1008400071101621</v>
+        <v>1.1008400073667763</v>
       </c>
       <c r="AS23" s="12">
-        <v>1.0524761420019462</v>
+        <v>1.0524761043206325</v>
       </c>
       <c r="AT23" s="12">
-        <v>1.0143804243798122</v>
+        <v>1.0143804083924375</v>
       </c>
       <c r="AU23" s="12">
-        <v>1.0093027424525411</v>
+        <v>1.0093027388282079</v>
       </c>
       <c r="AV23" s="12">
-        <v>1.1644043754687885</v>
+        <v>1.1644043653783724</v>
       </c>
       <c r="AW23" s="12">
-        <v>1.3202253681660732</v>
+        <v>1.3202253292653379</v>
       </c>
       <c r="AX23" s="12">
-        <v>1.2241029496931717</v>
+        <v>1.2241029541508854</v>
       </c>
       <c r="AY23" s="12">
-        <v>1.2500546298128801</v>
+        <v>1.2500546005735076</v>
       </c>
       <c r="AZ23" s="12">
-        <v>1.261688108975789</v>
+        <v>1.2616880791123648</v>
       </c>
       <c r="BA23" s="12">
-        <v>1.2416918540776822</v>
+        <v>1.2416918213343464</v>
       </c>
       <c r="BB23" s="12">
-        <v>1.1785884383846894</v>
+        <v>1.1785884338607029</v>
       </c>
       <c r="BC23" s="12">
-        <v>1.1302912995644219</v>
+        <v>1.1302912727507601</v>
       </c>
       <c r="BD23" s="12">
-        <v>1.0685164804692167</v>
+        <v>1.0685164999637813</v>
       </c>
       <c r="BE23" s="12">
-        <v>1.0055395278450314</v>
+        <v>1.005539537412099</v>
       </c>
       <c r="BF23" s="12">
-        <v>0.96905353758906299</v>
+        <v>0.96905355157854267</v>
       </c>
       <c r="BG23" s="12">
-        <v>1.0053791653797823</v>
+        <v>1.0053791489235309</v>
       </c>
       <c r="BH23" s="12">
-        <v>0.94812959794492269</v>
+        <v>0.94812958825954241</v>
       </c>
       <c r="BI23" s="12">
-        <v>1.0223343960213869</v>
+        <v>0.99661685058629734</v>
       </c>
       <c r="BJ23" s="12">
-        <v>0.96666039562791761</v>
+        <v>0.94615924383265226</v>
+      </c>
+      <c r="BK23" s="12">
+        <v>1.3109063401049825</v>
       </c>
     </row>
-    <row r="24" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A24" s="22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B24" s="25" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D24" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E24" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F24" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G24" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H24" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I24" s="12" t="s">
         <v>3</v>
       </c>
@@ -28875,155 +29318,158 @@
       <c r="U24" s="12">
         <v>68.784708788355388</v>
       </c>
       <c r="V24" s="12">
         <v>69.213778294471084</v>
       </c>
       <c r="W24" s="12">
         <v>69.993470251368535</v>
       </c>
       <c r="X24" s="12">
         <v>71.714064117556674</v>
       </c>
       <c r="Y24" s="12">
         <v>71.846631717912331</v>
       </c>
       <c r="Z24" s="12">
         <v>70.744470122624023</v>
       </c>
       <c r="AA24" s="12">
         <v>69.025185912822167</v>
       </c>
       <c r="AB24" s="12">
         <v>68.511423809850228</v>
       </c>
       <c r="AC24" s="12">
-        <v>68.375927301163273</v>
+        <v>68.176583655472953</v>
       </c>
       <c r="AD24" s="12">
-        <v>68.286349702777642</v>
+        <v>68.089252013643247</v>
       </c>
       <c r="AE24" s="12">
-        <v>68.30375673985283</v>
+        <v>68.103273819877927</v>
       </c>
       <c r="AF24" s="12">
-        <v>68.592104786720526</v>
+        <v>68.400272612927722</v>
       </c>
       <c r="AG24" s="12">
-        <v>68.444027194299736</v>
+        <v>68.265042220504412</v>
       </c>
       <c r="AH24" s="12">
-        <v>68.214473566859027</v>
+        <v>68.214473541370921</v>
       </c>
       <c r="AI24" s="12">
-        <v>68.466001304928454</v>
+        <v>68.466001322502493</v>
       </c>
       <c r="AJ24" s="12">
-        <v>68.144410885996749</v>
+        <v>68.144410869289857</v>
       </c>
       <c r="AK24" s="12">
-        <v>68.02905005042328</v>
+        <v>68.029050027408047</v>
       </c>
       <c r="AL24" s="12">
-        <v>68.136622452101065</v>
+        <v>68.13662244504674</v>
       </c>
       <c r="AM24" s="12">
-        <v>68.683795634455819</v>
+        <v>68.683795623755529</v>
       </c>
       <c r="AN24" s="12">
-        <v>67.112102739315688</v>
+        <v>67.112102723924579</v>
       </c>
       <c r="AO24" s="12">
-        <v>66.658463430654024</v>
+        <v>66.658463451954717</v>
       </c>
       <c r="AP24" s="12">
-        <v>66.505598475684451</v>
+        <v>66.505598473799523</v>
       </c>
       <c r="AQ24" s="12">
-        <v>67.700914528485498</v>
+        <v>67.700914520352768</v>
       </c>
       <c r="AR24" s="12">
-        <v>69.11736810834617</v>
+        <v>69.11736810258671</v>
       </c>
       <c r="AS24" s="12">
-        <v>68.845746378515244</v>
+        <v>68.845746386471646</v>
       </c>
       <c r="AT24" s="12">
-        <v>75.843157030813629</v>
+        <v>75.843157025894982</v>
       </c>
       <c r="AU24" s="12">
-        <v>74.877476305164777</v>
+        <v>74.877476314096739</v>
       </c>
       <c r="AV24" s="12">
-        <v>73.911180578389647</v>
+        <v>73.911180581221956</v>
       </c>
       <c r="AW24" s="12">
-        <v>72.843228289952236</v>
+        <v>72.843228301522899</v>
       </c>
       <c r="AX24" s="12">
-        <v>72.867019398382951</v>
+        <v>72.867019403617306</v>
       </c>
       <c r="AY24" s="12">
-        <v>73.188962354729327</v>
+        <v>73.18896234386429</v>
       </c>
       <c r="AZ24" s="12">
-        <v>73.166780682006689</v>
+        <v>73.166780678327498</v>
       </c>
       <c r="BA24" s="12">
-        <v>74.65496938857143</v>
+        <v>74.654969381145534</v>
       </c>
       <c r="BB24" s="12">
-        <v>73.247265540370108</v>
+        <v>73.247265533907139</v>
       </c>
       <c r="BC24" s="12">
-        <v>72.882962940181187</v>
+        <v>72.882962926882811</v>
       </c>
       <c r="BD24" s="12">
-        <v>72.969188636469468</v>
+        <v>72.969188645295773</v>
       </c>
       <c r="BE24" s="12">
-        <v>72.676986975902452</v>
+        <v>72.676986974669404</v>
       </c>
       <c r="BF24" s="12">
-        <v>74.073969145242884</v>
+        <v>74.073969150040995</v>
       </c>
       <c r="BG24" s="12">
-        <v>72.909549633332929</v>
+        <v>72.909549632297612</v>
       </c>
       <c r="BH24" s="12">
-        <v>74.053388892599656</v>
+        <v>74.030060021289543</v>
       </c>
       <c r="BI24" s="12">
-        <v>73.150272214109862</v>
+        <v>73.083732862382803</v>
       </c>
       <c r="BJ24" s="12">
-        <v>72.437291909463525</v>
+        <v>72.733421917207153</v>
+      </c>
+      <c r="BK24" s="12">
+        <v>73.881319502040583</v>
       </c>
     </row>
-    <row r="25" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A25" s="22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B25" s="25" t="s">
         <v>11</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D25" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E25" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F25" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G25" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H25" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I25" s="12" t="s">
         <v>3</v>
       </c>
@@ -29063,155 +29509,158 @@
       <c r="U25" s="12">
         <v>30.335660140833866</v>
       </c>
       <c r="V25" s="12">
         <v>29.949970735851135</v>
       </c>
       <c r="W25" s="12">
         <v>29.154983162740777</v>
       </c>
       <c r="X25" s="12">
         <v>27.494815432065216</v>
       </c>
       <c r="Y25" s="12">
         <v>27.385301974311798</v>
       </c>
       <c r="Z25" s="12">
         <v>28.56798876443969</v>
       </c>
       <c r="AA25" s="12">
         <v>30.264936539550689</v>
       </c>
       <c r="AB25" s="12">
         <v>30.72376679405011</v>
       </c>
       <c r="AC25" s="12">
-        <v>30.919310694108042</v>
+        <v>31.114211843453742</v>
       </c>
       <c r="AD25" s="12">
-        <v>30.912758975266019</v>
+        <v>31.104879191693076</v>
       </c>
       <c r="AE25" s="12">
-        <v>31.026293307974669</v>
+        <v>31.22253870612257</v>
       </c>
       <c r="AF25" s="12">
-        <v>30.871316591497223</v>
+        <v>31.059871466931487</v>
       </c>
       <c r="AG25" s="12">
-        <v>31.050376916203675</v>
+        <v>31.226494158188295</v>
       </c>
       <c r="AH25" s="12">
-        <v>31.305808705139267</v>
+        <v>31.305808730242703</v>
       </c>
       <c r="AI25" s="12">
-        <v>31.105777134159098</v>
+        <v>31.105777116823713</v>
       </c>
       <c r="AJ25" s="12">
-        <v>31.389717762140084</v>
+        <v>31.389717778602655</v>
       </c>
       <c r="AK25" s="12">
-        <v>31.532285608814597</v>
+        <v>31.532285631514046</v>
       </c>
       <c r="AL25" s="12">
-        <v>31.444524672285734</v>
+        <v>31.444524679247348</v>
       </c>
       <c r="AM25" s="12">
-        <v>30.891273058417983</v>
+        <v>30.891273068973092</v>
       </c>
       <c r="AN25" s="12">
-        <v>32.508192959754751</v>
+        <v>32.508192974968175</v>
       </c>
       <c r="AO25" s="12">
-        <v>33.009857354087721</v>
+        <v>33.009857332998941</v>
       </c>
       <c r="AP25" s="12">
-        <v>33.167328316529833</v>
+        <v>33.167328318396379</v>
       </c>
       <c r="AQ25" s="12">
-        <v>31.930535055602849</v>
+        <v>31.930535063642797</v>
       </c>
       <c r="AR25" s="12">
-        <v>30.478896755043944</v>
+        <v>30.478896760728102</v>
       </c>
       <c r="AS25" s="12">
-        <v>30.748979465392377</v>
+        <v>30.748979457539484</v>
       </c>
       <c r="AT25" s="12">
-        <v>23.706204454558975</v>
+        <v>23.706204459385862</v>
       </c>
       <c r="AU25" s="12">
-        <v>24.6501673436833</v>
+        <v>24.650167334919285</v>
       </c>
       <c r="AV25" s="12">
-        <v>25.701749628305524</v>
+        <v>25.701749625515241</v>
       </c>
       <c r="AW25" s="12">
-        <v>26.75350836616245</v>
+        <v>26.753508354763607</v>
       </c>
       <c r="AX25" s="12">
-        <v>26.745873166323094</v>
+        <v>26.74587316116342</v>
       </c>
       <c r="AY25" s="12">
-        <v>26.464229355174229</v>
+        <v>26.46422936589871</v>
       </c>
       <c r="AZ25" s="12">
-        <v>26.510173822769783</v>
+        <v>26.510173826404653</v>
       </c>
       <c r="BA25" s="12">
-        <v>25.030929066285445</v>
+        <v>25.030929073619294</v>
       </c>
       <c r="BB25" s="12">
-        <v>26.401106936476392</v>
+        <v>26.401106942854398</v>
       </c>
       <c r="BC25" s="12">
-        <v>26.794688057652504</v>
+        <v>26.794688070792805</v>
       </c>
       <c r="BD25" s="12">
-        <v>26.712351357527847</v>
+        <v>26.71235134880552</v>
       </c>
       <c r="BE25" s="12">
-        <v>27.003549132799687</v>
+        <v>27.003549134018336</v>
       </c>
       <c r="BF25" s="12">
-        <v>25.637966505190452</v>
+        <v>25.637966500445636</v>
       </c>
       <c r="BG25" s="12">
-        <v>26.809377938239294</v>
+        <v>26.809377939263847</v>
       </c>
       <c r="BH25" s="12">
-        <v>25.640558142962327</v>
+        <v>25.663611838828835</v>
       </c>
       <c r="BI25" s="12">
-        <v>26.465439671441395</v>
+        <v>26.531330070242117</v>
       </c>
       <c r="BJ25" s="12">
-        <v>27.263583670603854</v>
+        <v>26.972029789462283</v>
+      </c>
+      <c r="BK25" s="12">
+        <v>25.839261058393191</v>
       </c>
     </row>
-    <row r="26" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A26" s="22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B26" s="25" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D26" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E26" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F26" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G26" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H26" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I26" s="12" t="s">
         <v>3</v>
       </c>
@@ -29302,104 +29751,107 @@
       <c r="AL26" s="12">
         <v>98.546476748770161</v>
       </c>
       <c r="AM26" s="12">
         <v>98.434234187276857</v>
       </c>
       <c r="AN26" s="12">
         <v>98.487644851431426</v>
       </c>
       <c r="AO26" s="12">
         <v>98.593833166227242</v>
       </c>
       <c r="AP26" s="12">
         <v>98.739027345230738</v>
       </c>
       <c r="AQ26" s="12">
         <v>98.388193509202765</v>
       </c>
       <c r="AR26" s="12">
         <v>98.167543144952234</v>
       </c>
       <c r="AS26" s="12">
         <v>98.351085595848886</v>
       </c>
       <c r="AT26" s="12">
-        <v>98.395628269057454</v>
+        <v>98.397637158466082</v>
       </c>
       <c r="AU26" s="12">
-        <v>98.215259196760698</v>
+        <v>98.220158258955536</v>
       </c>
       <c r="AV26" s="12">
-        <v>98.405066212629492</v>
+        <v>98.390510919825672</v>
       </c>
       <c r="AW26" s="12">
-        <v>98.123644894380959</v>
+        <v>98.111689591547474</v>
       </c>
       <c r="AX26" s="12">
-        <v>97.939585023056381</v>
+        <v>97.930787103958536</v>
       </c>
       <c r="AY26" s="12">
-        <v>98.159351494492498</v>
+        <v>98.182354652269723</v>
       </c>
       <c r="AZ26" s="12">
-        <v>98.380330847357982</v>
+        <v>98.397665173973678</v>
       </c>
       <c r="BA26" s="12">
-        <v>98.453985991392543</v>
+        <v>98.479438923756078</v>
       </c>
       <c r="BB26" s="12">
-        <v>98.498277987299261</v>
+        <v>98.524298296585513</v>
       </c>
       <c r="BC26" s="12">
-        <v>98.492476298322202</v>
+        <v>98.519397206246111</v>
       </c>
       <c r="BD26" s="12">
-        <v>98.5424308137069</v>
+        <v>98.557883131764243</v>
       </c>
       <c r="BE26" s="12">
-        <v>98.612625939773935</v>
+        <v>98.624372025736776</v>
       </c>
       <c r="BF26" s="12">
-        <v>98.608769716094798</v>
+        <v>98.62138124700779</v>
       </c>
       <c r="BG26" s="12">
-        <v>98.681642273930365</v>
+        <v>98.694521500363024</v>
       </c>
       <c r="BH26" s="12">
-        <v>98.597147726928483</v>
+        <v>98.609671814709941</v>
       </c>
       <c r="BI26" s="12">
-        <v>98.527916233781681</v>
+        <v>98.539473665500878</v>
       </c>
       <c r="BJ26" s="12">
-        <v>99.004286790460199</v>
+        <v>99.011327440358556</v>
+      </c>
+      <c r="BK26" s="12">
+        <v>99.150229965302728</v>
       </c>
     </row>
-    <row r="27" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A27" s="22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" s="25" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D27" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E27" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F27" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G27" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H27" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I27" s="12" t="s">
         <v>3</v>
       </c>
@@ -29490,218 +29942,221 @@
       <c r="AL27" s="12">
         <v>1.4535232512298384</v>
       </c>
       <c r="AM27" s="12">
         <v>1.5657658127231504</v>
       </c>
       <c r="AN27" s="12">
         <v>1.5123551485685967</v>
       </c>
       <c r="AO27" s="12">
         <v>1.4061668337727604</v>
       </c>
       <c r="AP27" s="12">
         <v>1.260972654769249</v>
       </c>
       <c r="AQ27" s="12">
         <v>1.1883070585439275</v>
       </c>
       <c r="AR27" s="12">
         <v>1.1741352492407968</v>
       </c>
       <c r="AS27" s="12">
         <v>1.0273632623807805</v>
       </c>
       <c r="AT27" s="12">
-        <v>0.91326986425909229</v>
+        <v>0.91212632743271527</v>
       </c>
       <c r="AU27" s="12">
-        <v>1.1582996707909303</v>
+        <v>1.1551201714949075</v>
       </c>
       <c r="AV27" s="12">
-        <v>1.1965040217516738</v>
+        <v>1.2074232627355064</v>
       </c>
       <c r="AW27" s="12">
-        <v>1.3891812250052622</v>
+        <v>1.3980324718645449</v>
       </c>
       <c r="AX27" s="12">
-        <v>1.5067569883137801</v>
+        <v>1.5131908020025973</v>
       </c>
       <c r="AY27" s="12">
-        <v>1.323175197904048</v>
+        <v>1.3066390652566671</v>
       </c>
       <c r="AZ27" s="12">
-        <v>1.1395630784234485</v>
+        <v>1.1273670329728425</v>
       </c>
       <c r="BA27" s="12">
-        <v>1.0753501366846145</v>
+        <v>1.057643558549227</v>
       </c>
       <c r="BB27" s="12">
-        <v>1.0061873379550672</v>
+        <v>0.98875659248490677</v>
       </c>
       <c r="BC27" s="12">
-        <v>0.96909601187198324</v>
+        <v>0.95178528456951794</v>
       </c>
       <c r="BD27" s="12">
-        <v>0.90636399807853352</v>
+        <v>0.89675540604105264</v>
       </c>
       <c r="BE27" s="12">
-        <v>0.82866176982383188</v>
+        <v>0.82164856870446357</v>
       </c>
       <c r="BF27" s="12">
-        <v>0.75868950223633802</v>
+        <v>0.75181302684997808</v>
       </c>
       <c r="BG27" s="12">
-        <v>0.76968016364486824</v>
+        <v>0.76216786947621817</v>
       </c>
       <c r="BH27" s="12">
-        <v>0.69675739021452554</v>
+        <v>0.69053618707047848</v>
       </c>
       <c r="BI27" s="12">
-        <v>0.62255004835865546</v>
+        <v>0.61766277143349202</v>
       </c>
       <c r="BJ27" s="12">
-        <v>0.57889038819054361</v>
+        <v>0.57479591167599786</v>
+      </c>
+      <c r="BK27" s="12">
+        <v>0.52950891942271372</v>
       </c>
     </row>
-    <row r="28" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A28" s="22" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B28" s="25" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D28" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E28" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F28" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G28" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H28" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I28" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J28" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K28" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L28" s="12">
-        <v>78.46884943881382</v>
+        <v>78.468860347556983</v>
       </c>
       <c r="M28" s="12">
-        <v>77.744441628616883</v>
+        <v>77.744442184583377</v>
       </c>
       <c r="N28" s="12">
-        <v>76.478934412386209</v>
+        <v>76.478932527577726</v>
       </c>
       <c r="O28" s="12">
-        <v>77.416468370941416</v>
+        <v>77.416466667495683</v>
       </c>
       <c r="P28" s="12">
-        <v>76.71011374804138</v>
+        <v>76.710116144811039</v>
       </c>
       <c r="Q28" s="12">
-        <v>76.821881289033428</v>
+        <v>76.821877609661129</v>
       </c>
       <c r="R28" s="12">
-        <v>76.680705579753479</v>
+        <v>76.680708894722784</v>
       </c>
       <c r="S28" s="12">
-        <v>78.299940527448399</v>
+        <v>78.29993374419611</v>
       </c>
       <c r="T28" s="12">
-        <v>77.696969597532515</v>
+        <v>77.696971225277139</v>
       </c>
       <c r="U28" s="12">
-        <v>76.827578763457879</v>
+        <v>76.827581502785819</v>
       </c>
       <c r="V28" s="12">
-        <v>76.88818389795739</v>
+        <v>76.888183420739082</v>
       </c>
       <c r="W28" s="12">
-        <v>77.283149689489903</v>
+        <v>77.283151321549099</v>
       </c>
       <c r="X28" s="12">
-        <v>77.635745083226865</v>
+        <v>77.635746054924397</v>
       </c>
       <c r="Y28" s="12">
-        <v>77.938460171890782</v>
+        <v>77.938458774452869</v>
       </c>
       <c r="Z28" s="12">
-        <v>77.737879379819759</v>
+        <v>77.737878635738838</v>
       </c>
       <c r="AA28" s="12">
-        <v>79.037074426351268</v>
+        <v>79.037071804448573</v>
       </c>
       <c r="AB28" s="12">
-        <v>79.18773278417919</v>
+        <v>79.187732046491575</v>
       </c>
       <c r="AC28" s="12">
-        <v>78.536520210207499</v>
+        <v>78.536519962764885</v>
       </c>
       <c r="AD28" s="12">
         <v>79.119343906035752</v>
       </c>
       <c r="AE28" s="12">
-        <v>78.755916289775627</v>
+        <v>78.755916443762388</v>
       </c>
       <c r="AF28" s="12">
         <v>78.811695278969964</v>
       </c>
       <c r="AG28" s="12">
-        <v>78.15873109763956</v>
+        <v>78.158731167050021</v>
       </c>
       <c r="AH28" s="12">
         <v>77.347562366032747</v>
       </c>
       <c r="AI28" s="12">
         <v>76.874919600360187</v>
       </c>
       <c r="AJ28" s="12">
         <v>77.969233240952732</v>
       </c>
       <c r="AK28" s="12">
         <v>77.960825009728879</v>
       </c>
       <c r="AL28" s="12">
-        <v>78.069609239721558</v>
+        <v>78.069610337898482</v>
       </c>
       <c r="AM28" s="12">
-        <v>78.209341226368252</v>
+        <v>78.209341201354832</v>
       </c>
       <c r="AN28" s="12">
         <v>77.684585284495483</v>
       </c>
       <c r="AO28" s="12">
         <v>78.432257462105895</v>
       </c>
       <c r="AP28" s="12">
         <v>78.800566563419295</v>
       </c>
       <c r="AQ28" s="12">
         <v>79.04885482362171</v>
       </c>
       <c r="AR28" s="12">
         <v>79.111656796186637</v>
       </c>
       <c r="AS28" s="12">
         <v>78.763932218297754</v>
       </c>
       <c r="AT28" s="12">
         <v>78.493679548594514</v>
       </c>
       <c r="AU28" s="12">
         <v>77.849742555403836</v>
       </c>
@@ -29726,170 +30181,173 @@
       <c r="BB28" s="12">
         <v>75.987739530232716</v>
       </c>
       <c r="BC28" s="12">
         <v>76.647216527361621</v>
       </c>
       <c r="BD28" s="12">
         <v>76.219002938598734</v>
       </c>
       <c r="BE28" s="12">
         <v>77.067038541603509</v>
       </c>
       <c r="BF28" s="12">
         <v>76.765346661540434</v>
       </c>
       <c r="BG28" s="12">
         <v>74.909145668105594</v>
       </c>
       <c r="BH28" s="12">
         <v>75.708587994165114</v>
       </c>
       <c r="BI28" s="12">
         <v>76.463768115942017</v>
       </c>
       <c r="BJ28" s="12">
-        <v>88.403064635003346</v>
+        <v>88.41802098333676</v>
+      </c>
+      <c r="BK28" s="12">
+        <v>87.849344228524345</v>
       </c>
     </row>
-    <row r="29" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A29" s="22" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B29" s="25" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D29" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E29" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F29" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G29" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H29" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I29" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J29" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K29" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L29" s="12">
-        <v>21.531150561185484</v>
+        <v>21.531163111928965</v>
       </c>
       <c r="M29" s="12">
-        <v>22.255558371382158</v>
+        <v>22.255557815416623</v>
       </c>
       <c r="N29" s="12">
-        <v>23.521065587613808</v>
+        <v>23.521067472422285</v>
       </c>
       <c r="O29" s="12">
-        <v>22.583531629058584</v>
+        <v>22.58353333250432</v>
       </c>
       <c r="P29" s="12">
-        <v>23.289886251958624</v>
+        <v>23.289883855188947</v>
       </c>
       <c r="Q29" s="12">
-        <v>23.178118710966565</v>
+        <v>23.178122390338864</v>
       </c>
       <c r="R29" s="12">
-        <v>23.319294420247498</v>
+        <v>23.31929110527723</v>
       </c>
       <c r="S29" s="12">
-        <v>21.700059472555793</v>
+        <v>21.700057848773834</v>
       </c>
       <c r="T29" s="12">
-        <v>22.303030402466074</v>
+        <v>22.303028774722858</v>
       </c>
       <c r="U29" s="12">
-        <v>23.172421236544682</v>
+        <v>23.172418497214178</v>
       </c>
       <c r="V29" s="12">
-        <v>23.111816102041473</v>
+        <v>23.111816579260939</v>
       </c>
       <c r="W29" s="12">
-        <v>22.716850310510093</v>
+        <v>22.716848678450891</v>
       </c>
       <c r="X29" s="12">
-        <v>22.364254916773131</v>
+        <v>22.364253945075614</v>
       </c>
       <c r="Y29" s="12">
-        <v>22.061539828109218</v>
+        <v>22.061541225547131</v>
       </c>
       <c r="Z29" s="12">
-        <v>22.262120620180255</v>
+        <v>22.262121364261152</v>
       </c>
       <c r="AA29" s="12">
-        <v>20.962925573648725</v>
+        <v>20.962925089880454</v>
       </c>
       <c r="AB29" s="12">
-        <v>20.812267215820821</v>
+        <v>20.81226795350841</v>
       </c>
       <c r="AC29" s="12">
-        <v>21.463479789792498</v>
+        <v>21.463480037235122</v>
       </c>
       <c r="AD29" s="12">
         <v>20.880656093964244</v>
       </c>
       <c r="AE29" s="12">
-        <v>21.24408371022438</v>
+        <v>21.244083556237605</v>
       </c>
       <c r="AF29" s="12">
         <v>21.188304721030043</v>
       </c>
       <c r="AG29" s="12">
-        <v>21.841268902360454</v>
+        <v>21.841268832949975</v>
       </c>
       <c r="AH29" s="12">
         <v>22.257946823550874</v>
       </c>
       <c r="AI29" s="12">
         <v>22.77132198447751</v>
       </c>
       <c r="AJ29" s="12">
         <v>21.699401534321407</v>
       </c>
       <c r="AK29" s="12">
         <v>21.755647388025128</v>
       </c>
       <c r="AL29" s="12">
-        <v>21.676762366523921</v>
+        <v>21.676762462576342</v>
       </c>
       <c r="AM29" s="12">
-        <v>21.568027272747152</v>
+        <v>21.56802729750504</v>
       </c>
       <c r="AN29" s="12">
         <v>22.111745461543396</v>
       </c>
       <c r="AO29" s="12">
         <v>21.402782532914191</v>
       </c>
       <c r="AP29" s="12">
         <v>21.03755817392252</v>
       </c>
       <c r="AQ29" s="12">
         <v>20.755001659675912</v>
       </c>
       <c r="AR29" s="12">
         <v>20.66589628773653</v>
       </c>
       <c r="AS29" s="12">
         <v>20.994186605829888</v>
       </c>
       <c r="AT29" s="12">
         <v>21.248079331671981</v>
       </c>
       <c r="AU29" s="12">
         <v>21.892186462548388</v>
       </c>
@@ -29914,146 +30372,149 @@
       <c r="BB29" s="12">
         <v>23.748138647652794</v>
       </c>
       <c r="BC29" s="12">
         <v>23.062608421384638</v>
       </c>
       <c r="BD29" s="12">
         <v>23.474764138784348</v>
       </c>
       <c r="BE29" s="12">
         <v>22.700539622870309</v>
       </c>
       <c r="BF29" s="12">
         <v>22.837370242214533</v>
       </c>
       <c r="BG29" s="12">
         <v>24.680252986647925</v>
       </c>
       <c r="BH29" s="12">
         <v>23.852872204885795</v>
       </c>
       <c r="BI29" s="12">
         <v>23.002379407311267</v>
       </c>
       <c r="BJ29" s="12">
-        <v>11.195858971941792</v>
+        <v>11.180826990331209</v>
+      </c>
+      <c r="BK29" s="12">
+        <v>11.993579619583878</v>
       </c>
     </row>
-    <row r="30" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A30" s="22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B30" s="25" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D30" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E30" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F30" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G30" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H30" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I30" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J30" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K30" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L30" s="12">
-        <v>91.133872007889067</v>
+        <v>91.13387139895093</v>
       </c>
       <c r="M30" s="12">
-        <v>95.063618182801704</v>
+        <v>95.063616731243854</v>
       </c>
       <c r="N30" s="12">
-        <v>91.779848287090488</v>
+        <v>91.77984874944076</v>
       </c>
       <c r="O30" s="12">
-        <v>91.744174926036195</v>
+        <v>91.744174749213926</v>
       </c>
       <c r="P30" s="12">
-        <v>91.903738800526952</v>
+        <v>91.903738864918481</v>
       </c>
       <c r="Q30" s="12">
-        <v>91.96849383115044</v>
+        <v>91.968494145718282</v>
       </c>
       <c r="R30" s="12">
-        <v>92.230126445303711</v>
+        <v>92.230126693435537</v>
       </c>
       <c r="S30" s="12">
-        <v>92.266321092246955</v>
+        <v>92.266321040889963</v>
       </c>
       <c r="T30" s="12">
-        <v>92.202348987214705</v>
+        <v>92.202348827806276</v>
       </c>
       <c r="U30" s="12">
-        <v>92.272433691085538</v>
+        <v>92.272433856909117</v>
       </c>
       <c r="V30" s="12">
-        <v>91.872354520849569</v>
+        <v>91.87235467225473</v>
       </c>
       <c r="W30" s="12">
-        <v>90.841885124819655</v>
+        <v>90.841885055107539</v>
       </c>
       <c r="X30" s="12">
-        <v>90.719639957486237</v>
+        <v>90.719640141457717</v>
       </c>
       <c r="Y30" s="12">
-        <v>90.626994299531731</v>
+        <v>90.626994448094294</v>
       </c>
       <c r="Z30" s="12">
-        <v>90.644602196332187</v>
+        <v>90.644602332216735</v>
       </c>
       <c r="AA30" s="12">
-        <v>90.242536638214617</v>
+        <v>90.242536601410222</v>
       </c>
       <c r="AB30" s="12">
-        <v>90.372953913269853</v>
+        <v>90.372953902761012</v>
       </c>
       <c r="AC30" s="12">
-        <v>90.136980921881488</v>
+        <v>90.136980923876976</v>
       </c>
       <c r="AD30" s="12">
-        <v>90.07937142274487</v>
+        <v>90.07937127114289</v>
       </c>
       <c r="AE30" s="12">
-        <v>89.259875273397228</v>
+        <v>89.259875327577276</v>
       </c>
       <c r="AF30" s="12">
         <v>89.127618236063469</v>
       </c>
       <c r="AG30" s="12">
         <v>88.872653857002177</v>
       </c>
       <c r="AH30" s="12">
         <v>88.346717287587211</v>
       </c>
       <c r="AI30" s="12">
         <v>88.328828217309677</v>
       </c>
       <c r="AJ30" s="12">
         <v>88.481242032352441</v>
       </c>
       <c r="AK30" s="12">
         <v>88.731742989318064</v>
       </c>
       <c r="AL30" s="12">
         <v>89.066721452635335</v>
       </c>
       <c r="AM30" s="12">
         <v>89.64867326767758</v>
       </c>
@@ -30099,149 +30560,152 @@
       <c r="BA30" s="12">
         <v>86.837287079400753</v>
       </c>
       <c r="BB30" s="12">
         <v>86.528604085079039</v>
       </c>
       <c r="BC30" s="12">
         <v>86.129096444904874</v>
       </c>
       <c r="BD30" s="12">
         <v>86.234147739079859</v>
       </c>
       <c r="BE30" s="12">
         <v>86.006451795028212</v>
       </c>
       <c r="BF30" s="12">
         <v>85.975731143145708</v>
       </c>
       <c r="BG30" s="12">
         <v>86.021024528616707</v>
       </c>
       <c r="BH30" s="12">
         <v>85.033633179782214</v>
       </c>
       <c r="BI30" s="12">
-        <v>85.064775332802967</v>
+        <v>84.986216275066468</v>
       </c>
       <c r="BJ30" s="12">
-        <v>85.131695136191183</v>
+        <v>85.160203585249505</v>
+      </c>
+      <c r="BK30" s="12">
+        <v>85.302347498489056</v>
       </c>
     </row>
-    <row r="31" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A31" s="22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B31" s="25" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D31" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E31" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F31" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G31" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H31" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I31" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J31" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K31" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L31" s="12">
-        <v>8.208338075186731</v>
+        <v>8.2083385063606187</v>
       </c>
       <c r="M31" s="12">
-        <v>4.187449327063467</v>
+        <v>4.1874499248221735</v>
       </c>
       <c r="N31" s="12">
-        <v>7.5660767130469182</v>
+        <v>7.5660773010621032</v>
       </c>
       <c r="O31" s="12">
-        <v>7.5839434562891803</v>
+        <v>7.5839429877718203</v>
       </c>
       <c r="P31" s="12">
-        <v>7.2431926478305639</v>
+        <v>7.2431926151288613</v>
       </c>
       <c r="Q31" s="12">
-        <v>7.1180031515675815</v>
+        <v>7.1180033032096341</v>
       </c>
       <c r="R31" s="12">
-        <v>7.0276336092018665</v>
+        <v>7.0276335704814894</v>
       </c>
       <c r="S31" s="12">
-        <v>7.0876903625886101</v>
+        <v>7.087690252900293</v>
       </c>
       <c r="T31" s="12">
-        <v>7.180461108663927</v>
+        <v>7.180460926937382</v>
       </c>
       <c r="U31" s="12">
-        <v>7.080076835846751</v>
+        <v>7.0800770359947363</v>
       </c>
       <c r="V31" s="12">
-        <v>7.4609245609347399</v>
+        <v>7.4609247347272349</v>
       </c>
       <c r="W31" s="12">
-        <v>8.4808294483373317</v>
+        <v>8.480829403723444</v>
       </c>
       <c r="X31" s="12">
-        <v>8.6933862192043581</v>
+        <v>8.6933860960846072</v>
       </c>
       <c r="Y31" s="12">
-        <v>8.7724406890994899</v>
+        <v>8.7724408470374655</v>
       </c>
       <c r="Z31" s="12">
-        <v>8.6934384038453043</v>
+        <v>8.6934384929532094</v>
       </c>
       <c r="AA31" s="12">
-        <v>8.9994245109038484</v>
+        <v>8.9994246171552312</v>
       </c>
       <c r="AB31" s="12">
-        <v>8.9842449835954792</v>
+        <v>8.9842449439222722</v>
       </c>
       <c r="AC31" s="12">
-        <v>9.2679153455069105</v>
+        <v>9.2679153244630204</v>
       </c>
       <c r="AD31" s="12">
-        <v>9.3356262281265874</v>
+        <v>9.3356263115391283</v>
       </c>
       <c r="AE31" s="12">
-        <v>10.252670442531739</v>
+        <v>10.252670516951557</v>
       </c>
       <c r="AF31" s="12">
         <v>10.434639220871532</v>
       </c>
       <c r="AG31" s="12">
         <v>10.701786854176667</v>
       </c>
       <c r="AH31" s="12">
         <v>10.933177220431393</v>
       </c>
       <c r="AI31" s="12">
         <v>11.100881543929546</v>
       </c>
       <c r="AJ31" s="12">
         <v>10.946780523630093</v>
       </c>
       <c r="AK31" s="12">
         <v>10.985716616393921</v>
       </c>
       <c r="AL31" s="12">
         <v>10.662461543019329</v>
       </c>
       <c r="AM31" s="12">
         <v>10.060229082815495</v>
       </c>
@@ -30287,170 +30751,173 @@
       <c r="BA31" s="12">
         <v>12.952472730385056</v>
       </c>
       <c r="BB31" s="12">
         <v>13.164271961014986</v>
       </c>
       <c r="BC31" s="12">
         <v>13.513806945953458</v>
       </c>
       <c r="BD31" s="12">
         <v>13.383742725621573</v>
       </c>
       <c r="BE31" s="12">
         <v>13.57112242377009</v>
       </c>
       <c r="BF31" s="12">
         <v>13.600824059919676</v>
       </c>
       <c r="BG31" s="12">
         <v>13.49707992658101</v>
       </c>
       <c r="BH31" s="12">
         <v>14.482530390201514</v>
       </c>
       <c r="BI31" s="12">
-        <v>14.364188171375119</v>
+        <v>14.383224528867764</v>
       </c>
       <c r="BJ31" s="12">
-        <v>14.33694741574778</v>
+        <v>14.309697082638543</v>
+      </c>
+      <c r="BK31" s="12">
+        <v>14.492775321440476</v>
       </c>
     </row>
-    <row r="32" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A32" s="22" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B32" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D32" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E32" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F32" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G32" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H32" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I32" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J32" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K32" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L32" s="12">
-        <v>66.71682432435648</v>
+        <v>66.716823997896341</v>
       </c>
       <c r="M32" s="12">
-        <v>66.21907036941964</v>
+        <v>66.219070681454482</v>
       </c>
       <c r="N32" s="12">
-        <v>67.48989206776389</v>
+        <v>67.489891651444538</v>
       </c>
       <c r="O32" s="12">
-        <v>67.605130734048259</v>
+        <v>67.605130566433388</v>
       </c>
       <c r="P32" s="12">
-        <v>66.949795078495583</v>
+        <v>66.949795314364252</v>
       </c>
       <c r="Q32" s="12">
-        <v>66.976633415235042</v>
+        <v>66.97663309875108</v>
       </c>
       <c r="R32" s="12">
-        <v>67.132258698544561</v>
+        <v>67.132258920265429</v>
       </c>
       <c r="S32" s="12">
-        <v>67.100919262833187</v>
+        <v>67.10091919381999</v>
       </c>
       <c r="T32" s="12">
-        <v>68.154930794068179</v>
+        <v>68.15493050934181</v>
       </c>
       <c r="U32" s="12">
-        <v>68.249790629897163</v>
+        <v>68.249790574679039</v>
       </c>
       <c r="V32" s="12">
-        <v>68.309941327359951</v>
+        <v>68.309941310430801</v>
       </c>
       <c r="W32" s="12">
-        <v>68.231416545803754</v>
+        <v>68.231416476572761</v>
       </c>
       <c r="X32" s="12">
-        <v>68.156721106273594</v>
+        <v>68.15672141475244</v>
       </c>
       <c r="Y32" s="12">
-        <v>68.254343150282409</v>
+        <v>68.254343063731099</v>
       </c>
       <c r="Z32" s="12">
-        <v>68.418677392882344</v>
+        <v>68.418677272197954</v>
       </c>
       <c r="AA32" s="12">
-        <v>68.394166646916887</v>
+        <v>68.394166690499759</v>
       </c>
       <c r="AB32" s="12">
-        <v>68.131873335292696</v>
+        <v>68.13187342892239</v>
       </c>
       <c r="AC32" s="12">
-        <v>69.131432965835302</v>
+        <v>69.131433008840162</v>
       </c>
       <c r="AD32" s="12">
-        <v>70.453204885218994</v>
+        <v>70.453204939548186</v>
       </c>
       <c r="AE32" s="12">
-        <v>70.42622686398758</v>
+        <v>70.426226931865159</v>
       </c>
       <c r="AF32" s="12">
-        <v>69.784368182696369</v>
+        <v>69.784368227258057</v>
       </c>
       <c r="AG32" s="12">
-        <v>70.48077576566395</v>
+        <v>70.480775687134596</v>
       </c>
       <c r="AH32" s="12">
-        <v>70.394537842917742</v>
+        <v>70.394537914443561</v>
       </c>
       <c r="AI32" s="12">
-        <v>69.977183769884945</v>
+        <v>69.977183705286677</v>
       </c>
       <c r="AJ32" s="12">
-        <v>70.403058616853571</v>
+        <v>70.4030586224914</v>
       </c>
       <c r="AK32" s="12">
-        <v>69.775773088348942</v>
+        <v>69.77577307135185</v>
       </c>
       <c r="AL32" s="12">
-        <v>69.570706536064876</v>
+        <v>69.570706484909877</v>
       </c>
       <c r="AM32" s="12">
         <v>69.653947030487132</v>
       </c>
       <c r="AN32" s="12">
         <v>70.307659407186094</v>
       </c>
       <c r="AO32" s="12">
         <v>70.85994639650788</v>
       </c>
       <c r="AP32" s="12">
         <v>71.252863092139506</v>
       </c>
       <c r="AQ32" s="12">
         <v>70.05093235138969</v>
       </c>
       <c r="AR32" s="12">
         <v>69.892087964200854</v>
       </c>
       <c r="AS32" s="12">
         <v>68.702171917362122</v>
       </c>
       <c r="AT32" s="12">
         <v>68.039701565804464</v>
       </c>
@@ -30472,173 +30939,176 @@
       <c r="AZ32" s="12">
         <v>69.533794009820923</v>
       </c>
       <c r="BA32" s="12">
         <v>69.484240037126071</v>
       </c>
       <c r="BB32" s="12">
         <v>68.8129378949087</v>
       </c>
       <c r="BC32" s="12">
         <v>67.996925711881559</v>
       </c>
       <c r="BD32" s="12">
         <v>68.128500962454353</v>
       </c>
       <c r="BE32" s="12">
         <v>67.877892432296392</v>
       </c>
       <c r="BF32" s="12">
         <v>67.810411471458593</v>
       </c>
       <c r="BG32" s="12">
         <v>67.865094066416191</v>
       </c>
       <c r="BH32" s="12">
-        <v>66.299831765998391</v>
+        <v>66.32141250327696</v>
       </c>
       <c r="BI32" s="12">
-        <v>65.802757889326585</v>
+        <v>65.732040365896992</v>
       </c>
       <c r="BJ32" s="12">
-        <v>66.901836247774568</v>
+        <v>66.860004753485995</v>
+      </c>
+      <c r="BK32" s="12">
+        <v>67.585432995998033</v>
       </c>
     </row>
-    <row r="33" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A33" s="22" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B33" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D33" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E33" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F33" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G33" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H33" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I33" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J33" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K33" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L33" s="12">
-        <v>23.157541223159864</v>
+        <v>23.157541473353319</v>
       </c>
       <c r="M33" s="12">
-        <v>23.452262458752706</v>
+        <v>23.452262766125958</v>
       </c>
       <c r="N33" s="12">
-        <v>22.263912515674324</v>
+        <v>22.263912717239755</v>
       </c>
       <c r="O33" s="12">
-        <v>21.958382298780801</v>
+        <v>21.95838206418841</v>
       </c>
       <c r="P33" s="12">
-        <v>22.601756719222369</v>
+        <v>22.601756642964784</v>
       </c>
       <c r="Q33" s="12">
-        <v>22.94695697443801</v>
+        <v>22.946956831712697</v>
       </c>
       <c r="R33" s="12">
-        <v>23.099445946038056</v>
+        <v>23.099445971002044</v>
       </c>
       <c r="S33" s="12">
-        <v>22.573299863851943</v>
+        <v>22.57329978784184</v>
       </c>
       <c r="T33" s="12">
-        <v>22.033991230980302</v>
+        <v>22.033991095164616</v>
       </c>
       <c r="U33" s="12">
-        <v>22.043494746052435</v>
+        <v>22.043494856888948</v>
       </c>
       <c r="V33" s="12">
-        <v>21.921923170387238</v>
+        <v>21.921923320170833</v>
       </c>
       <c r="W33" s="12">
-        <v>21.858502072753318</v>
+        <v>21.858501988325312</v>
       </c>
       <c r="X33" s="12">
-        <v>21.94647225440707</v>
+        <v>21.9464723992328</v>
       </c>
       <c r="Y33" s="12">
-        <v>22.024794714626584</v>
+        <v>22.024794610236686</v>
       </c>
       <c r="Z33" s="12">
-        <v>22.01856985524979</v>
+        <v>22.018569905627196</v>
       </c>
       <c r="AA33" s="12">
-        <v>21.896078494368997</v>
+        <v>21.896078505791817</v>
       </c>
       <c r="AB33" s="12">
-        <v>22.238313222053147</v>
+        <v>22.238313170123529</v>
       </c>
       <c r="AC33" s="12">
-        <v>21.504156538593687</v>
+        <v>21.504156504327458</v>
       </c>
       <c r="AD33" s="12">
-        <v>20.831707700414167</v>
+        <v>20.831707671586631</v>
       </c>
       <c r="AE33" s="12">
-        <v>20.994966194873196</v>
+        <v>20.994966175074943</v>
       </c>
       <c r="AF33" s="12">
-        <v>21.599744712038014</v>
+        <v>21.599744763277517</v>
       </c>
       <c r="AG33" s="12">
-        <v>21.225046801727096</v>
+        <v>21.225046819758301</v>
       </c>
       <c r="AH33" s="12">
-        <v>21.64373055161856</v>
+        <v>21.643730611596993</v>
       </c>
       <c r="AI33" s="12">
-        <v>22.137264469802751</v>
+        <v>22.137264440620054</v>
       </c>
       <c r="AJ33" s="12">
-        <v>21.645363583195724</v>
+        <v>21.645363647134946</v>
       </c>
       <c r="AK33" s="12">
-        <v>21.836175150153313</v>
+        <v>21.836175125919631</v>
       </c>
       <c r="AL33" s="12">
-        <v>22.041301607230089</v>
+        <v>22.041301557199766</v>
       </c>
       <c r="AM33" s="12">
         <v>22.431815343297977</v>
       </c>
       <c r="AN33" s="12">
         <v>21.951263464108813</v>
       </c>
       <c r="AO33" s="12">
         <v>21.759568855212649</v>
       </c>
       <c r="AP33" s="12">
         <v>21.570275897969807</v>
       </c>
       <c r="AQ33" s="12">
         <v>22.420605452245479</v>
       </c>
       <c r="AR33" s="12">
         <v>22.159804658530803</v>
       </c>
       <c r="AS33" s="12">
         <v>22.816384217789455</v>
       </c>
       <c r="AT33" s="12">
         <v>23.456358425879539</v>
       </c>
@@ -30660,173 +31130,176 @@
       <c r="AZ33" s="12">
         <v>22.162038658681777</v>
       </c>
       <c r="BA33" s="12">
         <v>22.247126316735883</v>
       </c>
       <c r="BB33" s="12">
         <v>22.61882431404425</v>
       </c>
       <c r="BC33" s="12">
         <v>23.261147193138505</v>
       </c>
       <c r="BD33" s="12">
         <v>23.074118120914136</v>
       </c>
       <c r="BE33" s="12">
         <v>23.267800341436644</v>
       </c>
       <c r="BF33" s="12">
         <v>23.367951382001593</v>
       </c>
       <c r="BG33" s="12">
         <v>23.522646857396516</v>
       </c>
       <c r="BH33" s="12">
-        <v>24.458555439044883</v>
+        <v>24.455746621689752</v>
       </c>
       <c r="BI33" s="12">
-        <v>24.684768500596924</v>
+        <v>24.738181874768202</v>
       </c>
       <c r="BJ33" s="12">
-        <v>23.641427157242141</v>
+        <v>23.713857936859981</v>
+      </c>
+      <c r="BK33" s="12">
+        <v>23.33348927268872</v>
       </c>
     </row>
-    <row r="34" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A34" s="22" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B34" s="25" t="s">
         <v>15</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D34" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E34" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F34" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G34" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H34" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I34" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J34" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K34" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L34" s="12">
-        <v>9.0825189877617962</v>
+        <v>9.0825190163235519</v>
       </c>
       <c r="M34" s="12">
-        <v>9.1795760132863862</v>
+        <v>9.1795759025239061</v>
       </c>
       <c r="N34" s="12">
-        <v>9.0089772864227555</v>
+        <v>9.0089774336133939</v>
       </c>
       <c r="O34" s="12">
-        <v>9.1893269854629818</v>
+        <v>9.1893270881974409</v>
       </c>
       <c r="P34" s="12">
-        <v>9.2205583290141533</v>
+        <v>9.2205582590354283</v>
       </c>
       <c r="Q34" s="12">
-        <v>8.9000916010675066</v>
+        <v>8.900091704226508</v>
       </c>
       <c r="R34" s="12">
-        <v>8.5846770930342746</v>
+        <v>8.5846772533070652</v>
       </c>
       <c r="S34" s="12">
-        <v>9.1254673929801591</v>
+        <v>9.1254675250984132</v>
       </c>
       <c r="T34" s="12">
-        <v>8.6398873931343729</v>
+        <v>8.6398872541972853</v>
       </c>
       <c r="U34" s="12">
-        <v>8.5516194570239694</v>
+        <v>8.5516195777768544</v>
       </c>
       <c r="V34" s="12">
-        <v>8.616938111471887</v>
+        <v>8.6169379820648508</v>
       </c>
       <c r="W34" s="12">
-        <v>8.6942662601450493</v>
+        <v>8.6942662841634721</v>
       </c>
       <c r="X34" s="12">
-        <v>8.8582498359601498</v>
+        <v>8.8582497854848778</v>
       </c>
       <c r="Y34" s="12">
-        <v>8.7772033678825547</v>
+        <v>8.7772032748622308</v>
       </c>
       <c r="Z34" s="12">
-        <v>8.5980446844788734</v>
+        <v>8.5980447323463753</v>
       </c>
       <c r="AA34" s="12">
-        <v>8.7087308796231895</v>
+        <v>8.7087307833197762</v>
       </c>
       <c r="AB34" s="12">
-        <v>8.6675534365667559</v>
+        <v>8.6675535226818212</v>
       </c>
       <c r="AC34" s="12">
-        <v>8.4530525880271128</v>
+        <v>8.4530525760749118</v>
       </c>
       <c r="AD34" s="12">
-        <v>7.8371531854699725</v>
+        <v>7.8371531056898966</v>
       </c>
       <c r="AE34" s="12">
-        <v>7.8393618022231673</v>
+        <v>7.8393617764205805</v>
       </c>
       <c r="AF34" s="12">
-        <v>7.9398800113931882</v>
+        <v>7.9398800195857069</v>
       </c>
       <c r="AG34" s="12">
-        <v>7.6549399763983974</v>
+        <v>7.6549400221060573</v>
       </c>
       <c r="AH34" s="12">
-        <v>7.3646519004510083</v>
+        <v>7.3646519100628458</v>
       </c>
       <c r="AI34" s="12">
-        <v>7.3370323866612921</v>
+        <v>7.3370323894313874</v>
       </c>
       <c r="AJ34" s="12">
-        <v>7.3962581224229105</v>
+        <v>7.3962581606744084</v>
       </c>
       <c r="AK34" s="12">
-        <v>7.8816490246624875</v>
+        <v>7.8816490082210535</v>
       </c>
       <c r="AL34" s="12">
-        <v>7.9143656792468695</v>
+        <v>7.9143656383679009</v>
       </c>
       <c r="AM34" s="12">
         <v>7.4261306702996563</v>
       </c>
       <c r="AN34" s="12">
         <v>7.2945011400267319</v>
       </c>
       <c r="AO34" s="12">
         <v>6.9581861168008503</v>
       </c>
       <c r="AP34" s="12">
         <v>6.7786309213951066</v>
       </c>
       <c r="AQ34" s="12">
         <v>7.1225910201322353</v>
       </c>
       <c r="AR34" s="12">
         <v>7.4828344692937527</v>
       </c>
       <c r="AS34" s="12">
         <v>7.995646877980418</v>
       </c>
       <c r="AT34" s="12">
         <v>8.0842178878955284</v>
       </c>
@@ -30848,158 +31321,161 @@
       <c r="AZ34" s="12">
         <v>7.8976214326919179</v>
       </c>
       <c r="BA34" s="12">
         <v>7.8581399002645504</v>
       </c>
       <c r="BB34" s="12">
         <v>7.9780674788021519</v>
       </c>
       <c r="BC34" s="12">
         <v>8.1682311414122832</v>
       </c>
       <c r="BD34" s="12">
         <v>8.2617748722751969</v>
       </c>
       <c r="BE34" s="12">
         <v>8.322821370416305</v>
       </c>
       <c r="BF34" s="12">
         <v>8.3039400750818118</v>
       </c>
       <c r="BG34" s="12">
         <v>8.0829240817778487</v>
       </c>
       <c r="BH34" s="12">
-        <v>8.7002203511024856</v>
+        <v>8.681073465774638</v>
       </c>
       <c r="BI34" s="12">
-        <v>8.8564745989870168</v>
+        <v>8.8760105090346055</v>
       </c>
       <c r="BJ34" s="12">
-        <v>8.9282424685921757</v>
+        <v>8.9001399355101931</v>
+      </c>
+      <c r="BK34" s="12">
+        <v>8.7418792555495664</v>
       </c>
     </row>
-    <row r="35" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A35" s="22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B35" s="25" t="s">
         <v>16</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D35" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E35" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F35" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G35" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H35" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I35" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J35" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K35" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L35" s="12" t="s">
         <v>3</v>
       </c>
       <c r="M35" s="12" t="s">
         <v>3</v>
       </c>
       <c r="N35" s="12">
-        <v>96.559645092849394</v>
+        <v>96.559580951622209</v>
       </c>
       <c r="O35" s="12">
-        <v>96.823859533824333</v>
+        <v>96.823762189525297</v>
       </c>
       <c r="P35" s="12">
-        <v>97.124485540551035</v>
+        <v>97.124487733503614</v>
       </c>
       <c r="Q35" s="12">
-        <v>97.013859421598127</v>
+        <v>97.013808348954839</v>
       </c>
       <c r="R35" s="12">
-        <v>97.658966990438373</v>
+        <v>97.65888829254159</v>
       </c>
       <c r="S35" s="12">
-        <v>97.782667165330025</v>
+        <v>97.782681051108142</v>
       </c>
       <c r="T35" s="12">
-        <v>96.536182577678204</v>
+        <v>96.536154564570666</v>
       </c>
       <c r="U35" s="12">
-        <v>96.661903600181958</v>
+        <v>96.661893947461024</v>
       </c>
       <c r="V35" s="12">
-        <v>97.309426916265679</v>
+        <v>97.309434012745129</v>
       </c>
       <c r="W35" s="12">
-        <v>97.75512262232273</v>
+        <v>97.755105233369093</v>
       </c>
       <c r="X35" s="12">
-        <v>97.808904347354485</v>
+        <v>97.808896107033974</v>
       </c>
       <c r="Y35" s="12">
-        <v>98.046755192399999</v>
+        <v>98.046757760579681</v>
       </c>
       <c r="Z35" s="12">
-        <v>98.278761936488607</v>
+        <v>98.27875492418238</v>
       </c>
       <c r="AA35" s="12">
-        <v>97.962784998255927</v>
+        <v>97.962777687369979</v>
       </c>
       <c r="AB35" s="12">
-        <v>97.504229845982238</v>
+        <v>97.504226351060623</v>
       </c>
       <c r="AC35" s="12">
-        <v>97.89003359855198</v>
+        <v>97.89003314445533</v>
       </c>
       <c r="AD35" s="12">
-        <v>98.038985097574567</v>
+        <v>98.038982034682064</v>
       </c>
       <c r="AE35" s="12">
-        <v>97.912309536084933</v>
+        <v>97.912306793747689</v>
       </c>
       <c r="AF35" s="12">
-        <v>97.922122440576658</v>
+        <v>97.922123871784891</v>
       </c>
       <c r="AG35" s="12">
-        <v>97.974609840695663</v>
+        <v>97.974607893961817</v>
       </c>
       <c r="AH35" s="12">
         <v>97.396485635128442</v>
       </c>
       <c r="AI35" s="12">
         <v>97.322555339540912</v>
       </c>
       <c r="AJ35" s="12">
         <v>97.396048363314662</v>
       </c>
       <c r="AK35" s="12">
         <v>97.565217391304344</v>
       </c>
       <c r="AL35" s="12">
         <v>97.523961661341843</v>
       </c>
       <c r="AM35" s="12">
         <v>97.483637287920189</v>
       </c>
       <c r="AN35" s="12">
         <v>97.477677652964644</v>
       </c>
       <c r="AO35" s="12">
         <v>97.615488252773019</v>
       </c>
@@ -31039,155 +31515,158 @@
       <c r="BA35" s="12">
         <v>97.342478815188485</v>
       </c>
       <c r="BB35" s="12">
         <v>97.206961112304697</v>
       </c>
       <c r="BC35" s="12">
         <v>97.154424015667473</v>
       </c>
       <c r="BD35" s="12">
         <v>97.075524057550268</v>
       </c>
       <c r="BE35" s="12">
         <v>97.190894910481347</v>
       </c>
       <c r="BF35" s="12">
         <v>97.065200878368117</v>
       </c>
       <c r="BG35" s="12">
         <v>96.973740720289598</v>
       </c>
       <c r="BH35" s="12">
         <v>97.18331177587585</v>
       </c>
       <c r="BI35" s="12">
-        <v>97.050015853816078</v>
+        <v>97.054267204957284</v>
       </c>
       <c r="BJ35" s="12">
-        <v>97.231699663376503</v>
+        <v>97.227704699211657</v>
+      </c>
+      <c r="BK35" s="12">
+        <v>97.480394850874049</v>
       </c>
     </row>
-    <row r="36" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A36" s="22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B36" s="25" t="s">
         <v>16</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D36" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E36" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F36" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G36" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H36" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I36" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J36" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K36" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L36" s="12" t="s">
         <v>3</v>
       </c>
       <c r="M36" s="12" t="s">
         <v>3</v>
       </c>
       <c r="N36" s="12">
-        <v>3.4403549071526034</v>
+        <v>3.4404190483777812</v>
       </c>
       <c r="O36" s="12">
-        <v>3.1761404661741799</v>
+        <v>3.1760904827781289</v>
       </c>
       <c r="P36" s="12">
-        <v>2.8755144594489579</v>
+        <v>2.8755122664963757</v>
       </c>
       <c r="Q36" s="12">
-        <v>2.9861405784018888</v>
+        <v>2.9860898270723473</v>
       </c>
       <c r="R36" s="12">
-        <v>2.3410330095647947</v>
+        <v>2.3410325463132273</v>
       </c>
       <c r="S36" s="12">
-        <v>2.217332834668607</v>
+        <v>2.2173189488918488</v>
       </c>
       <c r="T36" s="12">
-        <v>2.1270385218581258</v>
+        <v>2.1270498113572276</v>
       </c>
       <c r="U36" s="12">
-        <v>1.8923314629584271</v>
+        <v>1.8923165290600803</v>
       </c>
       <c r="V36" s="12">
-        <v>1.4760377268156135</v>
+        <v>1.4760231880312848</v>
       </c>
       <c r="W36" s="12">
-        <v>1.3564995928394477</v>
+        <v>1.3564973517591636</v>
       </c>
       <c r="X36" s="12">
-        <v>1.3452030012880154</v>
+        <v>1.3451942491086453</v>
       </c>
       <c r="Y36" s="12">
-        <v>1.0816353012416955</v>
+        <v>1.0816341433349055</v>
       </c>
       <c r="Z36" s="12">
-        <v>0.8743599538510578</v>
+        <v>0.87435509919949406</v>
       </c>
       <c r="AA36" s="12">
-        <v>1.0406314468365236</v>
+        <v>1.0406328077898364</v>
       </c>
       <c r="AB36" s="12">
-        <v>1.4082649715868849</v>
+        <v>1.4082600255631426</v>
       </c>
       <c r="AC36" s="12">
-        <v>1.1453975410522663</v>
+        <v>1.1453936424921298</v>
       </c>
       <c r="AD36" s="12">
-        <v>0.95625498124689257</v>
+        <v>0.95625822184802689</v>
       </c>
       <c r="AE36" s="12">
-        <v>1.199509697538566</v>
+        <v>1.1995096688498414</v>
       </c>
       <c r="AF36" s="12">
-        <v>1.2607731810763305</v>
+        <v>1.2607753640217478</v>
       </c>
       <c r="AG36" s="12">
-        <v>1.4024921190916269</v>
+        <v>1.4024914857724837</v>
       </c>
       <c r="AH36" s="12">
         <v>2.0342327982086608</v>
       </c>
       <c r="AI36" s="12">
         <v>2.1692417886012483</v>
       </c>
       <c r="AJ36" s="12">
         <v>2.1173695075199053</v>
       </c>
       <c r="AK36" s="12">
         <v>1.9701492537313434</v>
       </c>
       <c r="AL36" s="12">
         <v>2.0085510242435634</v>
       </c>
       <c r="AM36" s="12">
         <v>2.0482514668191736</v>
       </c>
       <c r="AN36" s="12">
         <v>2.106735793934905</v>
       </c>
       <c r="AO36" s="12">
         <v>2.0209290736947012</v>
       </c>
@@ -31227,59 +31706,62 @@
       <c r="BA36" s="12">
         <v>2.4053027390308048</v>
       </c>
       <c r="BB36" s="12">
         <v>2.3710137810380281</v>
       </c>
       <c r="BC36" s="12">
         <v>2.4115050714682411</v>
       </c>
       <c r="BD36" s="12">
         <v>2.4164282969730606</v>
       </c>
       <c r="BE36" s="12">
         <v>2.3577157213257318</v>
       </c>
       <c r="BF36" s="12">
         <v>2.405844738768351</v>
       </c>
       <c r="BG36" s="12">
         <v>2.5016872200748512</v>
       </c>
       <c r="BH36" s="12">
         <v>2.3006852519470513</v>
       </c>
       <c r="BI36" s="12">
-        <v>2.3040879358331474</v>
+        <v>2.3002534973241948</v>
       </c>
       <c r="BJ36" s="12">
-        <v>2.2376904204940948</v>
+        <v>2.2417943481683458</v>
+      </c>
+      <c r="BK36" s="12">
+        <v>2.1412416242152652</v>
       </c>
     </row>
-    <row r="37" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A37" s="22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B37" s="25" t="s">
         <v>17</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D37" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E37" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F37" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G37" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H37" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I37" s="12" t="s">
         <v>3</v>
       </c>
@@ -31322,152 +31804,155 @@
       <c r="V37" s="12" t="s">
         <v>3</v>
       </c>
       <c r="W37" s="12" t="s">
         <v>3</v>
       </c>
       <c r="X37" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Y37" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Z37" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA37" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB37" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC37" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AD37" s="12">
-        <v>98.407713879940076</v>
+        <v>98.407713879551281</v>
       </c>
       <c r="AE37" s="12">
-        <v>97.919217686830009</v>
+        <v>97.919217686695063</v>
       </c>
       <c r="AF37" s="12">
         <v>97.616636965825961</v>
       </c>
       <c r="AG37" s="12">
         <v>97.716919596323635</v>
       </c>
       <c r="AH37" s="12">
         <v>97.45431232784523</v>
       </c>
       <c r="AI37" s="12">
         <v>96.305019479114719</v>
       </c>
       <c r="AJ37" s="12">
         <v>95.894989918178268</v>
       </c>
       <c r="AK37" s="12">
         <v>95.509663842750697</v>
       </c>
       <c r="AL37" s="12">
         <v>94.694065017426595</v>
       </c>
       <c r="AM37" s="12">
         <v>94.816865399626522</v>
       </c>
       <c r="AN37" s="12">
         <v>94.497973944427216</v>
       </c>
       <c r="AO37" s="12">
         <v>94.568198090259145</v>
       </c>
       <c r="AP37" s="12">
         <v>94.253329360123246</v>
       </c>
       <c r="AQ37" s="12">
-        <v>93.701155047491326</v>
+        <v>93.701155047476789</v>
       </c>
       <c r="AR37" s="12">
         <v>93.405824277145612</v>
       </c>
       <c r="AS37" s="12">
         <v>93.23863243908454</v>
       </c>
       <c r="AT37" s="12">
         <v>93.372918418333015</v>
       </c>
       <c r="AU37" s="12">
         <v>93.177675119385967</v>
       </c>
       <c r="AV37" s="12">
         <v>92.983761163913883</v>
       </c>
       <c r="AW37" s="12">
         <v>93.303260612583642</v>
       </c>
       <c r="AX37" s="12">
         <v>93.243774795640235</v>
       </c>
       <c r="AY37" s="12">
         <v>93.639631387718083</v>
       </c>
       <c r="AZ37" s="12">
         <v>93.982717999773925</v>
       </c>
       <c r="BA37" s="12">
         <v>94.189427726539577</v>
       </c>
       <c r="BB37" s="12">
-        <v>94.006185971767536</v>
+        <v>94.006657207086789</v>
       </c>
       <c r="BC37" s="12">
-        <v>93.999361695188156</v>
+        <v>93.999863039806058</v>
       </c>
       <c r="BD37" s="12">
-        <v>93.991126916601843</v>
+        <v>93.991839670371633</v>
       </c>
       <c r="BE37" s="12">
-        <v>93.814791200132902</v>
+        <v>93.815609108158554</v>
       </c>
       <c r="BF37" s="12">
         <v>93.815411461818456</v>
       </c>
       <c r="BG37" s="12">
         <v>94.435004598170906</v>
       </c>
       <c r="BH37" s="12">
         <v>94.542437344135621</v>
       </c>
       <c r="BI37" s="12">
-        <v>94.834617141004401</v>
+        <v>94.834548521011328</v>
       </c>
       <c r="BJ37" s="12">
-        <v>93.763529860702889</v>
+        <v>93.937297443712495</v>
+      </c>
+      <c r="BK37" s="12">
+        <v>93.945375064621032</v>
       </c>
     </row>
-    <row r="38" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A38" s="22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B38" s="25" t="s">
         <v>17</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D38" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E38" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F38" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G38" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H38" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I38" s="12" t="s">
         <v>3</v>
       </c>
@@ -31510,152 +31995,155 @@
       <c r="V38" s="12" t="s">
         <v>3</v>
       </c>
       <c r="W38" s="12" t="s">
         <v>3</v>
       </c>
       <c r="X38" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Y38" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Z38" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA38" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB38" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC38" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AD38" s="12">
-        <v>1.5922861200599068</v>
+        <v>1.5922861204487173</v>
       </c>
       <c r="AE38" s="12">
-        <v>2.0807823131699918</v>
+        <v>2.0807823133049395</v>
       </c>
       <c r="AF38" s="12">
         <v>2.3833630341740517</v>
       </c>
       <c r="AG38" s="12">
         <v>2.2830804036763586</v>
       </c>
       <c r="AH38" s="12">
         <v>2.5456876721547768</v>
       </c>
       <c r="AI38" s="12">
         <v>3.6949805208852964</v>
       </c>
       <c r="AJ38" s="12">
         <v>4.1050100818217485</v>
       </c>
       <c r="AK38" s="12">
         <v>4.4903361572492893</v>
       </c>
       <c r="AL38" s="12">
         <v>5.3059349825734134</v>
       </c>
       <c r="AM38" s="12">
         <v>5.1831346003735002</v>
       </c>
       <c r="AN38" s="12">
         <v>5.5020260555727774</v>
       </c>
       <c r="AO38" s="12">
         <v>5.4318019097408428</v>
       </c>
       <c r="AP38" s="12">
         <v>5.7466706398767506</v>
       </c>
       <c r="AQ38" s="12">
-        <v>6.1261111178838954</v>
+        <v>6.1261111178980459</v>
       </c>
       <c r="AR38" s="12">
         <v>6.2459814068912092</v>
       </c>
       <c r="AS38" s="12">
         <v>6.4481720933478854</v>
       </c>
       <c r="AT38" s="12">
         <v>6.1949586626545283</v>
       </c>
       <c r="AU38" s="12">
         <v>6.398506807610568</v>
       </c>
       <c r="AV38" s="12">
         <v>6.6920588405075616</v>
       </c>
       <c r="AW38" s="12">
         <v>6.4432836146780668</v>
       </c>
       <c r="AX38" s="12">
         <v>6.4816035990401257</v>
       </c>
       <c r="AY38" s="12">
         <v>6.1120514244417157</v>
       </c>
       <c r="AZ38" s="12">
         <v>5.7840203331361915</v>
       </c>
       <c r="BA38" s="12">
         <v>5.5501582969250141</v>
       </c>
       <c r="BB38" s="12">
-        <v>5.6999818486049385</v>
+        <v>5.6995337144530769</v>
       </c>
       <c r="BC38" s="12">
-        <v>5.7000364998284665</v>
+        <v>5.699560270054941</v>
       </c>
       <c r="BD38" s="12">
-        <v>5.6974365413624444</v>
+        <v>5.6967607292231799</v>
       </c>
       <c r="BE38" s="12">
-        <v>5.7878152052358809</v>
+        <v>5.7870498469980989</v>
       </c>
       <c r="BF38" s="12">
         <v>5.8132146477534823</v>
       </c>
       <c r="BG38" s="12">
         <v>5.2006091227839484</v>
       </c>
       <c r="BH38" s="12">
         <v>5.0670587204974851</v>
       </c>
       <c r="BI38" s="12">
-        <v>4.7130657285772823</v>
+        <v>4.7131283397227737</v>
       </c>
       <c r="BJ38" s="12">
-        <v>5.8233199103386388</v>
+        <v>5.6610639861845131</v>
+      </c>
+      <c r="BK38" s="12">
+        <v>5.7227217079642587</v>
       </c>
     </row>
-    <row r="39" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A39" s="22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B39" s="25" t="s">
         <v>18</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D39" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E39" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F39" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G39" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H39" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I39" s="12" t="s">
         <v>3</v>
       </c>
@@ -31719,131 +32207,134 @@
       <c r="AC39" s="12">
         <v>79.737583962690977</v>
       </c>
       <c r="AD39" s="12">
         <v>79.083937889779804</v>
       </c>
       <c r="AE39" s="12">
         <v>78.812396828718249</v>
       </c>
       <c r="AF39" s="12">
         <v>79.224807406773991</v>
       </c>
       <c r="AG39" s="12">
         <v>79.88465649308236</v>
       </c>
       <c r="AH39" s="12">
         <v>79.215486860040542</v>
       </c>
       <c r="AI39" s="12">
         <v>79.839836407051763</v>
       </c>
       <c r="AJ39" s="12">
         <v>76.13629661086928</v>
       </c>
       <c r="AK39" s="12">
-        <v>76.718935573376996</v>
+        <v>76.666138239267099</v>
       </c>
       <c r="AL39" s="12">
-        <v>77.524656072973514</v>
+        <v>77.478266521562347</v>
       </c>
       <c r="AM39" s="12">
-        <v>76.649059863661179</v>
+        <v>76.607008117902893</v>
       </c>
       <c r="AN39" s="12">
-        <v>75.090829570878455</v>
+        <v>75.014114440282825</v>
       </c>
       <c r="AO39" s="12">
-        <v>75.281702241285103</v>
+        <v>75.208828006798939</v>
       </c>
       <c r="AP39" s="12">
-        <v>75.801358369132643</v>
+        <v>75.681642355311027</v>
       </c>
       <c r="AQ39" s="12">
-        <v>76.473827805107092</v>
+        <v>76.337658717137145</v>
       </c>
       <c r="AR39" s="12">
-        <v>77.142225581583062</v>
+        <v>77.000419195218029</v>
       </c>
       <c r="AS39" s="12">
-        <v>75.80858053283815</v>
+        <v>75.623585569316347</v>
       </c>
       <c r="AT39" s="12">
-        <v>75.009258901691126</v>
+        <v>74.783684268469969</v>
       </c>
       <c r="AU39" s="12">
-        <v>74.18122468300642</v>
+        <v>73.868515434445442</v>
       </c>
       <c r="AV39" s="12">
-        <v>72.759552597888899</v>
+        <v>72.510551356389968</v>
       </c>
       <c r="AW39" s="12">
-        <v>74.522393695456827</v>
+        <v>74.378456889908477</v>
       </c>
       <c r="AX39" s="12">
-        <v>73.40339495737453</v>
+        <v>73.246177178389189</v>
       </c>
       <c r="AY39" s="12">
-        <v>73.693527302658225</v>
+        <v>73.50496591151969</v>
       </c>
       <c r="AZ39" s="12">
-        <v>73.441564911242381</v>
+        <v>73.006814571260207</v>
       </c>
       <c r="BA39" s="12">
-        <v>75.481171576254624</v>
+        <v>75.126201913289066</v>
       </c>
       <c r="BB39" s="12">
-        <v>74.387213644868282</v>
+        <v>73.998532659552879</v>
       </c>
       <c r="BC39" s="12">
-        <v>81.556524930090617</v>
+        <v>81.143932580748483</v>
       </c>
       <c r="BD39" s="12">
-        <v>73.56944760088308</v>
+        <v>72.927347711396834</v>
       </c>
       <c r="BE39" s="12">
-        <v>72.503191567318098</v>
+        <v>72.127650657953097</v>
       </c>
       <c r="BF39" s="12">
-        <v>71.668920865692698</v>
+        <v>71.564490459301354</v>
       </c>
       <c r="BG39" s="12">
-        <v>70.167999256310281</v>
+        <v>69.993587721290282</v>
       </c>
       <c r="BH39" s="12">
-        <v>70.080927698390852</v>
+        <v>69.591937635635787</v>
       </c>
       <c r="BI39" s="12">
-        <v>72.508771145636061</v>
+        <v>71.76919364195858</v>
       </c>
       <c r="BJ39" s="12">
-        <v>72.338446170955365</v>
+        <v>72.101006267243505</v>
+      </c>
+      <c r="BK39" s="12">
+        <v>72.323339469084146</v>
       </c>
     </row>
-    <row r="40" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A40" s="22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B40" s="25" t="s">
         <v>18</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D40" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E40" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F40" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G40" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H40" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I40" s="12" t="s">
         <v>3</v>
       </c>
@@ -31907,507 +32398,516 @@
       <c r="AC40" s="12">
         <v>20.262416037309016</v>
       </c>
       <c r="AD40" s="12">
         <v>20.916062110220185</v>
       </c>
       <c r="AE40" s="12">
         <v>21.187603171281769</v>
       </c>
       <c r="AF40" s="12">
         <v>20.775192593226002</v>
       </c>
       <c r="AG40" s="12">
         <v>20.11534350691764</v>
       </c>
       <c r="AH40" s="12">
         <v>20.784513139959458</v>
       </c>
       <c r="AI40" s="12">
         <v>20.16016359294823</v>
       </c>
       <c r="AJ40" s="12">
         <v>23.863703389130716</v>
       </c>
       <c r="AK40" s="12">
-        <v>23.281064426622986</v>
+        <v>23.333861760732901</v>
       </c>
       <c r="AL40" s="12">
-        <v>22.47534392702649</v>
+        <v>22.52173347843765</v>
       </c>
       <c r="AM40" s="12">
-        <v>23.350940136338817</v>
+        <v>23.392991882097114</v>
       </c>
       <c r="AN40" s="12">
-        <v>24.909170429121154</v>
+        <v>24.985885194174116</v>
       </c>
       <c r="AO40" s="12">
-        <v>24.718297758715945</v>
+        <v>24.791171993201072</v>
       </c>
       <c r="AP40" s="12">
-        <v>24.19864163086735</v>
+        <v>24.318357644688977</v>
       </c>
       <c r="AQ40" s="12">
-        <v>23.526172194892901</v>
+        <v>23.66234128286283</v>
       </c>
       <c r="AR40" s="12">
-        <v>22.857774418416934</v>
+        <v>22.999580565606756</v>
       </c>
       <c r="AS40" s="12">
-        <v>24.191419467161861</v>
+        <v>24.3764146361301</v>
       </c>
       <c r="AT40" s="12">
-        <v>24.990741098308877</v>
+        <v>25.21631573153002</v>
       </c>
       <c r="AU40" s="12">
-        <v>25.818775316993591</v>
+        <v>26.131484565554569</v>
       </c>
       <c r="AV40" s="12">
-        <v>27.240447402111112</v>
+        <v>27.489448643610025</v>
       </c>
       <c r="AW40" s="12">
-        <v>25.477606304543166</v>
+        <v>25.621543110091515</v>
       </c>
       <c r="AX40" s="12">
-        <v>26.596605042625477</v>
+        <v>26.75382282161079</v>
       </c>
       <c r="AY40" s="12">
-        <v>26.306472697341764</v>
+        <v>26.495034088480296</v>
       </c>
       <c r="AZ40" s="12">
-        <v>26.558435088757626</v>
+        <v>26.993185428739796</v>
       </c>
       <c r="BA40" s="12">
-        <v>24.518828423745372</v>
+        <v>24.873798086710934</v>
       </c>
       <c r="BB40" s="12">
-        <v>25.612786355131732</v>
+        <v>26.001467217938217</v>
       </c>
       <c r="BC40" s="12">
-        <v>18.443475069908573</v>
+        <v>18.856067340488217</v>
       </c>
       <c r="BD40" s="12">
-        <v>26.43055239911692</v>
+        <v>27.072652288603177</v>
       </c>
       <c r="BE40" s="12">
-        <v>27.496808432684816</v>
+        <v>27.872349342046903</v>
       </c>
       <c r="BF40" s="12">
-        <v>28.331079134308247</v>
+        <v>28.43550954069865</v>
       </c>
       <c r="BG40" s="12">
-        <v>29.832000743686887</v>
+        <v>30.006412278709721</v>
       </c>
       <c r="BH40" s="12">
-        <v>29.919072301610033</v>
+        <v>30.408062364364202</v>
       </c>
       <c r="BI40" s="12">
-        <v>27.491228854363932</v>
+        <v>28.23080635804142</v>
       </c>
       <c r="BJ40" s="12">
-        <v>27.661553829045292</v>
+        <v>27.898993732756495</v>
+      </c>
+      <c r="BK40" s="12">
+        <v>27.676660589772229</v>
       </c>
     </row>
-    <row r="41" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A41" s="22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B41" s="25" t="s">
         <v>19</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D41" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E41" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F41" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G41" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H41" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I41" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J41" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K41" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L41" s="12">
-        <v>90.556940980882743</v>
+        <v>90.556990627040008</v>
       </c>
       <c r="M41" s="12">
-        <v>90.775235617043805</v>
+        <v>90.775226216638146</v>
       </c>
       <c r="N41" s="12">
-        <v>90.438127090299091</v>
+        <v>90.438079108024667</v>
       </c>
       <c r="O41" s="12">
-        <v>89.753030265780126</v>
+        <v>89.753030600814625</v>
       </c>
       <c r="P41" s="12">
-        <v>90.005476162892833</v>
+        <v>90.005515445320384</v>
       </c>
       <c r="Q41" s="12">
-        <v>92.946747450475016</v>
+        <v>92.94674455608758</v>
       </c>
       <c r="R41" s="12">
-        <v>93.945954712235931</v>
+        <v>93.94596303338875</v>
       </c>
       <c r="S41" s="12">
-        <v>94.710218375691284</v>
+        <v>94.710212103095998</v>
       </c>
       <c r="T41" s="12">
-        <v>95.283407840912886</v>
+        <v>95.283409127943457</v>
       </c>
       <c r="U41" s="12">
-        <v>96.11589313116778</v>
+        <v>96.115892383357263</v>
       </c>
       <c r="V41" s="12">
-        <v>96.103206082075971</v>
+        <v>96.103211301878602</v>
       </c>
       <c r="W41" s="12">
-        <v>95.692403885934965</v>
+        <v>95.692403502483842</v>
       </c>
       <c r="X41" s="12">
-        <v>95.689555734985305</v>
+        <v>95.689558485555352</v>
       </c>
       <c r="Y41" s="12">
-        <v>95.977902813300446</v>
+        <v>95.977899113813905</v>
       </c>
       <c r="Z41" s="12">
-        <v>95.53730144531643</v>
+        <v>95.53729430486473</v>
       </c>
       <c r="AA41" s="12">
-        <v>95.840895170897866</v>
+        <v>95.840895915200107</v>
       </c>
       <c r="AB41" s="12">
-        <v>95.526156758366739</v>
+        <v>95.526153474662792</v>
       </c>
       <c r="AC41" s="12">
-        <v>95.645344738154364</v>
+        <v>95.645344961342431</v>
       </c>
       <c r="AD41" s="12">
-        <v>95.696957447928327</v>
+        <v>95.696965057053177</v>
       </c>
       <c r="AE41" s="12">
-        <v>95.894386342631876</v>
+        <v>95.894380920825569</v>
       </c>
       <c r="AF41" s="12">
-        <v>95.810929713741288</v>
+        <v>95.81093496256743</v>
       </c>
       <c r="AG41" s="12">
-        <v>95.89615897369093</v>
+        <v>95.896165261010694</v>
       </c>
       <c r="AH41" s="12">
-        <v>95.793748188058075</v>
+        <v>95.793747023716307</v>
       </c>
       <c r="AI41" s="12">
-        <v>95.061008687503929</v>
+        <v>95.061009987662501</v>
       </c>
       <c r="AJ41" s="12">
-        <v>96.474548704657863</v>
+        <v>96.474550801893315</v>
       </c>
       <c r="AK41" s="12">
-        <v>96.911610062823769</v>
+        <v>96.911610037033228</v>
       </c>
       <c r="AL41" s="12">
         <v>97.231935495708981</v>
       </c>
       <c r="AM41" s="12">
-        <v>97.402634019624969</v>
+        <v>97.405975300733246</v>
       </c>
       <c r="AN41" s="12">
-        <v>97.410418599067</v>
+        <v>97.410417877251334</v>
       </c>
       <c r="AO41" s="12">
-        <v>97.425994688847652</v>
+        <v>97.425994689418062</v>
       </c>
       <c r="AP41" s="12">
-        <v>97.404291280749618</v>
+        <v>97.404290499616238</v>
       </c>
       <c r="AQ41" s="12">
-        <v>97.485731639305982</v>
+        <v>97.485731885533255</v>
       </c>
       <c r="AR41" s="12">
-        <v>97.388274817675679</v>
+        <v>97.388274462114339</v>
       </c>
       <c r="AS41" s="12">
-        <v>97.580014504174457</v>
+        <v>97.580014358126363</v>
       </c>
       <c r="AT41" s="12">
-        <v>97.343608845450831</v>
+        <v>97.343609178610606</v>
       </c>
       <c r="AU41" s="12">
-        <v>96.989418369051904</v>
+        <v>96.989419275013105</v>
       </c>
       <c r="AV41" s="12">
-        <v>96.369514014105036</v>
+        <v>96.369512923545145</v>
       </c>
       <c r="AW41" s="12">
-        <v>96.238539583071486</v>
+        <v>96.238539479295397</v>
       </c>
       <c r="AX41" s="12">
-        <v>96.317302360491453</v>
+        <v>96.31730180145378</v>
       </c>
       <c r="AY41" s="12">
-        <v>96.151855637380635</v>
+        <v>96.151857704277404</v>
       </c>
       <c r="AZ41" s="12">
-        <v>96.401436078345824</v>
+        <v>96.401436245487687</v>
       </c>
       <c r="BA41" s="12">
-        <v>96.738383199475336</v>
+        <v>96.738382904248027</v>
       </c>
       <c r="BB41" s="12">
-        <v>96.984697927655517</v>
+        <v>96.984698288050282</v>
       </c>
       <c r="BC41" s="12">
-        <v>96.945707835144745</v>
+        <v>96.945707488611859</v>
       </c>
       <c r="BD41" s="12">
-        <v>97.151864485769806</v>
+        <v>97.151864184787286</v>
       </c>
       <c r="BE41" s="12">
-        <v>97.287088948775576</v>
+        <v>97.287089292587751</v>
       </c>
       <c r="BF41" s="12">
-        <v>97.437882483861571</v>
+        <v>97.437882241331494</v>
       </c>
       <c r="BG41" s="12">
-        <v>98.344077661686896</v>
+        <v>98.344076617106609</v>
       </c>
       <c r="BH41" s="12">
-        <v>97.846221813066492</v>
+        <v>97.846748234610999</v>
       </c>
       <c r="BI41" s="12">
-        <v>97.610786439582071</v>
+        <v>97.610775010152167</v>
       </c>
       <c r="BJ41" s="12">
-        <v>97.612517949636299</v>
+        <v>97.613052425286639</v>
+      </c>
+      <c r="BK41" s="12">
+        <v>97.983196224476714</v>
       </c>
     </row>
-    <row r="42" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A42" s="22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B42" s="25" t="s">
         <v>19</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D42" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E42" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F42" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G42" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H42" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I42" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J42" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K42" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L42" s="12">
-        <v>8.7222420140123837</v>
+        <v>8.7222210791529733</v>
       </c>
       <c r="M42" s="12">
-        <v>8.4092279376762704</v>
+        <v>8.4092109450365626</v>
       </c>
       <c r="N42" s="12">
-        <v>7.2566889632107943</v>
+        <v>7.2567161879274877</v>
       </c>
       <c r="O42" s="12">
-        <v>6.9228972537064646</v>
+        <v>6.9229175481008962</v>
       </c>
       <c r="P42" s="12">
-        <v>6.0706425013426877</v>
+        <v>6.0706391696144575</v>
       </c>
       <c r="Q42" s="12">
-        <v>4.0773609787920266</v>
+        <v>4.0773670369555859</v>
       </c>
       <c r="R42" s="12">
-        <v>3.9007480386789668</v>
+        <v>3.9007645897095711</v>
       </c>
       <c r="S42" s="12">
-        <v>3.431124890561156</v>
+        <v>3.4311209264197027</v>
       </c>
       <c r="T42" s="12">
-        <v>2.7432449654284321</v>
+        <v>2.743247955828418</v>
       </c>
       <c r="U42" s="12">
-        <v>2.1109541569698709</v>
+        <v>2.1109541512763768</v>
       </c>
       <c r="V42" s="12">
-        <v>2.055719422365033</v>
+        <v>2.0557236599371467</v>
       </c>
       <c r="W42" s="12">
-        <v>2.1260347096279832</v>
+        <v>2.1260285624759145</v>
       </c>
       <c r="X42" s="12">
-        <v>2.2661331109198888</v>
+        <v>2.2661371501259522</v>
       </c>
       <c r="Y42" s="12">
-        <v>2.2732821824382299</v>
+        <v>2.2732871066597755</v>
       </c>
       <c r="Z42" s="12">
-        <v>2.3337431626388603</v>
+        <v>2.3337438700538859</v>
       </c>
       <c r="AA42" s="12">
-        <v>2.1962288372135372</v>
+        <v>2.1962325126140927</v>
       </c>
       <c r="AB42" s="12">
-        <v>2.560576235186478</v>
+        <v>2.5605794560469222</v>
       </c>
       <c r="AC42" s="12">
-        <v>2.846696895748638</v>
+        <v>2.8466968895064797</v>
       </c>
       <c r="AD42" s="12">
-        <v>2.8197675610538679</v>
+        <v>2.8197676372409877</v>
       </c>
       <c r="AE42" s="12">
-        <v>2.7922821277000374</v>
+        <v>2.7922821321866365</v>
       </c>
       <c r="AF42" s="12">
-        <v>2.6985988291075196</v>
+        <v>2.6985988874576319</v>
       </c>
       <c r="AG42" s="12">
-        <v>2.6330232232210276</v>
+        <v>2.6330252859603798</v>
       </c>
       <c r="AH42" s="12">
-        <v>2.665913826839144</v>
+        <v>2.6659110223011848</v>
       </c>
       <c r="AI42" s="12">
-        <v>2.5189817555321588</v>
+        <v>2.5189823115107393</v>
       </c>
       <c r="AJ42" s="12">
         <v>2.3895960663572446</v>
       </c>
       <c r="AK42" s="12">
-        <v>2.2486708431480684</v>
+        <v>2.2486708619248263</v>
       </c>
       <c r="AL42" s="12">
         <v>2.1249788113749277</v>
       </c>
       <c r="AM42" s="12">
-        <v>1.9746350857282005</v>
+        <v>1.9720947079628273</v>
       </c>
       <c r="AN42" s="12">
-        <v>2.1166510867530257</v>
+        <v>2.1166508533149835</v>
       </c>
       <c r="AO42" s="12">
-        <v>2.2210622164594422</v>
+        <v>2.2210622129415616</v>
       </c>
       <c r="AP42" s="12">
-        <v>2.2661393039686231</v>
+        <v>2.2661400876617068</v>
       </c>
       <c r="AQ42" s="12">
-        <v>2.1370079427214161</v>
+        <v>2.137007697605533</v>
       </c>
       <c r="AR42" s="12">
-        <v>2.1696213062451273</v>
+        <v>2.1696216613875867</v>
       </c>
       <c r="AS42" s="12">
-        <v>1.9816081745661722</v>
+        <v>1.981608320437698</v>
       </c>
       <c r="AT42" s="12">
-        <v>2.2077943112735605</v>
+        <v>2.2077939745859938</v>
       </c>
       <c r="AU42" s="12">
-        <v>2.5605988635393042</v>
+        <v>2.5605979576860931</v>
       </c>
       <c r="AV42" s="12">
-        <v>3.1930199120374287</v>
+        <v>3.1930189040871721</v>
       </c>
       <c r="AW42" s="12">
-        <v>3.2681134868495949</v>
+        <v>3.2681135920796556</v>
       </c>
       <c r="AX42" s="12">
-        <v>3.1804290272042137</v>
+        <v>3.1804295851494446</v>
       </c>
       <c r="AY42" s="12">
-        <v>3.3577800982591453</v>
+        <v>3.3577800538035643</v>
       </c>
       <c r="AZ42" s="12">
-        <v>3.1187440179440742</v>
+        <v>3.1187438532245082</v>
       </c>
       <c r="BA42" s="12">
-        <v>2.7713131307619694</v>
+        <v>2.7713134264332013</v>
       </c>
       <c r="BB42" s="12">
-        <v>2.4788830192776374</v>
+        <v>2.4788826562009527</v>
       </c>
       <c r="BC42" s="12">
-        <v>2.2910247163793014</v>
+        <v>2.291025119313975</v>
       </c>
       <c r="BD42" s="12">
-        <v>2.2030173912704636</v>
+        <v>2.2030174906687106</v>
       </c>
       <c r="BE42" s="12">
-        <v>2.1193033901834668</v>
+        <v>2.1193030536540314</v>
       </c>
       <c r="BF42" s="12">
-        <v>1.9768442598085416</v>
+        <v>1.9768440190191909</v>
       </c>
       <c r="BG42" s="12">
-        <v>1.1020348762508254</v>
+        <v>1.102034462299452</v>
       </c>
       <c r="BH42" s="12">
-        <v>1.3378019558918004</v>
+        <v>1.337474228878563</v>
       </c>
       <c r="BI42" s="12">
-        <v>1.5593799034105986</v>
+        <v>1.5593881081395831</v>
       </c>
       <c r="BJ42" s="12">
-        <v>1.5900183192437676</v>
+        <v>1.5896623109362926</v>
+      </c>
+      <c r="BK42" s="12">
+        <v>1.5333493078804676</v>
       </c>
     </row>
-    <row r="43" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A43" s="22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B43" s="25" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D43" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E43" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F43" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G43" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H43" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I43" s="12" t="s">
         <v>3</v>
       </c>
@@ -32462,140 +32962,143 @@
       <c r="Z43" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA43" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB43" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC43" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AD43" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AE43" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AF43" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AG43" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AH43" s="12">
-        <v>92.896164871139348</v>
+        <v>92.896254953941508</v>
       </c>
       <c r="AI43" s="12">
-        <v>92.784197327197859</v>
+        <v>92.784185552167997</v>
       </c>
       <c r="AJ43" s="12">
-        <v>92.755197117581318</v>
+        <v>92.755325561657543</v>
       </c>
       <c r="AK43" s="12">
-        <v>92.504201466276115</v>
+        <v>92.504310904494602</v>
       </c>
       <c r="AL43" s="12">
-        <v>92.59277288192331</v>
+        <v>92.593034991746578</v>
       </c>
       <c r="AM43" s="12">
-        <v>92.758247958612671</v>
+        <v>92.758243853455753</v>
       </c>
       <c r="AN43" s="12">
-        <v>92.950416897983047</v>
+        <v>92.950597372884175</v>
       </c>
       <c r="AO43" s="12">
-        <v>92.642889450140913</v>
+        <v>92.64294982600461</v>
       </c>
       <c r="AP43" s="12">
-        <v>92.457288028059537</v>
+        <v>92.457257567766248</v>
       </c>
       <c r="AQ43" s="12">
-        <v>92.083772699717358</v>
+        <v>92.083773570714982</v>
       </c>
       <c r="AR43" s="12">
-        <v>92.054748508261227</v>
+        <v>92.054773695870622</v>
       </c>
       <c r="AS43" s="12">
-        <v>92.229897354800926</v>
+        <v>92.229878660334336</v>
       </c>
       <c r="AT43" s="12">
-        <v>92.027465537006549</v>
+        <v>92.027470757932775</v>
       </c>
       <c r="AU43" s="12">
-        <v>91.462656297073693</v>
+        <v>91.462661012313916</v>
       </c>
       <c r="AV43" s="12">
-        <v>90.804469320639683</v>
+        <v>90.804457480173369</v>
       </c>
       <c r="AW43" s="12">
-        <v>90.92453293591366</v>
+        <v>90.924543293142619</v>
       </c>
       <c r="AX43" s="12">
-        <v>90.958235509919746</v>
+        <v>90.958251888934711</v>
       </c>
       <c r="AY43" s="12">
-        <v>91.040712168801321</v>
+        <v>91.040695574883387</v>
       </c>
       <c r="AZ43" s="12">
-        <v>91.358611112964439</v>
+        <v>91.35861576915552</v>
       </c>
       <c r="BA43" s="12">
-        <v>91.420618714672713</v>
+        <v>91.420637553562301</v>
       </c>
       <c r="BB43" s="12">
-        <v>91.442787125668033</v>
+        <v>91.442785171838139</v>
       </c>
       <c r="BC43" s="12">
-        <v>91.685456167724013</v>
+        <v>91.685475002633581</v>
       </c>
       <c r="BD43" s="12">
-        <v>91.960129037993624</v>
+        <v>91.960129698487634</v>
       </c>
       <c r="BE43" s="12">
-        <v>91.600202320391489</v>
+        <v>91.600120847549974</v>
       </c>
       <c r="BF43" s="12">
-        <v>91.66713026419788</v>
+        <v>91.667337489992263</v>
       </c>
       <c r="BG43" s="12">
-        <v>92.038978072999072</v>
+        <v>92.039055239709697</v>
       </c>
       <c r="BH43" s="12">
-        <v>91.672791139762509</v>
+        <v>91.676689836419428</v>
       </c>
       <c r="BI43" s="12">
-        <v>91.782864702442453</v>
+        <v>91.872465696585067</v>
       </c>
       <c r="BJ43" s="12">
-        <v>91.39519341294816</v>
+        <v>91.576982554767085</v>
+      </c>
+      <c r="BK43" s="12">
+        <v>92.413156507096772</v>
       </c>
     </row>
-    <row r="44" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A44" s="22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B44" s="25" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D44" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E44" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F44" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G44" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H44" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I44" s="12" t="s">
         <v>3</v>
       </c>
@@ -32650,516 +33153,525 @@
       <c r="Z44" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA44" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB44" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC44" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AD44" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AE44" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AF44" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AG44" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AH44" s="12">
-        <v>7.1038351288606583</v>
+        <v>7.1037450460585028</v>
       </c>
       <c r="AI44" s="12">
-        <v>7.2158026728021563</v>
+        <v>7.2158144478320025</v>
       </c>
       <c r="AJ44" s="12">
-        <v>7.2448028824186643</v>
+        <v>7.2446744383424644</v>
       </c>
       <c r="AK44" s="12">
-        <v>7.4957985337239021</v>
+        <v>7.4956890955054059</v>
       </c>
       <c r="AL44" s="12">
-        <v>7.4072271180766913</v>
+        <v>7.4069650082534064</v>
       </c>
       <c r="AM44" s="12">
-        <v>7.2417520413862722</v>
+        <v>7.2417561465442297</v>
       </c>
       <c r="AN44" s="12">
-        <v>7.049583102014342</v>
+        <v>7.0494026271158248</v>
       </c>
       <c r="AO44" s="12">
-        <v>7.3571105498611553</v>
+        <v>7.3570501739953897</v>
       </c>
       <c r="AP44" s="12">
-        <v>7.5427119719383819</v>
+        <v>7.5427424322337595</v>
       </c>
       <c r="AQ44" s="12">
-        <v>7.9162273002792061</v>
+        <v>7.9162264292850031</v>
       </c>
       <c r="AR44" s="12">
-        <v>7.9452514917387749</v>
+        <v>7.9452263041293563</v>
       </c>
       <c r="AS44" s="12">
-        <v>7.770102645199076</v>
+        <v>7.7701213396656712</v>
       </c>
       <c r="AT44" s="12">
-        <v>7.9725344629934538</v>
+        <v>7.9725288452996521</v>
       </c>
       <c r="AU44" s="12">
-        <v>8.5373437029263055</v>
+        <v>8.5373389876860823</v>
       </c>
       <c r="AV44" s="12">
-        <v>9.1955306793603384</v>
+        <v>9.1955425198266472</v>
       </c>
       <c r="AW44" s="12">
-        <v>9.0754670640863253</v>
+        <v>9.0754567068573593</v>
       </c>
       <c r="AX44" s="12">
-        <v>9.0417644900802419</v>
+        <v>9.0417484550034004</v>
       </c>
       <c r="AY44" s="12">
-        <v>8.9592878311986723</v>
+        <v>8.9593044251166134</v>
       </c>
       <c r="AZ44" s="12">
-        <v>8.64138888703555</v>
+        <v>8.6413842308444782</v>
       </c>
       <c r="BA44" s="12">
-        <v>8.579381285327301</v>
+        <v>8.5793624464376865</v>
       </c>
       <c r="BB44" s="12">
-        <v>8.5572128743305953</v>
+        <v>8.5572148281618645</v>
       </c>
       <c r="BC44" s="12">
-        <v>8.3145438322759926</v>
+        <v>8.3145249973664317</v>
       </c>
       <c r="BD44" s="12">
-        <v>8.0398709620066278</v>
+        <v>8.0398705422307266</v>
       </c>
       <c r="BE44" s="12">
-        <v>8.399797679607298</v>
+        <v>8.3998791524500316</v>
       </c>
       <c r="BF44" s="12">
-        <v>8.332869735802106</v>
+        <v>8.3326625100077401</v>
       </c>
       <c r="BG44" s="12">
-        <v>7.9610219269995079</v>
+        <v>7.9609447602903174</v>
       </c>
       <c r="BH44" s="12">
-        <v>8.3272088602374961</v>
+        <v>8.3233101635805617</v>
       </c>
       <c r="BI44" s="12">
-        <v>8.2171352975572134</v>
+        <v>8.1275343034149117</v>
       </c>
       <c r="BJ44" s="12">
-        <v>8.6048065870530763</v>
+        <v>8.4230174452329258</v>
+      </c>
+      <c r="BK44" s="12">
+        <v>7.5868434929032365</v>
       </c>
     </row>
-    <row r="45" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A45" s="22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B45" s="25" t="s">
         <v>21</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D45" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E45" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F45" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G45" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H45" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I45" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J45" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K45" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L45" s="12">
-        <v>95.7854568581769</v>
+        <v>95.785458164910281</v>
       </c>
       <c r="M45" s="12">
-        <v>97.557008451601689</v>
+        <v>97.557008346432212</v>
       </c>
       <c r="N45" s="12">
-        <v>99.105545617176091</v>
+        <v>99.10554821967871</v>
       </c>
       <c r="O45" s="12">
-        <v>98.605955795512671</v>
+        <v>98.605959902516773</v>
       </c>
       <c r="P45" s="12">
-        <v>98.422970809635302</v>
+        <v>98.422971091216311</v>
       </c>
       <c r="Q45" s="12">
-        <v>98.418318149761447</v>
+        <v>98.418318530248399</v>
       </c>
       <c r="R45" s="12">
-        <v>98.687931641359285</v>
+        <v>98.687933760947359</v>
       </c>
       <c r="S45" s="12">
-        <v>97.895600591488886</v>
+        <v>97.895602057282531</v>
       </c>
       <c r="T45" s="12">
-        <v>96.877682329755615</v>
+        <v>96.877681701831747</v>
       </c>
       <c r="U45" s="12">
-        <v>96.86881538026509</v>
+        <v>96.86881463385707</v>
       </c>
       <c r="V45" s="12">
-        <v>96.662846564113693</v>
+        <v>96.662846728948509</v>
       </c>
       <c r="W45" s="12">
-        <v>96.949506206506115</v>
+        <v>96.949506817052992</v>
       </c>
       <c r="X45" s="12">
-        <v>97.03929500557436</v>
+        <v>97.039294596894592</v>
       </c>
       <c r="Y45" s="12">
-        <v>99.934504022444017</v>
+        <v>99.934503940282909</v>
       </c>
       <c r="Z45" s="12">
-        <v>98.268878686309279</v>
+        <v>98.268878742927896</v>
       </c>
       <c r="AA45" s="12">
-        <v>97.587655824257297</v>
+        <v>97.587655965173781</v>
       </c>
       <c r="AB45" s="12">
-        <v>97.24532903137542</v>
+        <v>97.245328811349381</v>
       </c>
       <c r="AC45" s="12">
-        <v>96.61197225214714</v>
+        <v>96.611972396203967</v>
       </c>
       <c r="AD45" s="12">
-        <v>96.807820003035374</v>
+        <v>96.807820203400411</v>
       </c>
       <c r="AE45" s="12">
-        <v>96.788467095879568</v>
+        <v>96.788467083732584</v>
       </c>
       <c r="AF45" s="12">
-        <v>95.618277629394015</v>
+        <v>95.618277504282091</v>
       </c>
       <c r="AG45" s="12">
-        <v>94.816790522066</v>
+        <v>94.816790592567443</v>
       </c>
       <c r="AH45" s="12">
-        <v>94.222145910238979</v>
+        <v>94.222146044966522</v>
       </c>
       <c r="AI45" s="12">
-        <v>94.143800547682417</v>
+        <v>94.143800436774313</v>
       </c>
       <c r="AJ45" s="12">
-        <v>93.900068165520679</v>
+        <v>93.900068203364853</v>
       </c>
       <c r="AK45" s="12">
-        <v>87.941613928796585</v>
+        <v>87.941613800215492</v>
       </c>
       <c r="AL45" s="12">
-        <v>90.319539820959264</v>
+        <v>90.319539953047851</v>
       </c>
       <c r="AM45" s="12">
-        <v>84.359048770016074</v>
+        <v>87.674222230245121</v>
       </c>
       <c r="AN45" s="12">
-        <v>83.955721474779054</v>
+        <v>86.973010809446208</v>
       </c>
       <c r="AO45" s="12">
-        <v>83.421096412275247</v>
+        <v>86.769309754069553</v>
       </c>
       <c r="AP45" s="12">
-        <v>82.917253055412871</v>
+        <v>86.325957645035302</v>
       </c>
       <c r="AQ45" s="12">
-        <v>83.089859041199276</v>
+        <v>86.526045225085753</v>
       </c>
       <c r="AR45" s="12">
-        <v>83.079252348627335</v>
+        <v>86.343229333751964</v>
       </c>
       <c r="AS45" s="12">
-        <v>83.543300444233637</v>
+        <v>86.727704458326755</v>
       </c>
       <c r="AT45" s="12">
-        <v>83.297998030361043</v>
+        <v>86.630044849713329</v>
       </c>
       <c r="AU45" s="12">
-        <v>83.504385140674657</v>
+        <v>87.418463479201506</v>
       </c>
       <c r="AV45" s="12">
-        <v>84.688025293365712</v>
+        <v>88.037185828700146</v>
       </c>
       <c r="AW45" s="12">
-        <v>84.304686905636657</v>
+        <v>87.958703057225975</v>
       </c>
       <c r="AX45" s="12">
-        <v>84.038019981592555</v>
+        <v>87.66093028976681</v>
       </c>
       <c r="AY45" s="12">
-        <v>83.505944128612867</v>
+        <v>86.92818822814597</v>
       </c>
       <c r="AZ45" s="12">
-        <v>83.613713030933411</v>
+        <v>87.175620819519779</v>
       </c>
       <c r="BA45" s="12">
-        <v>83.162360903332498</v>
+        <v>86.606916879019565</v>
       </c>
       <c r="BB45" s="12">
-        <v>82.881659126536277</v>
+        <v>86.604023841089088</v>
       </c>
       <c r="BC45" s="12">
-        <v>88.23943241915714</v>
+        <v>88.267653772119402</v>
       </c>
       <c r="BD45" s="12">
-        <v>87.960134884232176</v>
+        <v>87.967707005293803</v>
       </c>
       <c r="BE45" s="12">
-        <v>87.909931106260302</v>
+        <v>87.87836071710943</v>
       </c>
       <c r="BF45" s="12">
-        <v>88.209033529438017</v>
+        <v>88.160531058356327</v>
       </c>
       <c r="BG45" s="12">
-        <v>88.468599647331217</v>
+        <v>88.441062511574813</v>
       </c>
       <c r="BH45" s="12">
-        <v>88.565019542217186</v>
+        <v>88.626243583307513</v>
       </c>
       <c r="BI45" s="12">
-        <v>88.469765113797806</v>
+        <v>88.4728722647436</v>
       </c>
       <c r="BJ45" s="12">
-        <v>88.841919617402397</v>
+        <v>88.707843085756394</v>
+      </c>
+      <c r="BK45" s="12">
+        <v>88.77938889021641</v>
       </c>
     </row>
-    <row r="46" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A46" s="22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B46" s="25" t="s">
         <v>21</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D46" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E46" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F46" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G46" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H46" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I46" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J46" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K46" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L46" s="12">
-        <v>3.1121475514099068</v>
+        <v>3.1121445546849933</v>
       </c>
       <c r="M46" s="12">
-        <v>1.403284962525875</v>
+        <v>1.4032847488369722</v>
       </c>
       <c r="N46" s="12">
-        <v>0.89445438282648271</v>
+        <v>0.89445178032130401</v>
       </c>
       <c r="O46" s="12">
-        <v>0.87734098194704002</v>
+        <v>0.87734070773331929</v>
       </c>
       <c r="P46" s="12">
-        <v>0.72890766034266519</v>
+        <v>0.7289091398091283</v>
       </c>
       <c r="Q46" s="12">
-        <v>0.71384367399218063</v>
+        <v>0.71384472192052517</v>
       </c>
       <c r="R46" s="12">
-        <v>0.68455740450787772</v>
+        <v>0.68455813788868136</v>
       </c>
       <c r="S46" s="12">
-        <v>1.6770234116571616</v>
+        <v>1.6770226899074017</v>
       </c>
       <c r="T46" s="12">
-        <v>2.2969326164431054</v>
+        <v>2.2969321736570221</v>
       </c>
       <c r="U46" s="12">
-        <v>2.3520584589286613</v>
+        <v>2.3520589302199872</v>
       </c>
       <c r="V46" s="12">
-        <v>2.6825935557808722</v>
+        <v>2.682593815234267</v>
       </c>
       <c r="W46" s="12">
-        <v>2.4229275097711631</v>
+        <v>2.4229273235129081</v>
       </c>
       <c r="X46" s="12">
-        <v>2.3160324766288474</v>
+        <v>2.3160323636190956</v>
       </c>
       <c r="Y46" s="12">
-        <v>-0.51871578453059708</v>
+        <v>-0.5187157043954993</v>
       </c>
       <c r="Z46" s="12">
-        <v>1.099062051094289</v>
+        <v>1.0990621484313723</v>
       </c>
       <c r="AA46" s="12">
-        <v>1.759603964348841</v>
+        <v>1.7596039421191843</v>
       </c>
       <c r="AB46" s="12">
-        <v>2.2100657907839856</v>
+        <v>2.210065766559016</v>
       </c>
       <c r="AC46" s="12">
-        <v>2.9023818661035659</v>
+        <v>2.902381740309687</v>
       </c>
       <c r="AD46" s="12">
-        <v>2.7061641974829582</v>
+        <v>2.7061642555643992</v>
       </c>
       <c r="AE46" s="12">
-        <v>2.8197438922130091</v>
+        <v>2.8197437719849745</v>
       </c>
       <c r="AF46" s="12">
-        <v>4.041267124044464</v>
+        <v>4.0412672191229566</v>
       </c>
       <c r="AG46" s="12">
-        <v>4.8223179530373441</v>
+        <v>4.8223180601246405</v>
       </c>
       <c r="AH46" s="12">
-        <v>5.3978823136063836</v>
+        <v>5.3978823076099829</v>
       </c>
       <c r="AI46" s="12">
-        <v>5.5702762325228257</v>
+        <v>5.5702761744532916</v>
       </c>
       <c r="AJ46" s="12">
-        <v>5.8218764756799262</v>
+        <v>5.8218764640650278</v>
       </c>
       <c r="AK46" s="12">
-        <v>11.769504633044981</v>
+        <v>11.769504518616575</v>
       </c>
       <c r="AL46" s="12">
-        <v>9.4246990921235536</v>
+        <v>9.4246991013678372</v>
       </c>
       <c r="AM46" s="12">
-        <v>15.335641706553025</v>
+        <v>12.01769851155197</v>
       </c>
       <c r="AN46" s="12">
-        <v>15.769161696095251</v>
+        <v>12.751589286943748</v>
       </c>
       <c r="AO46" s="12">
-        <v>16.321502608591622</v>
+        <v>12.974547564970395</v>
       </c>
       <c r="AP46" s="12">
-        <v>16.820016072525206</v>
+        <v>13.414071738273551</v>
       </c>
       <c r="AQ46" s="12">
-        <v>16.628223357382343</v>
+        <v>13.193329291114866</v>
       </c>
       <c r="AR46" s="12">
-        <v>16.614684514919936</v>
+        <v>13.352177711645178</v>
       </c>
       <c r="AS46" s="12">
-        <v>16.123564119419427</v>
+        <v>12.937901447858364</v>
       </c>
       <c r="AT46" s="12">
-        <v>16.365137092532802</v>
+        <v>13.032616352163872</v>
       </c>
       <c r="AU46" s="12">
-        <v>16.172660755111451</v>
+        <v>12.257924467081482</v>
       </c>
       <c r="AV46" s="12">
-        <v>15.008641650746263</v>
+        <v>11.660968505460808</v>
       </c>
       <c r="AW46" s="12">
-        <v>15.364213213167844</v>
+        <v>11.712310290603147</v>
       </c>
       <c r="AX46" s="12">
-        <v>15.624179603522387</v>
+        <v>12.002728813897455</v>
       </c>
       <c r="AY46" s="12">
-        <v>16.200902860161225</v>
+        <v>12.779558820544928</v>
       </c>
       <c r="AZ46" s="12">
-        <v>16.118895497842942</v>
+        <v>12.558000344649114</v>
       </c>
       <c r="BA46" s="12">
-        <v>16.550861133313472</v>
+        <v>13.107439507943926</v>
       </c>
       <c r="BB46" s="12">
-        <v>16.47259392904574</v>
+        <v>12.75336584086968</v>
       </c>
       <c r="BC46" s="12">
-        <v>11.341763835264217</v>
+        <v>11.315144715828836</v>
       </c>
       <c r="BD46" s="12">
-        <v>11.412254979528031</v>
+        <v>11.407164167944089</v>
       </c>
       <c r="BE46" s="12">
-        <v>11.62579466419</v>
+        <v>11.658490942385228</v>
       </c>
       <c r="BF46" s="12">
-        <v>11.374892165179766</v>
+        <v>11.425528977318995</v>
       </c>
       <c r="BG46" s="12">
-        <v>11.114086676962003</v>
+        <v>11.144484166179367</v>
       </c>
       <c r="BH46" s="12">
-        <v>10.981909008973963</v>
+        <v>10.922351459783359</v>
       </c>
       <c r="BI46" s="12">
-        <v>10.924876444436226</v>
+        <v>10.920744539256036</v>
       </c>
       <c r="BJ46" s="12">
-        <v>10.688893248457298</v>
+        <v>10.82098075975215</v>
+      </c>
+      <c r="BK46" s="12">
+        <v>10.902656398995246</v>
       </c>
     </row>
-    <row r="47" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A47" s="22" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B47" s="25" t="s">
         <v>22</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D47" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E47" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F47" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G47" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H47" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I47" s="12" t="s">
         <v>3</v>
       </c>
@@ -33229,123 +33741,128 @@
       <c r="AE47" s="12">
         <v>73.556349583364891</v>
       </c>
       <c r="AF47" s="12">
         <v>74.25541715109928</v>
       </c>
       <c r="AG47" s="12">
         <v>74.578015145750314</v>
       </c>
       <c r="AH47" s="12">
         <v>74.762407602956714</v>
       </c>
       <c r="AI47" s="12">
         <v>74.292047682988567</v>
       </c>
       <c r="AJ47" s="12">
         <v>74.103692095243275</v>
       </c>
       <c r="AK47" s="12">
         <v>73.395702122869281</v>
       </c>
       <c r="AL47" s="12">
         <v>73.369559019306266</v>
       </c>
       <c r="AM47" s="12">
-        <v>73.907959581842647</v>
+        <v>73.937743995267468</v>
       </c>
       <c r="AN47" s="12">
-        <v>73.602199204110292</v>
+        <v>73.622563826021974</v>
       </c>
       <c r="AO47" s="12">
-        <v>73.977838916222737</v>
+        <v>73.995266208145054</v>
       </c>
       <c r="AP47" s="12">
-        <v>74.280295007594077</v>
+        <v>74.293567680580125</v>
       </c>
       <c r="AQ47" s="12">
-        <v>74.424550869436231</v>
+        <v>74.434921162494092</v>
       </c>
       <c r="AR47" s="12">
-        <v>74.768890383868154</v>
+        <v>74.776105454735003</v>
       </c>
       <c r="AS47" s="12">
-        <v>74.471959391658061</v>
+        <v>74.48020921291571</v>
       </c>
       <c r="AT47" s="12">
-        <v>72.466681572863607</v>
+        <v>72.478050258998195</v>
       </c>
       <c r="AU47" s="12">
-        <v>71.66731007651444</v>
+        <v>71.683847285689524</v>
       </c>
       <c r="AV47" s="12">
-        <v>72.460531599377248</v>
+        <v>72.476291495754367</v>
       </c>
       <c r="AW47" s="12">
-        <v>74.097816947228409</v>
+        <v>74.10871362578655</v>
       </c>
       <c r="AX47" s="12">
-        <v>74.813003791519506</v>
+        <v>74.821215467234808</v>
       </c>
       <c r="AY47" s="12">
-        <v>75.31417019883537</v>
+        <v>75.321869763667848</v>
       </c>
       <c r="AZ47" s="12">
-        <v>75.838000178955525</v>
+        <v>75.700033401074094</v>
       </c>
       <c r="BA47" s="12">
         <v>76.552858276524745</v>
       </c>
       <c r="BB47" s="12">
-        <v>76.091201336761088</v>
+        <v>76.146537166684567</v>
       </c>
       <c r="BC47" s="12">
-        <v>76.121566198016382</v>
+        <v>76.184020671343035</v>
       </c>
       <c r="BD47" s="12">
         <v>77.354857673357373</v>
       </c>
       <c r="BE47" s="12">
         <v>76.791700128269767</v>
       </c>
       <c r="BF47" s="12">
         <v>76.508746118868785</v>
       </c>
       <c r="BG47" s="12">
         <v>76.976426407882187</v>
       </c>
       <c r="BH47" s="12">
-        <v>77.441089125795955</v>
+        <v>77.441089417734958</v>
       </c>
       <c r="BI47" s="12">
-        <v>77.506947865315695</v>
-[...1 lines deleted...]
-      <c r="BJ47" s="12"/>
+        <v>77.514982279099087</v>
+      </c>
+      <c r="BJ47" s="12">
+        <v>77.727755842283912</v>
+      </c>
+      <c r="BK47" s="12" t="s">
+        <v>3</v>
+      </c>
     </row>
-    <row r="48" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A48" s="22" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B48" s="25" t="s">
         <v>22</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D48" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E48" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F48" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G48" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H48" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I48" s="12" t="s">
         <v>3</v>
       </c>
@@ -33415,123 +33932,128 @@
       <c r="AE48" s="12">
         <v>26.443650416635112</v>
       </c>
       <c r="AF48" s="12">
         <v>25.744582848900706</v>
       </c>
       <c r="AG48" s="12">
         <v>25.42198485424969</v>
       </c>
       <c r="AH48" s="12">
         <v>25.237592397043297</v>
       </c>
       <c r="AI48" s="12">
         <v>25.70795231701144</v>
       </c>
       <c r="AJ48" s="12">
         <v>25.896307904756721</v>
       </c>
       <c r="AK48" s="12">
         <v>26.604297877130715</v>
       </c>
       <c r="AL48" s="12">
         <v>26.630440980693741</v>
       </c>
       <c r="AM48" s="12">
-        <v>26.092040418157342</v>
+        <v>26.062256004732525</v>
       </c>
       <c r="AN48" s="12">
-        <v>26.397800795889708</v>
+        <v>26.377436173978019</v>
       </c>
       <c r="AO48" s="12">
-        <v>26.022161083777256</v>
+        <v>26.004733791854921</v>
       </c>
       <c r="AP48" s="12">
-        <v>25.719704992405923</v>
+        <v>25.706432319419868</v>
       </c>
       <c r="AQ48" s="12">
-        <v>25.575449130563754</v>
+        <v>25.565078837505911</v>
       </c>
       <c r="AR48" s="12">
-        <v>25.231109616131857</v>
+        <v>25.22389454526499</v>
       </c>
       <c r="AS48" s="12">
-        <v>25.528040608341939</v>
+        <v>25.51979078708429</v>
       </c>
       <c r="AT48" s="12">
-        <v>27.53331842713639</v>
+        <v>27.521949741001812</v>
       </c>
       <c r="AU48" s="12">
-        <v>28.33268992348556</v>
+        <v>28.316152714310473</v>
       </c>
       <c r="AV48" s="12">
-        <v>27.539468400622759</v>
+        <v>27.523708504245644</v>
       </c>
       <c r="AW48" s="12">
-        <v>25.902183052771573</v>
+        <v>25.89128637421345</v>
       </c>
       <c r="AX48" s="12">
-        <v>25.186996208480505</v>
+        <v>25.178784532765192</v>
       </c>
       <c r="AY48" s="12">
-        <v>24.68582980116463</v>
+        <v>24.678130236332155</v>
       </c>
       <c r="AZ48" s="12">
-        <v>24.161999821044486</v>
+        <v>24.299966598925916</v>
       </c>
       <c r="BA48" s="12">
         <v>23.447141723475251</v>
       </c>
       <c r="BB48" s="12">
-        <v>23.908798663238908</v>
+        <v>23.853462833315433</v>
       </c>
       <c r="BC48" s="12">
-        <v>23.878433801983633</v>
+        <v>23.815979328656979</v>
       </c>
       <c r="BD48" s="12">
         <v>22.645142326642627</v>
       </c>
       <c r="BE48" s="12">
         <v>23.2083027192839</v>
       </c>
       <c r="BF48" s="12">
         <v>23.491253881131218</v>
       </c>
       <c r="BG48" s="12">
         <v>23.02357359211781</v>
       </c>
       <c r="BH48" s="12">
-        <v>22.55891193807939</v>
+        <v>22.558912178078096</v>
       </c>
       <c r="BI48" s="12">
-        <v>22.493052134684312</v>
-[...1 lines deleted...]
-      <c r="BJ48" s="12"/>
+        <v>22.485017720900924</v>
+      </c>
+      <c r="BJ48" s="12">
+        <v>22.272244157716088</v>
+      </c>
+      <c r="BK48" s="12" t="s">
+        <v>3</v>
+      </c>
     </row>
-    <row r="49" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A49" s="22" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B49" s="25" t="s">
         <v>23</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D49" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E49" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F49" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G49" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H49" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I49" s="12" t="s">
         <v>3</v>
       </c>
@@ -33672,54 +34194,57 @@
       </c>
       <c r="BC49" s="12">
         <v>82.465084317658423</v>
       </c>
       <c r="BD49" s="12">
         <v>82.725202483511282</v>
       </c>
       <c r="BE49" s="12">
         <v>83.354390896815318</v>
       </c>
       <c r="BF49" s="12">
         <v>82.736147027109553</v>
       </c>
       <c r="BG49" s="12">
         <v>81.047636735072899</v>
       </c>
       <c r="BH49" s="12">
         <v>81.779855399267305</v>
       </c>
       <c r="BI49" s="12">
         <v>82.847045310210248</v>
       </c>
       <c r="BJ49" s="12">
         <v>82.570010244456597</v>
       </c>
+      <c r="BK49" s="12">
+        <v>82.333593998002428</v>
+      </c>
     </row>
-    <row r="50" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A50" s="22" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B50" s="25" t="s">
         <v>23</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D50" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E50" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F50" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G50" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H50" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I50" s="12" t="s">
         <v>3</v>
       </c>
@@ -33860,54 +34385,57 @@
       </c>
       <c r="BC50" s="12">
         <v>17.534915682341577</v>
       </c>
       <c r="BD50" s="12">
         <v>17.274797516488711</v>
       </c>
       <c r="BE50" s="12">
         <v>16.645609103184693</v>
       </c>
       <c r="BF50" s="12">
         <v>17.263852972890444</v>
       </c>
       <c r="BG50" s="12">
         <v>18.952363264927104</v>
       </c>
       <c r="BH50" s="12">
         <v>18.220144600732695</v>
       </c>
       <c r="BI50" s="12">
         <v>17.152954689789759</v>
       </c>
       <c r="BJ50" s="12">
         <v>17.429989755543399</v>
       </c>
+      <c r="BK50" s="12">
+        <v>17.666406001997569</v>
+      </c>
     </row>
-    <row r="51" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A51" s="22" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B51" s="25" t="s">
         <v>24</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D51" s="12" t="s">
         <v>3</v>
       </c>
       <c r="E51" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F51" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G51" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H51" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I51" s="12" t="s">
         <v>3</v>
       </c>
@@ -33962,140 +34490,143 @@
       <c r="Z51" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA51" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB51" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC51" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AD51" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AE51" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AF51" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AG51" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AH51" s="12">
-        <v>80.460849388784226</v>
+        <v>80.882987524941996</v>
       </c>
       <c r="AI51" s="12">
-        <v>79.743405143358331</v>
+        <v>79.851346331728564</v>
       </c>
       <c r="AJ51" s="12">
-        <v>83.853669109955646</v>
+        <v>84.092482465040234</v>
       </c>
       <c r="AK51" s="12">
-        <v>83.73210633009829</v>
+        <v>84.023680383766802</v>
       </c>
       <c r="AL51" s="12">
-        <v>83.977530040915298</v>
+        <v>84.41023442743743</v>
       </c>
       <c r="AM51" s="12">
-        <v>83.057803893267817</v>
+        <v>83.157592129610705</v>
       </c>
       <c r="AN51" s="12">
-        <v>82.57831001075489</v>
+        <v>82.831894519844369</v>
       </c>
       <c r="AO51" s="12">
-        <v>82.87089073274791</v>
+        <v>82.873908594538719</v>
       </c>
       <c r="AP51" s="12">
-        <v>82.399704638341433</v>
+        <v>82.415626154273809</v>
       </c>
       <c r="AQ51" s="12">
-        <v>81.839649546924349</v>
+        <v>81.842593728279965</v>
       </c>
       <c r="AR51" s="12">
-        <v>82.57089008686836</v>
+        <v>82.573395740187365</v>
       </c>
       <c r="AS51" s="12">
-        <v>82.408581777659222</v>
+        <v>82.410843950188024</v>
       </c>
       <c r="AT51" s="12">
-        <v>81.563173306994045</v>
+        <v>81.556044504226819</v>
       </c>
       <c r="AU51" s="12">
-        <v>80.661513893520024</v>
+        <v>80.693114221536078</v>
       </c>
       <c r="AV51" s="12">
-        <v>81.849331475491098</v>
+        <v>81.889553246395579</v>
       </c>
       <c r="AW51" s="12">
-        <v>79.5149563371114</v>
+        <v>79.557354317398946</v>
       </c>
       <c r="AX51" s="12">
-        <v>80.316358003538411</v>
+        <v>80.364792814118985</v>
       </c>
       <c r="AY51" s="12">
-        <v>80.8145688698214</v>
+        <v>80.851814762041172</v>
       </c>
       <c r="AZ51" s="12">
-        <v>81.016816358193481</v>
+        <v>81.05764776651867</v>
       </c>
       <c r="BA51" s="12">
-        <v>80.563486477247579</v>
+        <v>80.596755383782835</v>
       </c>
       <c r="BB51" s="12">
-        <v>80.619463132793015</v>
+        <v>80.662706520746468</v>
       </c>
       <c r="BC51" s="12">
-        <v>80.392402082611298</v>
+        <v>80.506481512065179</v>
       </c>
       <c r="BD51" s="12">
-        <v>80.087598462115267</v>
+        <v>80.12723739310492</v>
       </c>
       <c r="BE51" s="12">
-        <v>81.18222381624139</v>
+        <v>80.907919620504146</v>
       </c>
       <c r="BF51" s="12">
-        <v>80.032182483516735</v>
+        <v>80.266042385000574</v>
       </c>
       <c r="BG51" s="12">
-        <v>81.603668857616896</v>
+        <v>81.805257588786588</v>
       </c>
       <c r="BH51" s="12">
-        <v>82.036330208258136</v>
+        <v>82.187147765120599</v>
       </c>
       <c r="BI51" s="12">
-        <v>82.770385487182239</v>
+        <v>82.772012243441623</v>
       </c>
       <c r="BJ51" s="12">
-        <v>82.771499759189311</v>
+        <v>82.801792507541151</v>
+      </c>
+      <c r="BK51" s="12">
+        <v>82.34750131461935</v>
       </c>
     </row>
-    <row r="52" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A52" s="22" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B52" s="25" t="s">
         <v>24</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D52" s="12" t="s">
         <v>3</v>
       </c>
       <c r="E52" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F52" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G52" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H52" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I52" s="12" t="s">
         <v>3</v>
       </c>
@@ -34150,140 +34681,143 @@
       <c r="Z52" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA52" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB52" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC52" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AD52" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AE52" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AF52" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AG52" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AH52" s="12">
-        <v>19.539150611213277</v>
+        <v>19.117012475057994</v>
       </c>
       <c r="AI52" s="12">
-        <v>20.256594856642412</v>
+        <v>20.148653668271439</v>
       </c>
       <c r="AJ52" s="12">
-        <v>16.146330890045608</v>
+        <v>15.907517534959768</v>
       </c>
       <c r="AK52" s="12">
-        <v>16.267893669902783</v>
+        <v>15.976267383165075</v>
       </c>
       <c r="AL52" s="12">
-        <v>16.022469959086798</v>
+        <v>15.58976557256257</v>
       </c>
       <c r="AM52" s="12">
-        <v>16.942196106731693</v>
+        <v>16.84240787038928</v>
       </c>
       <c r="AN52" s="12">
-        <v>17.421689989241791</v>
+        <v>17.168105480155631</v>
       </c>
       <c r="AO52" s="12">
-        <v>17.129109267251668</v>
+        <v>17.126091405461274</v>
       </c>
       <c r="AP52" s="12">
-        <v>17.600295361657807</v>
+        <v>17.584373845726191</v>
       </c>
       <c r="AQ52" s="12">
-        <v>17.681645056180933</v>
+        <v>17.678760374504275</v>
       </c>
       <c r="AR52" s="12">
-        <v>16.68010051603795</v>
+        <v>16.677690427015644</v>
       </c>
       <c r="AS52" s="12">
-        <v>16.887352858149807</v>
+        <v>16.88518784250201</v>
       </c>
       <c r="AT52" s="12">
-        <v>17.82986998513806</v>
+        <v>17.836760011270929</v>
       </c>
       <c r="AU52" s="12">
-        <v>18.799004919005117</v>
+        <v>18.768300981174043</v>
       </c>
       <c r="AV52" s="12">
-        <v>17.751313710974497</v>
+        <v>17.711963225080233</v>
       </c>
       <c r="AW52" s="12">
-        <v>20.005464932466506</v>
+        <v>19.964059129999747</v>
       </c>
       <c r="AX52" s="12">
-        <v>19.152200736237713</v>
+        <v>19.105080759390514</v>
       </c>
       <c r="AY52" s="12">
-        <v>18.686115061884195</v>
+        <v>18.649834054951391</v>
       </c>
       <c r="AZ52" s="12">
-        <v>18.571230834200655</v>
+        <v>18.531274461817652</v>
       </c>
       <c r="BA52" s="12">
-        <v>18.927476457868853</v>
+        <v>18.895130516335268</v>
       </c>
       <c r="BB52" s="12">
-        <v>18.726073101098539</v>
+        <v>18.684278320654595</v>
       </c>
       <c r="BC52" s="12">
-        <v>18.894017014064211</v>
+        <v>18.85923236835913</v>
       </c>
       <c r="BD52" s="12">
-        <v>19.279122827340917</v>
+        <v>19.240739090781158</v>
       </c>
       <c r="BE52" s="12">
-        <v>18.156302045115773</v>
+        <v>18.420973589011425</v>
       </c>
       <c r="BF52" s="12">
-        <v>19.381356214754941</v>
+        <v>19.154374210440739</v>
       </c>
       <c r="BG52" s="12">
-        <v>17.834584701135988</v>
+        <v>17.639529631661762</v>
       </c>
       <c r="BH52" s="12">
-        <v>17.221117920639855</v>
+        <v>17.076922080582108</v>
       </c>
       <c r="BI52" s="12">
-        <v>16.444461284858107</v>
+        <v>16.444628184502619</v>
       </c>
       <c r="BJ52" s="12">
-        <v>16.756974399998381</v>
+        <v>16.726584598576292</v>
+      </c>
+      <c r="BK52" s="12">
+        <v>17.207721500585471</v>
       </c>
     </row>
-    <row r="53" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A53" s="22" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B53" s="25" t="s">
         <v>25</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D53" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E53" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F53" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G53" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H53" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I53" s="12" t="s">
         <v>3</v>
       </c>
@@ -34338,140 +34872,143 @@
       <c r="Z53" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA53" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB53" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC53" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AD53" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AE53" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AF53" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AG53" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AH53" s="12">
-        <v>97.744853827854755</v>
+        <v>97.744817408865202</v>
       </c>
       <c r="AI53" s="12">
-        <v>97.551179404721751</v>
+        <v>97.551223595033704</v>
       </c>
       <c r="AJ53" s="12">
-        <v>97.996093026912064</v>
+        <v>97.996108184605717</v>
       </c>
       <c r="AK53" s="12">
-        <v>98.202246598196098</v>
+        <v>98.202251405370177</v>
       </c>
       <c r="AL53" s="12">
-        <v>98.066050666267444</v>
+        <v>98.066025862598465</v>
       </c>
       <c r="AM53" s="12">
-        <v>98.025643436244806</v>
+        <v>98.025627068560809</v>
       </c>
       <c r="AN53" s="12">
-        <v>98.066844785486865</v>
+        <v>98.066836361294818</v>
       </c>
       <c r="AO53" s="12">
-        <v>97.800585661355981</v>
+        <v>97.80058554542785</v>
       </c>
       <c r="AP53" s="12">
-        <v>98.310200207877628</v>
+        <v>98.310198965412539</v>
       </c>
       <c r="AQ53" s="12">
-        <v>97.926580542612797</v>
+        <v>97.926583559066415</v>
       </c>
       <c r="AR53" s="12">
-        <v>97.803383472542265</v>
+        <v>97.803388212214585</v>
       </c>
       <c r="AS53" s="12">
-        <v>97.964038944967399</v>
+        <v>97.964034206617939</v>
       </c>
       <c r="AT53" s="12">
-        <v>97.969646858348113</v>
+        <v>97.969651468321075</v>
       </c>
       <c r="AU53" s="12">
-        <v>97.84972618913929</v>
+        <v>97.849722858347434</v>
       </c>
       <c r="AV53" s="12">
-        <v>97.65298285965784</v>
+        <v>97.655893693832084</v>
       </c>
       <c r="AW53" s="12">
-        <v>97.570189672642059</v>
+        <v>97.578713702572045</v>
       </c>
       <c r="AX53" s="12">
-        <v>97.63061431885221</v>
+        <v>97.63918047604983</v>
       </c>
       <c r="AY53" s="12">
-        <v>97.673806313860752</v>
+        <v>97.683845785603921</v>
       </c>
       <c r="AZ53" s="12">
-        <v>98.015908283044396</v>
+        <v>98.02685988772653</v>
       </c>
       <c r="BA53" s="12">
-        <v>97.895745960804547</v>
+        <v>97.908534373106647</v>
       </c>
       <c r="BB53" s="12">
-        <v>97.656427469091071</v>
+        <v>97.668447173833385</v>
       </c>
       <c r="BC53" s="12">
-        <v>97.840749273984812</v>
+        <v>97.849424758191887</v>
       </c>
       <c r="BD53" s="12">
-        <v>97.948977892496032</v>
+        <v>97.944853990307251</v>
       </c>
       <c r="BE53" s="12">
-        <v>97.952767364496736</v>
+        <v>97.947605263890154</v>
       </c>
       <c r="BF53" s="12">
-        <v>97.956043060546534</v>
+        <v>97.991697509178934</v>
       </c>
       <c r="BG53" s="12">
-        <v>98.034319605971703</v>
+        <v>98.067180355725768</v>
       </c>
       <c r="BH53" s="12">
-        <v>97.994393312358753</v>
+        <v>98.008284188208776</v>
       </c>
       <c r="BI53" s="12">
-        <v>97.994155252032726</v>
+        <v>98.005812904172572</v>
       </c>
       <c r="BJ53" s="12">
-        <v>98.393302559592385</v>
+        <v>98.407503365028916</v>
+      </c>
+      <c r="BK53" s="12">
+        <v>98.480847166444349</v>
       </c>
     </row>
-    <row r="54" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A54" s="22" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B54" s="25" t="s">
         <v>25</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D54" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E54" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F54" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G54" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H54" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I54" s="12" t="s">
         <v>3</v>
       </c>
@@ -34526,516 +35063,525 @@
       <c r="Z54" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA54" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB54" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC54" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AD54" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AE54" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AF54" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AG54" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AH54" s="12">
-        <v>2.2551461721442871</v>
+        <v>2.255135994527695</v>
       </c>
       <c r="AI54" s="12">
-        <v>2.4488205952771227</v>
+        <v>2.4488141749080681</v>
       </c>
       <c r="AJ54" s="12">
-        <v>2.0039069730865511</v>
+        <v>2.0039191148849929</v>
       </c>
       <c r="AK54" s="12">
-        <v>1.7977534018062629</v>
+        <v>1.7977485946298211</v>
       </c>
       <c r="AL54" s="12">
-        <v>1.9339493337327838</v>
+        <v>1.9339500500414903</v>
       </c>
       <c r="AM54" s="12">
-        <v>1.9743565637537497</v>
+        <v>1.9743486311655873</v>
       </c>
       <c r="AN54" s="12">
-        <v>1.9331552145138733</v>
+        <v>1.9331636387051758</v>
       </c>
       <c r="AO54" s="12">
-        <v>2.1994143386428879</v>
+        <v>2.1994144545721257</v>
       </c>
       <c r="AP54" s="12">
-        <v>1.6897997921213093</v>
+        <v>1.6898010345874566</v>
       </c>
       <c r="AQ54" s="12">
-        <v>1.7116437935780338</v>
+        <v>1.711638373208908</v>
       </c>
       <c r="AR54" s="12">
-        <v>1.4545116739404063</v>
+        <v>1.4545110075157373</v>
       </c>
       <c r="AS54" s="12">
-        <v>1.3371506272846598</v>
+        <v>1.3371469934142557</v>
       </c>
       <c r="AT54" s="12">
-        <v>1.1863009998148031</v>
+        <v>1.1862954025420207</v>
       </c>
       <c r="AU54" s="12">
-        <v>1.1968404656801812</v>
+        <v>1.1968378395003996</v>
       </c>
       <c r="AV54" s="12">
-        <v>1.6149523993938339</v>
+        <v>1.6129410861049236</v>
       </c>
       <c r="AW54" s="12">
-        <v>1.7506805975365776</v>
+        <v>1.7445310530523732</v>
       </c>
       <c r="AX54" s="12">
-        <v>1.6460098583781384</v>
+        <v>1.6400621278774608</v>
       </c>
       <c r="AY54" s="12">
-        <v>1.6037438219313151</v>
+        <v>1.5968308276453649</v>
       </c>
       <c r="AZ54" s="12">
-        <v>1.1903291470038391</v>
+        <v>1.183759591008672</v>
       </c>
       <c r="BA54" s="12">
-        <v>1.2382533997523764</v>
+        <v>1.2307276076251319</v>
       </c>
       <c r="BB54" s="12">
-        <v>1.3249505454566124</v>
+        <v>1.3181539658986132</v>
       </c>
       <c r="BC54" s="12">
-        <v>1.2567516131819427</v>
+        <v>1.2516948784424242</v>
       </c>
       <c r="BD54" s="12">
-        <v>1.1789443561823403</v>
+        <v>1.1813091263912474</v>
       </c>
       <c r="BE54" s="12">
-        <v>1.1540929732703356</v>
+        <v>1.1570028325219497</v>
       </c>
       <c r="BF54" s="12">
-        <v>1.1661222157976479</v>
+        <v>1.1365765311489069</v>
       </c>
       <c r="BG54" s="12">
-        <v>1.1088644446088192</v>
+        <v>1.0822090226537284</v>
       </c>
       <c r="BH54" s="12">
-        <v>1.0414444656000856</v>
+        <v>1.0342334975859377</v>
       </c>
       <c r="BI54" s="12">
-        <v>1.0352516361081925</v>
+        <v>1.0292350983768783</v>
       </c>
       <c r="BJ54" s="12">
-        <v>1.0659006996457661</v>
+        <v>1.0564786284494847</v>
+      </c>
+      <c r="BK54" s="12">
+        <v>1.0574913758470748</v>
       </c>
     </row>
-    <row r="55" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A55" s="22" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B55" s="25" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D55" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E55" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F55" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G55" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H55" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I55" s="12">
-        <v>91.387911440020133</v>
+        <v>91.387739572930045</v>
       </c>
       <c r="J55" s="12">
-        <v>91.476728932926292</v>
+        <v>91.476780278286554</v>
       </c>
       <c r="K55" s="12">
-        <v>91.701161928261442</v>
+        <v>91.701168614357258</v>
       </c>
       <c r="L55" s="12">
-        <v>91.47438059249879</v>
+        <v>91.474347781584328</v>
       </c>
       <c r="M55" s="12">
-        <v>91.321419181667522</v>
+        <v>91.321365632187337</v>
       </c>
       <c r="N55" s="12">
-        <v>92.57556020895187</v>
+        <v>92.575649123869312</v>
       </c>
       <c r="O55" s="12">
-        <v>92.485325017584302</v>
+        <v>92.485265547218916</v>
       </c>
       <c r="P55" s="12">
-        <v>92.578692112042688</v>
+        <v>92.578615939167705</v>
       </c>
       <c r="Q55" s="12">
-        <v>91.954053605888191</v>
+        <v>91.954070418186717</v>
       </c>
       <c r="R55" s="12">
-        <v>92.33454653042007</v>
+        <v>92.334609621385539</v>
       </c>
       <c r="S55" s="12">
-        <v>92.987190121372436</v>
+        <v>92.987212123725897</v>
       </c>
       <c r="T55" s="12">
-        <v>93.589981382248325</v>
+        <v>93.589981134119412</v>
       </c>
       <c r="U55" s="12">
-        <v>93.600463550415668</v>
+        <v>93.600493237160265</v>
       </c>
       <c r="V55" s="12">
-        <v>92.829441035900672</v>
+        <v>92.829429946401973</v>
       </c>
       <c r="W55" s="12">
-        <v>93.299347443377442</v>
+        <v>93.299352204607331</v>
       </c>
       <c r="X55" s="12">
-        <v>92.895122919010547</v>
+        <v>92.895103048587103</v>
       </c>
       <c r="Y55" s="12">
-        <v>93.077266904912236</v>
+        <v>93.077305077118666</v>
       </c>
       <c r="Z55" s="12">
-        <v>93.505041462633898</v>
+        <v>93.505053655493725</v>
       </c>
       <c r="AA55" s="12">
-        <v>93.475802089323807</v>
+        <v>93.475805680637876</v>
       </c>
       <c r="AB55" s="12">
-        <v>92.995094621288658</v>
+        <v>92.99511837030056</v>
       </c>
       <c r="AC55" s="12">
-        <v>93.177296146985526</v>
+        <v>93.177278424102212</v>
       </c>
       <c r="AD55" s="12">
-        <v>92.612336006381881</v>
+        <v>92.612358605963038</v>
       </c>
       <c r="AE55" s="12">
-        <v>94.020904083425279</v>
+        <v>94.020907999714169</v>
       </c>
       <c r="AF55" s="12">
-        <v>93.558004150060214</v>
+        <v>93.558014755890881</v>
       </c>
       <c r="AG55" s="12">
-        <v>93.782592339732531</v>
+        <v>93.782580603341017</v>
       </c>
       <c r="AH55" s="12">
-        <v>93.065941363781064</v>
+        <v>93.065944882786994</v>
       </c>
       <c r="AI55" s="12">
-        <v>93.011653920221264</v>
+        <v>93.011640567090694</v>
       </c>
       <c r="AJ55" s="12">
-        <v>93.356934958740794</v>
+        <v>93.356944905076332</v>
       </c>
       <c r="AK55" s="12">
-        <v>93.420024497630848</v>
+        <v>93.420025869663476</v>
       </c>
       <c r="AL55" s="12">
-        <v>93.941813534556928</v>
+        <v>93.941809079075185</v>
       </c>
       <c r="AM55" s="12">
-        <v>93.850052450302002</v>
+        <v>93.850047329924834</v>
       </c>
       <c r="AN55" s="12">
-        <v>94.064301688500606</v>
+        <v>94.064304242440471</v>
       </c>
       <c r="AO55" s="12">
-        <v>93.686217883035326</v>
+        <v>93.686218983094321</v>
       </c>
       <c r="AP55" s="12">
-        <v>93.845093948360272</v>
+        <v>93.845093929415128</v>
       </c>
       <c r="AQ55" s="12">
-        <v>94.888163287194715</v>
+        <v>94.88816555801111</v>
       </c>
       <c r="AR55" s="12">
-        <v>95.345015547756446</v>
+        <v>95.34501981586817</v>
       </c>
       <c r="AS55" s="12">
-        <v>95.3595040335438</v>
+        <v>95.35950229688919</v>
       </c>
       <c r="AT55" s="12">
-        <v>95.388484145769951</v>
+        <v>95.3884845475242</v>
       </c>
       <c r="AU55" s="12">
-        <v>95.354106070038696</v>
+        <v>95.35410286209121</v>
       </c>
       <c r="AV55" s="12">
-        <v>95.398426077321332</v>
+        <v>95.398418067450081</v>
       </c>
       <c r="AW55" s="12">
-        <v>95.54669099488369</v>
+        <v>95.546695768491801</v>
       </c>
       <c r="AX55" s="12">
-        <v>95.242220537174802</v>
+        <v>95.242220659249085</v>
       </c>
       <c r="AY55" s="12">
-        <v>95.918852301847494</v>
+        <v>95.918853476923843</v>
       </c>
       <c r="AZ55" s="12">
-        <v>96.390611845674925</v>
+        <v>96.390612229870669</v>
       </c>
       <c r="BA55" s="12">
-        <v>96.596349421534228</v>
+        <v>96.596350183088077</v>
       </c>
       <c r="BB55" s="12">
-        <v>96.157222887897618</v>
+        <v>96.157224925396051</v>
       </c>
       <c r="BC55" s="12">
-        <v>95.552401651402491</v>
+        <v>95.552403271674649</v>
       </c>
       <c r="BD55" s="12">
-        <v>95.320398472234302</v>
+        <v>95.320397685561971</v>
       </c>
       <c r="BE55" s="12">
-        <v>94.780243120498014</v>
+        <v>94.815060337287477</v>
       </c>
       <c r="BF55" s="12">
-        <v>94.520692385707378</v>
+        <v>94.575220469896578</v>
       </c>
       <c r="BG55" s="12">
-        <v>94.943900726228847</v>
+        <v>95.00250137052339</v>
       </c>
       <c r="BH55" s="12">
-        <v>95.041218340169038</v>
+        <v>95.096421681597391</v>
       </c>
       <c r="BI55" s="12">
-        <v>95.201511955997717</v>
+        <v>95.261979283445569</v>
       </c>
       <c r="BJ55" s="12">
-        <v>94.997399058396653</v>
+        <v>94.9909555116284</v>
+      </c>
+      <c r="BK55" s="12">
+        <v>95.177451801848591</v>
       </c>
     </row>
-    <row r="56" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A56" s="22" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B56" s="25" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D56" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E56" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F56" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G56" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H56" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I56" s="12">
-        <v>8.19356817136803</v>
+        <v>8.1935131022019316</v>
       </c>
       <c r="J56" s="12">
-        <v>7.5992006922146844</v>
+        <v>7.5992980928105736</v>
       </c>
       <c r="K56" s="12">
-        <v>7.2744842555265459</v>
+        <v>7.2745316267853823</v>
       </c>
       <c r="L56" s="12">
-        <v>7.5821655902122949</v>
+        <v>7.5821707900076456</v>
       </c>
       <c r="M56" s="12">
-        <v>7.6502798142089157</v>
+        <v>7.6502882403894983</v>
       </c>
       <c r="N56" s="12">
-        <v>6.6552568030154609</v>
+        <v>6.6552631635854871</v>
       </c>
       <c r="O56" s="12">
-        <v>6.840689188877068</v>
+        <v>6.8406922272549302</v>
       </c>
       <c r="P56" s="12">
-        <v>6.894474810550574</v>
+        <v>6.8944456803612635</v>
       </c>
       <c r="Q56" s="12">
-        <v>7.5110340339533757</v>
+        <v>7.5110472831825605</v>
       </c>
       <c r="R56" s="12">
-        <v>7.1154923086104507</v>
+        <v>7.1155287656340453</v>
       </c>
       <c r="S56" s="12">
-        <v>6.4698505845920771</v>
+        <v>6.4698280778523216</v>
       </c>
       <c r="T56" s="12">
-        <v>5.8566112979611091</v>
+        <v>5.8565920772772992</v>
       </c>
       <c r="U56" s="12">
-        <v>5.8683815487543329</v>
+        <v>5.8683872709230869</v>
       </c>
       <c r="V56" s="12">
-        <v>6.7049190919855342</v>
+        <v>6.704931449976133</v>
       </c>
       <c r="W56" s="12">
-        <v>6.1542157220429328</v>
+        <v>6.154200836816627</v>
       </c>
       <c r="X56" s="12">
-        <v>6.6172424111168855</v>
+        <v>6.6172353143812757</v>
       </c>
       <c r="Y56" s="12">
-        <v>6.4131557844322256</v>
+        <v>6.4131699552477244</v>
       </c>
       <c r="Z56" s="12">
-        <v>6.0127909308907919</v>
+        <v>6.0127987880695022</v>
       </c>
       <c r="AA56" s="12">
-        <v>6.0196854210030191</v>
+        <v>6.0196808226214413</v>
       </c>
       <c r="AB56" s="12">
-        <v>6.479856531861607</v>
+        <v>6.4798690488531747</v>
       </c>
       <c r="AC56" s="12">
-        <v>6.3492349884224311</v>
+        <v>6.3492396422762543</v>
       </c>
       <c r="AD56" s="12">
-        <v>6.6757689224586443</v>
+        <v>6.6757584100815892</v>
       </c>
       <c r="AE56" s="12">
-        <v>5.4476652443687055</v>
+        <v>5.447659144615483</v>
       </c>
       <c r="AF56" s="12">
-        <v>6.011589478727549</v>
+        <v>6.0115964827405355</v>
       </c>
       <c r="AG56" s="12">
-        <v>5.8044520037517335</v>
+        <v>5.8044442399897953</v>
       </c>
       <c r="AH56" s="12">
-        <v>6.5003507150336262</v>
+        <v>6.5003576162973129</v>
       </c>
       <c r="AI56" s="12">
-        <v>6.6192148707776646</v>
+        <v>6.619210715437716</v>
       </c>
       <c r="AJ56" s="12">
-        <v>6.203484290198384</v>
+        <v>6.2034866483753932</v>
       </c>
       <c r="AK56" s="12">
-        <v>6.2074829038611448</v>
+        <v>6.2074798943554592</v>
       </c>
       <c r="AL56" s="12">
-        <v>5.7379253195722724</v>
+        <v>5.7379212279439322</v>
       </c>
       <c r="AM56" s="12">
-        <v>5.8181497458150471</v>
+        <v>5.818149686644877</v>
       </c>
       <c r="AN56" s="12">
-        <v>5.7037918056299759</v>
+        <v>5.7037921310241426</v>
       </c>
       <c r="AO56" s="12">
-        <v>6.1234262732715061</v>
+        <v>6.1234264463869721</v>
       </c>
       <c r="AP56" s="12">
-        <v>5.9726961111084202</v>
+        <v>5.9726927832587693</v>
       </c>
       <c r="AQ56" s="12">
-        <v>4.9237135870819282</v>
+        <v>4.9237092384786543</v>
       </c>
       <c r="AR56" s="12">
-        <v>4.4580524987110355</v>
+        <v>4.4580520825605454</v>
       </c>
       <c r="AS56" s="12">
-        <v>4.4226414258977718</v>
+        <v>4.4226398756073744</v>
       </c>
       <c r="AT56" s="12">
-        <v>4.4326176202030023</v>
+        <v>4.4326199759778273</v>
       </c>
       <c r="AU56" s="12">
-        <v>4.5050213673083537</v>
+        <v>4.5050213447198475</v>
       </c>
       <c r="AV56" s="12">
-        <v>4.5041402311226015</v>
+        <v>4.5041415515137562</v>
       </c>
       <c r="AW56" s="12">
-        <v>4.3279755362006327</v>
+        <v>4.3279726123919744</v>
       </c>
       <c r="AX56" s="12">
-        <v>4.6423674578301517</v>
+        <v>4.642367472139088</v>
       </c>
       <c r="AY56" s="12">
-        <v>3.9883846579629769</v>
+        <v>3.9883858137097175</v>
       </c>
       <c r="AZ56" s="12">
-        <v>3.5180768976234593</v>
+        <v>3.5180775632356958</v>
       </c>
       <c r="BA56" s="12">
-        <v>3.2775683020415647</v>
+        <v>3.2775667116627085</v>
       </c>
       <c r="BB56" s="12">
-        <v>3.5633549675957754</v>
+        <v>3.5633565298736243</v>
       </c>
       <c r="BC56" s="12">
-        <v>3.9373527930628844</v>
+        <v>3.9373551978124754</v>
       </c>
       <c r="BD56" s="12">
-        <v>4.0848710975408782</v>
+        <v>4.0848705457974006</v>
       </c>
       <c r="BE56" s="12">
-        <v>4.5721566829896467</v>
+        <v>4.5376873360235663</v>
       </c>
       <c r="BF56" s="12">
-        <v>4.8099389226717584</v>
+        <v>4.7599896616683894</v>
       </c>
       <c r="BG56" s="12">
-        <v>4.2085429546909356</v>
+        <v>4.1653891280441186</v>
       </c>
       <c r="BH56" s="12">
-        <v>3.9942061100042099</v>
+        <v>3.9500281360859959</v>
       </c>
       <c r="BI56" s="12">
-        <v>3.6366056538643181</v>
+        <v>3.5919309823319381</v>
       </c>
       <c r="BJ56" s="12">
-        <v>4.1915181434327469</v>
+        <v>4.2035066936494694</v>
+      </c>
+      <c r="BK56" s="12">
+        <v>4.7696223340765069</v>
       </c>
     </row>
-    <row r="57" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A57" s="22" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B57" s="25" t="s">
         <v>27</v>
       </c>
       <c r="C57" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D57" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E57" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F57" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G57" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H57" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I57" s="12" t="s">
         <v>3</v>
       </c>
@@ -35099,131 +35645,134 @@
       <c r="AC57" s="12">
         <v>96.660940529331313</v>
       </c>
       <c r="AD57" s="12">
         <v>96.028725676415291</v>
       </c>
       <c r="AE57" s="12">
         <v>95.602572771553767</v>
       </c>
       <c r="AF57" s="12">
         <v>95.505137900831045</v>
       </c>
       <c r="AG57" s="12">
         <v>95.657705187929139</v>
       </c>
       <c r="AH57" s="12">
         <v>95.695784667698575</v>
       </c>
       <c r="AI57" s="12">
         <v>95.914667452477005</v>
       </c>
       <c r="AJ57" s="12">
         <v>95.820772185597761</v>
       </c>
       <c r="AK57" s="12">
-        <v>96.347049676590132</v>
+        <v>96.347049695042983</v>
       </c>
       <c r="AL57" s="12">
-        <v>96.576871685446378</v>
+        <v>96.576871712997672</v>
       </c>
       <c r="AM57" s="12">
-        <v>96.285074724595688</v>
+        <v>96.285074758409351</v>
       </c>
       <c r="AN57" s="12">
-        <v>96.086429445877002</v>
+        <v>96.086429388337891</v>
       </c>
       <c r="AO57" s="12">
-        <v>95.917806113485071</v>
+        <v>95.917806144528043</v>
       </c>
       <c r="AP57" s="12">
-        <v>95.810442097128316</v>
+        <v>95.810442084347585</v>
       </c>
       <c r="AQ57" s="12">
-        <v>95.56359414470414</v>
+        <v>95.563594157721226</v>
       </c>
       <c r="AR57" s="12">
-        <v>95.145347578168284</v>
+        <v>95.145347611095303</v>
       </c>
       <c r="AS57" s="12">
-        <v>95.091137739364527</v>
+        <v>95.09113780040812</v>
       </c>
       <c r="AT57" s="12">
-        <v>94.988655618754379</v>
+        <v>94.988655641622202</v>
       </c>
       <c r="AU57" s="12">
-        <v>95.127491452202364</v>
+        <v>95.127491493561649</v>
       </c>
       <c r="AV57" s="12">
-        <v>94.904013102407319</v>
+        <v>94.904013130235484</v>
       </c>
       <c r="AW57" s="12">
-        <v>94.912081178928702</v>
+        <v>94.912081170028955</v>
       </c>
       <c r="AX57" s="12">
-        <v>94.578748375601592</v>
+        <v>94.578748382215466</v>
       </c>
       <c r="AY57" s="12">
-        <v>93.75274367673488</v>
+        <v>93.752743680188672</v>
       </c>
       <c r="AZ57" s="12">
-        <v>93.634731592864881</v>
+        <v>93.634731617407652</v>
       </c>
       <c r="BA57" s="12">
-        <v>93.417395734141522</v>
+        <v>93.417395741311353</v>
       </c>
       <c r="BB57" s="12">
-        <v>94.234899721051434</v>
+        <v>94.234899747575625</v>
       </c>
       <c r="BC57" s="12">
-        <v>94.497193816327041</v>
+        <v>94.497193816794592</v>
       </c>
       <c r="BD57" s="12">
-        <v>94.325344905809516</v>
+        <v>94.325344886107771</v>
       </c>
       <c r="BE57" s="12">
-        <v>94.327790188234246</v>
+        <v>94.327790181564808</v>
       </c>
       <c r="BF57" s="12">
-        <v>94.232852808818947</v>
+        <v>94.232852812888993</v>
       </c>
       <c r="BG57" s="12">
-        <v>94.571305148821665</v>
+        <v>94.571305143618929</v>
       </c>
       <c r="BH57" s="12">
-        <v>94.144368196927161</v>
+        <v>94.144368206935638</v>
       </c>
       <c r="BI57" s="12">
-        <v>93.755149496652024</v>
+        <v>93.755091942788511</v>
       </c>
       <c r="BJ57" s="12">
-        <v>93.894524856707264</v>
+        <v>93.735804640600236</v>
+      </c>
+      <c r="BK57" s="12">
+        <v>93.869963139847343</v>
       </c>
     </row>
-    <row r="58" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A58" s="22" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B58" s="25" t="s">
         <v>27</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D58" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E58" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F58" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G58" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H58" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I58" s="12" t="s">
         <v>3</v>
       </c>
@@ -35287,131 +35836,134 @@
       <c r="AC58" s="12">
         <v>2.1097052204577253</v>
       </c>
       <c r="AD58" s="12">
         <v>2.6086190580513731</v>
       </c>
       <c r="AE58" s="12">
         <v>2.816712339194178</v>
       </c>
       <c r="AF58" s="12">
         <v>2.8493452113909719</v>
       </c>
       <c r="AG58" s="12">
         <v>2.8208078426970493</v>
       </c>
       <c r="AH58" s="12">
         <v>2.8128462297889532</v>
       </c>
       <c r="AI58" s="12">
         <v>2.8177714724474634</v>
       </c>
       <c r="AJ58" s="12">
         <v>3.050538268943698</v>
       </c>
       <c r="AK58" s="12">
-        <v>2.5824968921895635</v>
+        <v>2.5824968735316882</v>
       </c>
       <c r="AL58" s="12">
-        <v>2.4448614435053755</v>
+        <v>2.4448614156750108</v>
       </c>
       <c r="AM58" s="12">
-        <v>2.6701023209554897</v>
+        <v>2.6701023381738085</v>
       </c>
       <c r="AN58" s="12">
-        <v>2.8052565928246329</v>
+        <v>2.8052566372857455</v>
       </c>
       <c r="AO58" s="12">
-        <v>2.8373241624283616</v>
+        <v>2.8373241993046245</v>
       </c>
       <c r="AP58" s="12">
-        <v>2.8572750960535647</v>
+        <v>2.8572751212483474</v>
       </c>
       <c r="AQ58" s="12">
-        <v>2.9132656432577049</v>
+        <v>2.9132656236634156</v>
       </c>
       <c r="AR58" s="12">
-        <v>3.2209316820241183</v>
+        <v>3.2209316517530957</v>
       </c>
       <c r="AS58" s="12">
-        <v>3.1978515249453032</v>
+        <v>3.197851561803962</v>
       </c>
       <c r="AT58" s="12">
-        <v>3.2504745175827998</v>
+        <v>3.2504745308946426</v>
       </c>
       <c r="AU58" s="12">
-        <v>3.1527567055829313</v>
+        <v>3.1527567240664847</v>
       </c>
       <c r="AV58" s="12">
-        <v>3.2927904157294776</v>
+        <v>3.2927904282289129</v>
       </c>
       <c r="AW58" s="12">
-        <v>3.397348841733506</v>
+        <v>3.3973488319566716</v>
       </c>
       <c r="AX58" s="12">
-        <v>3.7681536450486357</v>
+        <v>3.7681536249396186</v>
       </c>
       <c r="AY58" s="12">
-        <v>4.4706228617122967</v>
+        <v>4.4706228828774828</v>
       </c>
       <c r="AZ58" s="12">
-        <v>4.5492226133398663</v>
+        <v>4.5492226011727155</v>
       </c>
       <c r="BA58" s="12">
-        <v>4.8012334701982189</v>
+        <v>4.801233477085658</v>
       </c>
       <c r="BB58" s="12">
-        <v>4.1830411498484921</v>
+        <v>4.1830411452997209</v>
       </c>
       <c r="BC58" s="12">
-        <v>3.9790545168227784</v>
+        <v>3.9790545117240907</v>
       </c>
       <c r="BD58" s="12">
-        <v>4.0873357099649272</v>
+        <v>4.0873357185528043</v>
       </c>
       <c r="BE58" s="12">
-        <v>4.0474989037537101</v>
+        <v>4.0474989107852997</v>
       </c>
       <c r="BF58" s="12">
-        <v>4.0981891615897661</v>
+        <v>4.0981891583370329</v>
       </c>
       <c r="BG58" s="12">
-        <v>3.884459869800474</v>
+        <v>3.8844598649051689</v>
       </c>
       <c r="BH58" s="12">
-        <v>4.1015599447388373</v>
+        <v>4.1015599525445694</v>
       </c>
       <c r="BI58" s="12">
-        <v>4.4193390199900966</v>
+        <v>4.4193363072831966</v>
       </c>
       <c r="BJ58" s="12">
-        <v>4.5465413935423395</v>
+        <v>4.5388558691512415</v>
+      </c>
+      <c r="BK58" s="12">
+        <v>4.5320366638434262</v>
       </c>
     </row>
-    <row r="59" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A59" s="22" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B59" s="25" t="s">
         <v>27</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D59" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E59" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F59" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G59" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H59" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I59" s="12" t="s">
         <v>3</v>
       </c>
@@ -35475,236 +36027,239 @@
       <c r="AC59" s="12">
         <v>1.2293542502109607</v>
       </c>
       <c r="AD59" s="12">
         <v>1.3626552655333291</v>
       </c>
       <c r="AE59" s="12">
         <v>1.5807148892520748</v>
       </c>
       <c r="AF59" s="12">
         <v>1.6455168877779913</v>
       </c>
       <c r="AG59" s="12">
         <v>1.5214869693738191</v>
       </c>
       <c r="AH59" s="12">
         <v>1.4913691025124756</v>
       </c>
       <c r="AI59" s="12">
         <v>1.26756107507553</v>
       </c>
       <c r="AJ59" s="12">
         <v>1.1286895454585255</v>
       </c>
       <c r="AK59" s="12">
-        <v>1.0704534312203058</v>
+        <v>1.0704534314253242</v>
       </c>
       <c r="AL59" s="12">
-        <v>0.97826687104822907</v>
+        <v>0.97826687132730739</v>
       </c>
       <c r="AM59" s="12">
-        <v>1.0448229544488219</v>
+        <v>1.0448229034168355</v>
       </c>
       <c r="AN59" s="12">
-        <v>1.1083139612983637</v>
+        <v>1.108313974376371</v>
       </c>
       <c r="AO59" s="12">
-        <v>1.2448697240865538</v>
+        <v>1.2448697625387184</v>
       </c>
       <c r="AP59" s="12">
-        <v>1.3322828068181138</v>
+        <v>1.3322827944040645</v>
       </c>
       <c r="AQ59" s="12">
-        <v>1.5231402120381523</v>
+        <v>1.523140218615344</v>
       </c>
       <c r="AR59" s="12">
-        <v>1.6337207398076019</v>
+        <v>1.6337207371515794</v>
       </c>
       <c r="AS59" s="12">
-        <v>1.7110107356901685</v>
+        <v>1.7110107189659465</v>
       </c>
       <c r="AT59" s="12">
-        <v>1.7608698636635338</v>
+        <v>1.7608698998366727</v>
       </c>
       <c r="AU59" s="12">
-        <v>1.719751842213417</v>
+        <v>1.7197518466183246</v>
       </c>
       <c r="AV59" s="12">
-        <v>1.8031964818631989</v>
+        <v>1.8031965074826228</v>
       </c>
       <c r="AW59" s="12">
-        <v>1.6905699793348661</v>
+        <v>1.690569998014372</v>
       </c>
       <c r="AX59" s="12">
-        <v>1.6530979793481664</v>
+        <v>1.653097992844907</v>
       </c>
       <c r="AY59" s="12">
-        <v>1.7766334615513204</v>
+        <v>1.7766334369338443</v>
       </c>
       <c r="AZ59" s="12">
-        <v>1.8160457937952486</v>
+        <v>1.8160457814196391</v>
       </c>
       <c r="BA59" s="12">
-        <v>1.781370795658145</v>
+        <v>1.7813707816029973</v>
       </c>
       <c r="BB59" s="12">
-        <v>1.5820591291014301</v>
+        <v>1.5820591409830078</v>
       </c>
       <c r="BC59" s="12">
-        <v>1.5237516668498798</v>
+        <v>1.523751671481322</v>
       </c>
       <c r="BD59" s="12">
-        <v>1.5873193842261306</v>
+        <v>1.5873193953394333</v>
       </c>
       <c r="BE59" s="12">
-        <v>1.6247109080120341</v>
+        <v>1.6247109076498911</v>
       </c>
       <c r="BF59" s="12">
-        <v>1.6689580295912891</v>
+        <v>1.6689580287739869</v>
       </c>
       <c r="BG59" s="12">
-        <v>1.5442349813780976</v>
+        <v>1.5442349914758835</v>
       </c>
       <c r="BH59" s="12">
-        <v>1.7540718583348678</v>
+        <v>1.7540718629798064</v>
       </c>
       <c r="BI59" s="12">
-        <v>1.8255114833570882</v>
+        <v>1.8255717499282917</v>
       </c>
       <c r="BJ59" s="12">
-        <v>1.5589337497505604</v>
+        <v>1.7253394902485275</v>
+      </c>
+      <c r="BK59" s="12">
+        <v>1.5980001963092123</v>
       </c>
     </row>
-    <row r="60" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A60" s="22" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B60" s="25" t="s">
         <v>28</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D60" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E60" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F60" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G60" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H60" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I60" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J60" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K60" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L60" s="12">
-        <v>97.309173026433015</v>
+        <v>97.309173835841605</v>
       </c>
       <c r="M60" s="12">
-        <v>97.248411862821939</v>
+        <v>97.248411295660688</v>
       </c>
       <c r="N60" s="12">
-        <v>97.319001343624066</v>
+        <v>97.318999696673984</v>
       </c>
       <c r="O60" s="12">
-        <v>96.629727997068713</v>
+        <v>96.629728405004371</v>
       </c>
       <c r="P60" s="12">
-        <v>96.185950413223139</v>
+        <v>96.185951672894547</v>
       </c>
       <c r="Q60" s="12">
-        <v>95.98702572225919</v>
+        <v>95.987025289538025</v>
       </c>
       <c r="R60" s="12">
-        <v>96.350467618310688</v>
+        <v>96.350466593478288</v>
       </c>
       <c r="S60" s="12">
-        <v>96.58280378679811</v>
+        <v>96.582803417193745</v>
       </c>
       <c r="T60" s="12">
-        <v>96.354852876591593</v>
+        <v>96.354852971314884</v>
       </c>
       <c r="U60" s="12">
-        <v>96.237682890414916</v>
+        <v>96.237683356864807</v>
       </c>
       <c r="V60" s="12">
-        <v>96.455255322734416</v>
+        <v>96.455255513496496</v>
       </c>
       <c r="W60" s="12">
-        <v>96.231658514895699</v>
+        <v>96.231659552377423</v>
       </c>
       <c r="X60" s="12">
-        <v>96.115935851669278</v>
+        <v>96.115935598879659</v>
       </c>
       <c r="Y60" s="12">
-        <v>96.394377673659704</v>
+        <v>96.394378707923622</v>
       </c>
       <c r="Z60" s="12">
-        <v>96.283719150564778</v>
+        <v>96.283718407095847</v>
       </c>
       <c r="AA60" s="12">
-        <v>96.355123026073869</v>
+        <v>96.355122930782173</v>
       </c>
       <c r="AB60" s="12">
-        <v>96.044885945547392</v>
+        <v>96.04488579453303</v>
       </c>
       <c r="AC60" s="12">
-        <v>96.193125027162395</v>
+        <v>96.193123792764666</v>
       </c>
       <c r="AD60" s="12">
-        <v>96.117416829745736</v>
+        <v>96.117417464052465</v>
       </c>
       <c r="AE60" s="12">
-        <v>96.161707926416227</v>
+        <v>96.161708237119825</v>
       </c>
       <c r="AF60" s="12">
-        <v>97.157925578670159</v>
+        <v>97.157925958927422</v>
       </c>
       <c r="AG60" s="12">
-        <v>96.08272239851425</v>
+        <v>96.082722018216089</v>
       </c>
       <c r="AH60" s="12">
-        <v>95.572538994862484</v>
+        <v>95.572538653355849</v>
       </c>
       <c r="AI60" s="12">
-        <v>95.436611919899121</v>
+        <v>95.436611741793271</v>
       </c>
       <c r="AJ60" s="12">
-        <v>95.329139903529324</v>
+        <v>95.329139335275642</v>
       </c>
       <c r="AK60" s="12">
         <v>95.393397552939192</v>
       </c>
       <c r="AL60" s="12">
         <v>95.64612058180046</v>
       </c>
       <c r="AM60" s="12">
         <v>95.696662350740908</v>
       </c>
       <c r="AN60" s="12">
         <v>95.636592486408063</v>
       </c>
       <c r="AO60" s="12">
         <v>95.606581294488407</v>
       </c>
       <c r="AP60" s="12">
         <v>95.386597938144334</v>
       </c>
       <c r="AQ60" s="12">
         <v>95.18940072405951</v>
       </c>
       <c r="AR60" s="12">
         <v>95.150377694018601</v>
       </c>
@@ -35738,161 +36293,164 @@
       <c r="BB60" s="12">
         <v>95.000939893792008</v>
       </c>
       <c r="BC60" s="12">
         <v>95.233018916474904</v>
       </c>
       <c r="BD60" s="12">
         <v>95.323991584725093</v>
       </c>
       <c r="BE60" s="12">
         <v>95.398237750501195</v>
       </c>
       <c r="BF60" s="12">
         <v>95.472941648185042</v>
       </c>
       <c r="BG60" s="12">
         <v>95.402713739128259</v>
       </c>
       <c r="BH60" s="12">
         <v>95.410135925403722</v>
       </c>
       <c r="BI60" s="12">
         <v>95.450496292673904</v>
       </c>
       <c r="BJ60" s="12">
-        <v>95.795354807965822</v>
+        <v>95.805745938893011</v>
+      </c>
+      <c r="BK60" s="12">
+        <v>97.062943528813477</v>
       </c>
     </row>
-    <row r="61" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A61" s="22" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B61" s="25" t="s">
         <v>28</v>
       </c>
       <c r="C61" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D61" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E61" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F61" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G61" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H61" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I61" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J61" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K61" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L61" s="12">
-        <v>1.3522153749881032</v>
+        <v>1.3522167657515245</v>
       </c>
       <c r="M61" s="12">
-        <v>1.3769770385529763</v>
+        <v>1.3769765916325654</v>
       </c>
       <c r="N61" s="12">
-        <v>1.153016904665183</v>
+        <v>1.1530175888921392</v>
       </c>
       <c r="O61" s="12">
-        <v>1.4195439142778814</v>
+        <v>1.419543232414489</v>
       </c>
       <c r="P61" s="12">
-        <v>1.7231404958677632</v>
+        <v>1.7231409547921457</v>
       </c>
       <c r="Q61" s="12">
-        <v>2.1724372029870906</v>
+        <v>2.1724371747742839</v>
       </c>
       <c r="R61" s="12">
-        <v>2.0251740383939136</v>
+        <v>2.0251739890319675</v>
       </c>
       <c r="S61" s="12">
-        <v>1.9387887433536348</v>
+        <v>1.9387889611876541</v>
       </c>
       <c r="T61" s="12">
-        <v>2.1895978417717834</v>
+        <v>2.1895978943377541</v>
       </c>
       <c r="U61" s="12">
-        <v>2.3589131083906243</v>
+        <v>2.3589133068380144</v>
       </c>
       <c r="V61" s="12">
-        <v>2.2189764619965704</v>
+        <v>2.2189766506024404</v>
       </c>
       <c r="W61" s="12">
-        <v>2.2676745220098176</v>
+        <v>2.2676741903423414</v>
       </c>
       <c r="X61" s="12">
-        <v>2.3922425275720376</v>
+        <v>2.3922423208855128</v>
       </c>
       <c r="Y61" s="12">
-        <v>2.2255041760032435</v>
+        <v>2.2255046931919087</v>
       </c>
       <c r="Z61" s="12">
-        <v>2.372297685096632</v>
+        <v>2.3722978097137948</v>
       </c>
       <c r="AA61" s="12">
-        <v>2.2952625780389297</v>
+        <v>2.295262502994138</v>
       </c>
       <c r="AB61" s="12">
-        <v>2.3868653421633295</v>
+        <v>2.3868650208366335</v>
       </c>
       <c r="AC61" s="12">
-        <v>2.3771239841815595</v>
+        <v>2.3771241821177123</v>
       </c>
       <c r="AD61" s="12">
-        <v>2.2857142857142856</v>
+        <v>2.2857138914245447</v>
       </c>
       <c r="AE61" s="12">
-        <v>2.3544552956318534</v>
+        <v>2.3544553518367173</v>
       </c>
       <c r="AF61" s="12">
-        <v>2.0619689422795595</v>
+        <v>2.0619692550816122</v>
       </c>
       <c r="AG61" s="12">
-        <v>2.5604551920342287</v>
+        <v>2.560455094849392</v>
       </c>
       <c r="AH61" s="12">
-        <v>3.1122548806740471</v>
+        <v>3.1122546589827844</v>
       </c>
       <c r="AI61" s="12">
-        <v>3.3619648902181942</v>
+        <v>3.3619647001192785</v>
       </c>
       <c r="AJ61" s="12">
-        <v>3.4142774976177681</v>
+        <v>3.4142775635919533</v>
       </c>
       <c r="AK61" s="12">
         <v>3.4670192448949608</v>
       </c>
       <c r="AL61" s="12">
         <v>3.2978102283444866</v>
       </c>
       <c r="AM61" s="12">
         <v>3.3460413369778932</v>
       </c>
       <c r="AN61" s="12">
         <v>3.4852484426807453</v>
       </c>
       <c r="AO61" s="12">
         <v>3.6154946514159354</v>
       </c>
       <c r="AP61" s="12">
         <v>3.8245181532944863</v>
       </c>
       <c r="AQ61" s="12">
         <v>3.9535603211046522</v>
       </c>
       <c r="AR61" s="12">
         <v>3.9770635780610846</v>
       </c>
@@ -35926,56 +36484,59 @@
       <c r="BB61" s="12">
         <v>3.7944295627927378</v>
       </c>
       <c r="BC61" s="12">
         <v>3.6281695939537859</v>
       </c>
       <c r="BD61" s="12">
         <v>3.5530382853002229</v>
       </c>
       <c r="BE61" s="12">
         <v>3.4805426609567829</v>
       </c>
       <c r="BF61" s="12">
         <v>3.4043779523612621</v>
       </c>
       <c r="BG61" s="12">
         <v>3.4912005925907326</v>
       </c>
       <c r="BH61" s="12">
         <v>3.3988679234221428</v>
       </c>
       <c r="BI61" s="12">
         <v>3.2053501804099866</v>
       </c>
       <c r="BJ61" s="12">
-        <v>3.1633305535767686</v>
+        <v>3.1555128708837183</v>
+      </c>
+      <c r="BK61" s="12">
+        <v>2.0535817479947296</v>
       </c>
     </row>
-    <row r="62" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A62" s="22" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B62" s="25" t="s">
         <v>29</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D62" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E62" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F62" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G62" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H62" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I62" s="12" t="s">
         <v>3</v>
       </c>
@@ -36090,80 +36651,83 @@
       <c r="AT62" s="12">
         <v>94.171376822908528</v>
       </c>
       <c r="AU62" s="12">
         <v>93.556250501162694</v>
       </c>
       <c r="AV62" s="12">
         <v>92.89843382402367</v>
       </c>
       <c r="AW62" s="12">
         <v>92.842240410848987</v>
       </c>
       <c r="AX62" s="12">
         <v>92.815491933862305</v>
       </c>
       <c r="AY62" s="12">
         <v>93.128205128205138</v>
       </c>
       <c r="AZ62" s="12">
         <v>93.113718536578602</v>
       </c>
       <c r="BA62" s="12">
         <v>93.148324609380097</v>
       </c>
       <c r="BB62" s="12">
-        <v>93.19746254555271</v>
+        <v>93.197379076787158</v>
       </c>
       <c r="BC62" s="12">
         <v>93.347200554688854</v>
       </c>
       <c r="BD62" s="12">
         <v>93.4865486591859</v>
       </c>
       <c r="BE62" s="12">
         <v>93.449108153311499</v>
       </c>
       <c r="BF62" s="12">
         <v>93.141870526706754</v>
       </c>
       <c r="BG62" s="12">
         <v>93.853593549949821</v>
       </c>
       <c r="BH62" s="12">
-        <v>93.828377851820633</v>
+        <v>93.828230616302193</v>
       </c>
       <c r="BI62" s="12">
-        <v>93.616289205266625</v>
+        <v>93.61916771752837</v>
       </c>
       <c r="BJ62" s="12">
-        <v>93.458868757341691</v>
+        <v>93.506475175553135</v>
+      </c>
+      <c r="BK62" s="12">
+        <v>92.838220325985418</v>
       </c>
     </row>
-    <row r="63" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A63" s="22" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B63" s="25" t="s">
         <v>29</v>
       </c>
       <c r="C63" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D63" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E63" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F63" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G63" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H63" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I63" s="12" t="s">
         <v>3</v>
       </c>
@@ -36278,80 +36842,83 @@
       <c r="AT63" s="12">
         <v>5.8286231770914645</v>
       </c>
       <c r="AU63" s="12">
         <v>6.4437494988373016</v>
       </c>
       <c r="AV63" s="12">
         <v>7.1015661759763402</v>
       </c>
       <c r="AW63" s="12">
         <v>7.1577595891510191</v>
       </c>
       <c r="AX63" s="12">
         <v>7.1845080661376874</v>
       </c>
       <c r="AY63" s="12">
         <v>6.8717948717948714</v>
       </c>
       <c r="AZ63" s="12">
         <v>6.8862814634213914</v>
       </c>
       <c r="BA63" s="12">
         <v>6.8516753906199002</v>
       </c>
       <c r="BB63" s="12">
-        <v>6.8025374544472941</v>
+        <v>6.8026209232128387</v>
       </c>
       <c r="BC63" s="12">
         <v>6.6527994453111461</v>
       </c>
       <c r="BD63" s="12">
         <v>6.5134513408140995</v>
       </c>
       <c r="BE63" s="12">
         <v>6.5508918466885007</v>
       </c>
       <c r="BF63" s="12">
         <v>6.8581294732932481</v>
       </c>
       <c r="BG63" s="12">
         <v>6.1464064500501747</v>
       </c>
       <c r="BH63" s="12">
-        <v>6.1716221481793676</v>
+        <v>6.1717693836978134</v>
       </c>
       <c r="BI63" s="12">
-        <v>6.3837107947333811</v>
+        <v>6.3808322824716264</v>
       </c>
       <c r="BJ63" s="12">
-        <v>6.541131242658313</v>
+        <v>6.4935248244468751</v>
+      </c>
+      <c r="BK63" s="12">
+        <v>7.1617796740145847</v>
       </c>
     </row>
-    <row r="64" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A64" s="22" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B64" s="25" t="s">
         <v>30</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D64" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E64" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F64" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G64" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H64" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I64" s="12" t="s">
         <v>3</v>
       </c>
@@ -36487,59 +37054,62 @@
       <c r="BA64" s="12">
         <v>86.144097522083186</v>
       </c>
       <c r="BB64" s="12">
         <v>84.669691040542389</v>
       </c>
       <c r="BC64" s="12">
         <v>83.895941940776424</v>
       </c>
       <c r="BD64" s="12">
         <v>84.179007206313855</v>
       </c>
       <c r="BE64" s="12">
         <v>84.786970721161893</v>
       </c>
       <c r="BF64" s="12">
         <v>84.664874830751017</v>
       </c>
       <c r="BG64" s="12">
         <v>83.283872551616696</v>
       </c>
       <c r="BH64" s="12">
         <v>84.135704300711367</v>
       </c>
       <c r="BI64" s="12">
-        <v>89.721123314820062</v>
+        <v>89.710781048718388</v>
       </c>
       <c r="BJ64" s="12">
-        <v>87.166990100249507</v>
+        <v>87.376578639829518</v>
+      </c>
+      <c r="BK64" s="12">
+        <v>86.653154874252238</v>
       </c>
     </row>
-    <row r="65" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A65" s="22" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B65" s="25" t="s">
         <v>30</v>
       </c>
       <c r="C65" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D65" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E65" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F65" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G65" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H65" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I65" s="12" t="s">
         <v>3</v>
       </c>
@@ -36675,59 +37245,62 @@
       <c r="BA65" s="12">
         <v>13.855902477916818</v>
       </c>
       <c r="BB65" s="12">
         <v>15.330308959457611</v>
       </c>
       <c r="BC65" s="12">
         <v>16.104058059223583</v>
       </c>
       <c r="BD65" s="12">
         <v>15.820992793686134</v>
       </c>
       <c r="BE65" s="12">
         <v>15.213029278838105</v>
       </c>
       <c r="BF65" s="12">
         <v>15.33512516924897</v>
       </c>
       <c r="BG65" s="12">
         <v>16.716127448383315</v>
       </c>
       <c r="BH65" s="12">
         <v>15.864295699288631</v>
       </c>
       <c r="BI65" s="12">
-        <v>10.278876685179934</v>
+        <v>10.289218951281615</v>
       </c>
       <c r="BJ65" s="12">
-        <v>12.833009899750495</v>
+        <v>12.623421360170486</v>
+      </c>
+      <c r="BK65" s="12">
+        <v>13.34684512574777</v>
       </c>
     </row>
-    <row r="66" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A66" s="22" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B66" s="25" t="s">
         <v>31</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D66" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E66" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F66" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G66" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H66" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I66" s="12" t="s">
         <v>3</v>
       </c>
@@ -36854,68 +37427,71 @@
       <c r="AX66" s="12">
         <v>87.296394054656204</v>
       </c>
       <c r="AY66" s="12">
         <v>87.013240695701484</v>
       </c>
       <c r="AZ66" s="12">
         <v>86.97586165758662</v>
       </c>
       <c r="BA66" s="12">
         <v>86.604080948406875</v>
       </c>
       <c r="BB66" s="12">
         <v>86.642216035367809</v>
       </c>
       <c r="BC66" s="12">
         <v>86.626454100749044</v>
       </c>
       <c r="BD66" s="12">
         <v>86.773634764779189</v>
       </c>
       <c r="BE66" s="12">
         <v>86.741382247181065</v>
       </c>
       <c r="BF66" s="12">
-        <v>86.83525372526222</v>
+        <v>86.833307451004742</v>
       </c>
       <c r="BG66" s="12">
-        <v>87.096281361576018</v>
+        <v>87.096312407220722</v>
       </c>
       <c r="BH66" s="12">
-        <v>87.523222892127734</v>
+        <v>87.531783443115799</v>
       </c>
       <c r="BI66" s="12">
-        <v>87.36038625955787</v>
+        <v>87.360039504902161</v>
       </c>
       <c r="BJ66" s="12">
-        <v>89.413908498172347</v>
+        <v>89.328578861423509</v>
+      </c>
+      <c r="BK66" s="12">
+        <v>86.175014352933772</v>
       </c>
     </row>
-    <row r="67" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A67" s="22" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B67" s="25" t="s">
         <v>31</v>
       </c>
       <c r="C67" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D67" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E67" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F67" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G67" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H67" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I67" s="12" t="s">
         <v>3</v>
       </c>
@@ -37042,444 +37618,453 @@
       <c r="AX67" s="12">
         <v>12.31641593320019</v>
       </c>
       <c r="AY67" s="12">
         <v>12.575405321557017</v>
       </c>
       <c r="AZ67" s="12">
         <v>12.616814465962609</v>
       </c>
       <c r="BA67" s="12">
         <v>12.960783098940587</v>
       </c>
       <c r="BB67" s="12">
         <v>12.862264868141239</v>
       </c>
       <c r="BC67" s="12">
         <v>12.831785830296754</v>
       </c>
       <c r="BD67" s="12">
         <v>12.702277527861492</v>
       </c>
       <c r="BE67" s="12">
         <v>12.734061801301799</v>
       </c>
       <c r="BF67" s="12">
-        <v>12.610366638345234</v>
+        <v>12.612230953194398</v>
       </c>
       <c r="BG67" s="12">
-        <v>12.37513112434919</v>
+        <v>12.37510135045725</v>
       </c>
       <c r="BH67" s="12">
-        <v>11.864645489736361</v>
+        <v>11.856504933742453</v>
       </c>
       <c r="BI67" s="12">
-        <v>11.84121281263214</v>
+        <v>11.841537663988861</v>
       </c>
       <c r="BJ67" s="12">
-        <v>10.081912408064527</v>
+        <v>10.171899965062005</v>
+      </c>
+      <c r="BK67" s="12">
+        <v>13.326118142258183</v>
       </c>
     </row>
-    <row r="68" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A68" s="22" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B68" s="25" t="s">
         <v>32</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D68" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E68" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F68" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G68" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H68" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I68" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J68" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K68" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L68" s="12">
-        <v>99.705939378273087</v>
+        <v>99.70587854209046</v>
       </c>
       <c r="M68" s="12">
-        <v>99.787462937209796</v>
+        <v>99.787476919677857</v>
       </c>
       <c r="N68" s="12">
-        <v>99.961395343850498</v>
+        <v>99.961517293569315</v>
       </c>
       <c r="O68" s="12">
-        <v>99.963452905891444</v>
+        <v>99.963364828961559</v>
       </c>
       <c r="P68" s="12">
-        <v>96.256359986930732</v>
+        <v>96.256346068362078</v>
       </c>
       <c r="Q68" s="12">
-        <v>96.093885078666673</v>
+        <v>96.093907219343748</v>
       </c>
       <c r="R68" s="12">
-        <v>96.191631947936258</v>
+        <v>96.191597836698634</v>
       </c>
       <c r="S68" s="12">
-        <v>96.39006637145242</v>
+        <v>96.390083869266732</v>
       </c>
       <c r="T68" s="12">
-        <v>96.538752505761337</v>
+        <v>96.538802024667731</v>
       </c>
       <c r="U68" s="12">
-        <v>96.623817659066958</v>
+        <v>96.623825773871943</v>
       </c>
       <c r="V68" s="12">
-        <v>96.70384582203431</v>
+        <v>96.703826860402486</v>
       </c>
       <c r="W68" s="12">
-        <v>96.542013473221516</v>
+        <v>96.542004565526426</v>
       </c>
       <c r="X68" s="12">
-        <v>96.459488629685325</v>
+        <v>96.459499545476291</v>
       </c>
       <c r="Y68" s="12">
-        <v>96.295083811681735</v>
+        <v>96.295095987767183</v>
       </c>
       <c r="Z68" s="12">
-        <v>94.373102506411072</v>
+        <v>94.373108397851752</v>
       </c>
       <c r="AA68" s="12">
-        <v>94.527522333377661</v>
+        <v>94.527526459357304</v>
       </c>
       <c r="AB68" s="12">
-        <v>94.812752047683517</v>
+        <v>94.81275323466491</v>
       </c>
       <c r="AC68" s="12">
-        <v>93.433946317533213</v>
+        <v>93.433953161837678</v>
       </c>
       <c r="AD68" s="12">
-        <v>93.376763071185849</v>
+        <v>93.376757407550926</v>
       </c>
       <c r="AE68" s="12">
-        <v>93.397670709312223</v>
+        <v>93.397672377610462</v>
       </c>
       <c r="AF68" s="12">
-        <v>93.25290834390772</v>
+        <v>93.252907089973718</v>
       </c>
       <c r="AG68" s="12">
-        <v>93.639779240121513</v>
+        <v>93.639781736372242</v>
       </c>
       <c r="AH68" s="12">
-        <v>90.148103652735387</v>
+        <v>93.761496237126266</v>
       </c>
       <c r="AI68" s="12">
-        <v>90.461140458178647</v>
+        <v>93.95294204080848</v>
       </c>
       <c r="AJ68" s="12">
-        <v>90.404686711201364</v>
+        <v>93.900712699280234</v>
       </c>
       <c r="AK68" s="12">
-        <v>90.755386740896839</v>
+        <v>93.519655131440899</v>
       </c>
       <c r="AL68" s="12">
-        <v>90.237905298314345</v>
+        <v>93.078333897365439</v>
       </c>
       <c r="AM68" s="12">
-        <v>90.270336487619588</v>
+        <v>93.121728539319932</v>
       </c>
       <c r="AN68" s="12">
-        <v>90.38700873770928</v>
+        <v>93.433721708831726</v>
       </c>
       <c r="AO68" s="12">
-        <v>90.229929685367111</v>
+        <v>93.328603435517294</v>
       </c>
       <c r="AP68" s="12">
-        <v>89.822136510649315</v>
+        <v>93.44101728627929</v>
       </c>
       <c r="AQ68" s="12">
-        <v>89.501602066392806</v>
+        <v>92.986799419899896</v>
       </c>
       <c r="AR68" s="12">
-        <v>89.749145012667654</v>
+        <v>93.058840459909788</v>
       </c>
       <c r="AS68" s="12">
-        <v>89.95841094119821</v>
+        <v>93.066279556527732</v>
       </c>
       <c r="AT68" s="12">
-        <v>89.600248604452347</v>
+        <v>92.61590904059527</v>
       </c>
       <c r="AU68" s="12">
-        <v>89.768816428841831</v>
+        <v>92.68162807017741</v>
       </c>
       <c r="AV68" s="12">
-        <v>89.481513686246899</v>
+        <v>92.669300924121472</v>
       </c>
       <c r="AW68" s="12">
-        <v>90.010651517776182</v>
+        <v>94.292595186318778</v>
       </c>
       <c r="AX68" s="12">
-        <v>90.253004621725097</v>
+        <v>94.3315621377116</v>
       </c>
       <c r="AY68" s="12">
-        <v>90.317066366843292</v>
+        <v>94.32321911862023</v>
       </c>
       <c r="AZ68" s="12">
-        <v>89.996488709781715</v>
+        <v>94.229851622453182</v>
       </c>
       <c r="BA68" s="12">
-        <v>89.45458042069049</v>
+        <v>93.897543743658389</v>
       </c>
       <c r="BB68" s="12">
-        <v>89.450441168680712</v>
+        <v>93.791378069357563</v>
       </c>
       <c r="BC68" s="12">
-        <v>89.24718112433024</v>
+        <v>93.442150378839301</v>
       </c>
       <c r="BD68" s="12">
-        <v>89.609453384887004</v>
+        <v>93.540341194917616</v>
       </c>
       <c r="BE68" s="12">
-        <v>89.562449790654512</v>
+        <v>93.408051015219058</v>
       </c>
       <c r="BF68" s="12">
-        <v>92.212166073843804</v>
+        <v>93.356589748197521</v>
       </c>
       <c r="BG68" s="12">
-        <v>92.325374901145864</v>
+        <v>93.571734981949191</v>
       </c>
       <c r="BH68" s="12">
-        <v>92.280648833107421</v>
+        <v>93.489567812618517</v>
       </c>
       <c r="BI68" s="12">
-        <v>92.336427550073481</v>
+        <v>93.437952471744111</v>
       </c>
       <c r="BJ68" s="12">
-        <v>92.702240343851059</v>
+        <v>93.762347329141235</v>
+      </c>
+      <c r="BK68" s="12">
+        <v>93.977059875509966</v>
       </c>
     </row>
-    <row r="69" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A69" s="22" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B69" s="25" t="s">
         <v>32</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D69" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E69" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F69" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G69" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H69" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I69" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J69" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K69" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L69" s="12">
-        <v>0.29406062172691233</v>
+        <v>0.29412145790953498</v>
       </c>
       <c r="M69" s="12">
-        <v>0.21253706279020101</v>
+        <v>0.21252308032215136</v>
       </c>
       <c r="N69" s="12">
-        <v>3.8604656149504424E-2</v>
+        <v>3.8697693617460401E-2</v>
       </c>
       <c r="O69" s="12">
-        <v>3.6547094108558685E-2</v>
+        <v>3.6475887686122595E-2</v>
       </c>
       <c r="P69" s="12">
-        <v>3.7436400130704199</v>
+        <v>3.7436539316379296</v>
       </c>
       <c r="Q69" s="12">
-        <v>3.9061149213304418</v>
+        <v>3.9060927806562376</v>
       </c>
       <c r="R69" s="12">
-        <v>3.8083680520668328</v>
+        <v>3.8084021633013587</v>
       </c>
       <c r="S69" s="12">
-        <v>3.5932465482974312</v>
+        <v>3.5932290502047506</v>
       </c>
       <c r="T69" s="12">
-        <v>3.4480477328211903</v>
+        <v>3.4480422110835773</v>
       </c>
       <c r="U69" s="12">
-        <v>3.3763559592761498</v>
+        <v>3.3763482629041315</v>
       </c>
       <c r="V69" s="12">
-        <v>3.2802756374352975</v>
+        <v>3.280268135608023</v>
       </c>
       <c r="W69" s="12">
-        <v>3.4579865267804739</v>
+        <v>3.4579954344735668</v>
       </c>
       <c r="X69" s="12">
-        <v>3.540511370314154</v>
+        <v>3.5405184412157129</v>
       </c>
       <c r="Y69" s="12">
-        <v>3.7049161883189492</v>
+        <v>3.7049176006312621</v>
       </c>
       <c r="Z69" s="12">
-        <v>5.6268974935890546</v>
+        <v>5.6268916021482385</v>
       </c>
       <c r="AA69" s="12">
-        <v>5.4724776666205033</v>
+        <v>5.4724735406427012</v>
       </c>
       <c r="AB69" s="12">
-        <v>5.1872479523183177</v>
+        <v>5.1872467653350904</v>
       </c>
       <c r="AC69" s="12">
-        <v>5.5516807354597546</v>
+        <v>5.5516777676028939</v>
       </c>
       <c r="AD69" s="12">
-        <v>5.386720563641946</v>
+        <v>5.386722856414079</v>
       </c>
       <c r="AE69" s="12">
-        <v>5.5654190928163807</v>
+        <v>5.5654207361415198</v>
       </c>
       <c r="AF69" s="12">
-        <v>5.814072419386056</v>
+        <v>5.8140722705114252</v>
       </c>
       <c r="AG69" s="12">
-        <v>5.4036953174644475</v>
+        <v>5.4036966525045287</v>
       </c>
       <c r="AH69" s="12">
-        <v>9.0410501999644293</v>
+        <v>5.4276576155735654</v>
       </c>
       <c r="AI69" s="12">
-        <v>9.0190630040437973</v>
+        <v>5.5272614214139315</v>
       </c>
       <c r="AJ69" s="12">
-        <v>9.0303772958354287</v>
+        <v>5.5343513077565794</v>
       </c>
       <c r="AK69" s="12">
-        <v>8.6435471490014315</v>
+        <v>5.8786623898939423</v>
       </c>
       <c r="AL69" s="12">
-        <v>9.2059709320518106</v>
+        <v>6.3657299180036597</v>
       </c>
       <c r="AM69" s="12">
-        <v>9.2154569337005015</v>
+        <v>6.3640929054223792</v>
       </c>
       <c r="AN69" s="12">
-        <v>9.179005608505264</v>
+        <v>6.1323854366298187</v>
       </c>
       <c r="AO69" s="12">
-        <v>9.4531839782380054</v>
+        <v>6.3546303265311659</v>
       </c>
       <c r="AP69" s="12">
-        <v>9.8682099297468113</v>
+        <v>6.2494729986916502</v>
       </c>
       <c r="AQ69" s="12">
-        <v>10.152358373121404</v>
+        <v>6.6673960736721636</v>
       </c>
       <c r="AR69" s="12">
-        <v>9.9555841153765332</v>
+        <v>6.6460457882347113</v>
       </c>
       <c r="AS69" s="12">
-        <v>9.7370160851722112</v>
+        <v>6.6292362447812767</v>
       </c>
       <c r="AT69" s="12">
-        <v>10.059546046992196</v>
+        <v>7.0441086791687342</v>
       </c>
       <c r="AU69" s="12">
-        <v>9.9134469614308092</v>
+        <v>7.0009265210263818</v>
       </c>
       <c r="AV69" s="12">
-        <v>10.222713023187282</v>
+        <v>7.0352767093977073</v>
       </c>
       <c r="AW69" s="12">
-        <v>9.6641796134782876</v>
+        <v>5.3829401577688323</v>
       </c>
       <c r="AX69" s="12">
-        <v>9.4515929035038901</v>
+        <v>5.373669950524115</v>
       </c>
       <c r="AY69" s="12">
-        <v>9.391143613366852</v>
+        <v>5.385435922000906</v>
       </c>
       <c r="AZ69" s="12">
-        <v>9.755198233355669</v>
+        <v>5.5219552919349466</v>
       </c>
       <c r="BA69" s="12">
-        <v>10.294145441231519</v>
+        <v>5.8515602479997755</v>
       </c>
       <c r="BB69" s="12">
-        <v>10.293498906936561</v>
+        <v>5.9527029582301862</v>
       </c>
       <c r="BC69" s="12">
-        <v>10.251159459275003</v>
+        <v>6.0570442933815656</v>
       </c>
       <c r="BD69" s="12">
-        <v>9.9161781054466402</v>
+        <v>5.9857339610419977</v>
       </c>
       <c r="BE69" s="12">
-        <v>9.9367129328023616</v>
+        <v>6.0906118412601771</v>
       </c>
       <c r="BF69" s="12">
-        <v>7.3104732949264779</v>
+        <v>6.1667297207900225</v>
       </c>
       <c r="BG69" s="12">
-        <v>7.2043572432536038</v>
+        <v>5.9588828062104406</v>
       </c>
       <c r="BH69" s="12">
-        <v>7.2307576439758368</v>
+        <v>6.0223296561881643</v>
       </c>
       <c r="BI69" s="12">
-        <v>7.0642535487651967</v>
+        <v>5.9643471805436938</v>
       </c>
       <c r="BJ69" s="12">
-        <v>6.8519904505292786</v>
+        <v>5.7939661018656228</v>
+      </c>
+      <c r="BK69" s="12">
+        <v>5.6994079482524755</v>
       </c>
     </row>
-    <row r="70" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A70" s="22" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B70" s="25" t="s">
         <v>33</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D70" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E70" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F70" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G70" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H70" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I70" s="12" t="s">
         <v>3</v>
       </c>
@@ -37534,140 +38119,143 @@
       <c r="Z70" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA70" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB70" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC70" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AD70" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AE70" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AF70" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AG70" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AH70" s="12">
-        <v>98.704061190705019</v>
+        <v>98.704057345289499</v>
       </c>
       <c r="AI70" s="12">
         <v>98.493695839012545</v>
       </c>
       <c r="AJ70" s="12">
         <v>98.499481141877936</v>
       </c>
       <c r="AK70" s="12">
         <v>98.600384091459475</v>
       </c>
       <c r="AL70" s="12">
         <v>98.587565828201619</v>
       </c>
       <c r="AM70" s="12">
         <v>98.596602075364828</v>
       </c>
       <c r="AN70" s="12">
         <v>98.632869117063763</v>
       </c>
       <c r="AO70" s="12">
-        <v>98.175695416937941</v>
+        <v>98.175696098246277</v>
       </c>
       <c r="AP70" s="12">
-        <v>98.212753841429716</v>
+        <v>98.212750262732825</v>
       </c>
       <c r="AQ70" s="12">
-        <v>97.977283869981065</v>
+        <v>97.977283173487322</v>
       </c>
       <c r="AR70" s="12">
-        <v>96.879897537199895</v>
+        <v>96.879725909962318</v>
       </c>
       <c r="AS70" s="12">
-        <v>96.720714544952273</v>
+        <v>96.720946502174598</v>
       </c>
       <c r="AT70" s="12">
-        <v>96.674731722370126</v>
+        <v>96.674599934740712</v>
       </c>
       <c r="AU70" s="12">
-        <v>96.648710478302647</v>
+        <v>96.64870508746219</v>
       </c>
       <c r="AV70" s="12">
-        <v>96.557455144908616</v>
+        <v>96.557450475180786</v>
       </c>
       <c r="AW70" s="12">
-        <v>96.409880139644443</v>
+        <v>96.409876948645419</v>
       </c>
       <c r="AX70" s="12">
-        <v>96.487159790579355</v>
+        <v>96.487149456795848</v>
       </c>
       <c r="AY70" s="12">
-        <v>96.523514865767012</v>
+        <v>96.523499355191177</v>
       </c>
       <c r="AZ70" s="12">
-        <v>96.73932108331968</v>
+        <v>96.739308866885381</v>
       </c>
       <c r="BA70" s="12">
-        <v>96.823871283508964</v>
+        <v>96.823867680637633</v>
       </c>
       <c r="BB70" s="12">
-        <v>97.559631087420172</v>
+        <v>97.55963039451396</v>
       </c>
       <c r="BC70" s="12">
-        <v>97.523375281825182</v>
+        <v>97.523371392263883</v>
       </c>
       <c r="BD70" s="12">
-        <v>97.583446492262283</v>
+        <v>97.583445558407959</v>
       </c>
       <c r="BE70" s="12">
-        <v>97.650233732518018</v>
+        <v>97.65023147245887</v>
       </c>
       <c r="BF70" s="12">
-        <v>97.799393968841784</v>
+        <v>97.799393058041943</v>
       </c>
       <c r="BG70" s="12">
-        <v>97.572749402854257</v>
+        <v>97.572749933262017</v>
       </c>
       <c r="BH70" s="12">
-        <v>97.576408132116086</v>
+        <v>97.576305601502696</v>
       </c>
       <c r="BI70" s="12">
-        <v>97.655351528269946</v>
+        <v>97.669990879659878</v>
       </c>
       <c r="BJ70" s="12">
-        <v>97.768943091104973</v>
+        <v>97.783793969791361</v>
+      </c>
+      <c r="BK70" s="12">
+        <v>97.539826645060245</v>
       </c>
     </row>
-    <row r="71" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A71" s="22" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B71" s="25" t="s">
         <v>33</v>
       </c>
       <c r="C71" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D71" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E71" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F71" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G71" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H71" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I71" s="12" t="s">
         <v>3</v>
       </c>
@@ -37722,140 +38310,143 @@
       <c r="Z71" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA71" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB71" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC71" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AD71" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AE71" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AF71" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AG71" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AH71" s="12">
-        <v>1.2959388092949771</v>
+        <v>1.295942654710506</v>
       </c>
       <c r="AI71" s="12">
         <v>1.506304160987441</v>
       </c>
       <c r="AJ71" s="12">
         <v>1.500518858122063</v>
       </c>
       <c r="AK71" s="12">
         <v>1.399615908540518</v>
       </c>
       <c r="AL71" s="12">
         <v>1.4124341717983653</v>
       </c>
       <c r="AM71" s="12">
         <v>1.4033979246351647</v>
       </c>
       <c r="AN71" s="12">
         <v>1.3671308829362487</v>
       </c>
       <c r="AO71" s="12">
-        <v>1.8243045830605917</v>
+        <v>1.8243039017537261</v>
       </c>
       <c r="AP71" s="12">
-        <v>1.7872461585682828</v>
+        <v>1.7872497372671787</v>
       </c>
       <c r="AQ71" s="12">
-        <v>1.7903924409282992</v>
+        <v>1.790393139071123</v>
       </c>
       <c r="AR71" s="12">
-        <v>2.642917062764627</v>
+        <v>2.6430626260994403</v>
       </c>
       <c r="AS71" s="12">
-        <v>2.7245372294087629</v>
+        <v>2.7243442512943266</v>
       </c>
       <c r="AT71" s="12">
-        <v>2.5907566497324748</v>
+        <v>2.5908593450209785</v>
       </c>
       <c r="AU71" s="12">
-        <v>2.5712419358109164</v>
+        <v>2.5712460342098136</v>
       </c>
       <c r="AV71" s="12">
-        <v>2.8405212350377549</v>
+        <v>2.8405271443618134</v>
       </c>
       <c r="AW71" s="12">
-        <v>2.8436988871898756</v>
+        <v>2.8437008906177068</v>
       </c>
       <c r="AX71" s="12">
-        <v>2.7577351198162141</v>
+        <v>2.7577433069579924</v>
       </c>
       <c r="AY71" s="12">
-        <v>2.8672995370877952</v>
+        <v>2.8673124891256938</v>
       </c>
       <c r="AZ71" s="12">
-        <v>2.7642354148045913</v>
+        <v>2.7642456484714351</v>
       </c>
       <c r="BA71" s="12">
-        <v>2.6527196334220782</v>
+        <v>2.6527208664627477</v>
       </c>
       <c r="BB71" s="12">
-        <v>1.985277795266192</v>
+        <v>1.9852804894659151</v>
       </c>
       <c r="BC71" s="12">
-        <v>1.9352595377193214</v>
+        <v>1.9352626090021257</v>
       </c>
       <c r="BD71" s="12">
-        <v>1.8840243808663666</v>
+        <v>1.8840251648430746</v>
       </c>
       <c r="BE71" s="12">
-        <v>1.8382990315677805</v>
+        <v>1.8383009814264835</v>
       </c>
       <c r="BF71" s="12">
-        <v>1.7534478246585803</v>
+        <v>1.7534485275802019</v>
       </c>
       <c r="BG71" s="12">
-        <v>2.0021369744226019</v>
+        <v>2.0021393075422589</v>
       </c>
       <c r="BH71" s="12">
-        <v>1.9675934607457732</v>
+        <v>1.9676768248196981</v>
       </c>
       <c r="BI71" s="12">
-        <v>1.851612290333408</v>
+        <v>1.8400516959775266</v>
       </c>
       <c r="BJ71" s="12">
-        <v>1.8076023321613861</v>
+        <v>1.8149254597802564</v>
+      </c>
+      <c r="BK71" s="12">
+        <v>2.0826141635097279</v>
       </c>
     </row>
-    <row r="72" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A72" s="22" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B72" s="25" t="s">
         <v>34</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D72" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E72" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F72" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G72" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H72" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I72" s="12" t="s">
         <v>3</v>
       </c>
@@ -37910,140 +38501,143 @@
       <c r="Z72" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA72" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB72" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC72" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AD72" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AE72" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AF72" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AG72" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AH72" s="12">
-        <v>93.801021687212511</v>
+        <v>99.073299419877642</v>
       </c>
       <c r="AI72" s="12">
-        <v>93.541480730764292</v>
+        <v>99.036310512573905</v>
       </c>
       <c r="AJ72" s="12">
-        <v>93.422580543118897</v>
+        <v>98.791859204635102</v>
       </c>
       <c r="AK72" s="12">
-        <v>93.618704405292803</v>
+        <v>98.734744170817038</v>
       </c>
       <c r="AL72" s="12">
-        <v>93.067989141414159</v>
+        <v>98.863671108997679</v>
       </c>
       <c r="AM72" s="12">
-        <v>92.911777410320369</v>
+        <v>98.847227257708951</v>
       </c>
       <c r="AN72" s="12">
-        <v>92.770944102721302</v>
+        <v>98.79205018758644</v>
       </c>
       <c r="AO72" s="12">
-        <v>92.754314925705529</v>
+        <v>98.858101554396328</v>
       </c>
       <c r="AP72" s="12">
-        <v>92.585991621460934</v>
+        <v>98.889892328529825</v>
       </c>
       <c r="AQ72" s="12">
-        <v>92.388773642461118</v>
+        <v>98.71174770018149</v>
       </c>
       <c r="AR72" s="12">
-        <v>92.530406179262258</v>
+        <v>98.599569241413576</v>
       </c>
       <c r="AS72" s="12">
-        <v>92.110060677144219</v>
+        <v>98.490016426283177</v>
       </c>
       <c r="AT72" s="12">
-        <v>90.5192268959091</v>
+        <v>98.285265112762545</v>
       </c>
       <c r="AU72" s="12">
-        <v>90.761621659228979</v>
+        <v>98.344074189505463</v>
       </c>
       <c r="AV72" s="12">
-        <v>89.72315380125761</v>
+        <v>98.291579793925678</v>
       </c>
       <c r="AW72" s="12">
-        <v>88.970486531825458</v>
+        <v>98.280308121068771</v>
       </c>
       <c r="AX72" s="12">
-        <v>88.984808887837133</v>
+        <v>98.234254265202864</v>
       </c>
       <c r="AY72" s="12">
-        <v>88.824286672789498</v>
+        <v>98.19012638970311</v>
       </c>
       <c r="AZ72" s="12">
-        <v>88.981091548945869</v>
+        <v>98.224200056311304</v>
       </c>
       <c r="BA72" s="12">
-        <v>89.267352319537068</v>
+        <v>98.192435726920991</v>
       </c>
       <c r="BB72" s="12">
-        <v>90.187364599826807</v>
+        <v>98.118134409259838</v>
       </c>
       <c r="BC72" s="12">
-        <v>90.302369896640059</v>
+        <v>98.144817177022958</v>
       </c>
       <c r="BD72" s="12">
-        <v>90.445348627984401</v>
+        <v>98.152004084007132</v>
       </c>
       <c r="BE72" s="12">
-        <v>90.627271181682431</v>
+        <v>98.240046527797787</v>
       </c>
       <c r="BF72" s="12">
-        <v>90.851515673154807</v>
+        <v>98.244151726704501</v>
       </c>
       <c r="BG72" s="12">
-        <v>89.989196789983666</v>
+        <v>98.191254518248869</v>
       </c>
       <c r="BH72" s="12">
-        <v>90.916083015264419</v>
+        <v>98.251748617856322</v>
       </c>
       <c r="BI72" s="12">
-        <v>90.971841557551741</v>
+        <v>98.125588084099675</v>
       </c>
       <c r="BJ72" s="12">
-        <v>91.350219292413499</v>
+        <v>98.318639588401396</v>
+      </c>
+      <c r="BK72" s="12">
+        <v>98.40247832463271</v>
       </c>
     </row>
-    <row r="73" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A73" s="22" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B73" s="25" t="s">
         <v>34</v>
       </c>
       <c r="C73" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D73" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E73" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F73" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G73" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H73" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I73" s="12" t="s">
         <v>3</v>
       </c>
@@ -38098,328 +38692,334 @@
       <c r="Z73" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AA73" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AB73" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AC73" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AD73" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AE73" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AF73" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AG73" s="12" t="s">
         <v>3</v>
       </c>
       <c r="AH73" s="12">
-        <v>6.1989783127867675</v>
+        <v>0.92670058012235357</v>
       </c>
       <c r="AI73" s="12">
-        <v>6.4585192692339781</v>
+        <v>0.96368948742607763</v>
       </c>
       <c r="AJ73" s="12">
-        <v>6.5774194568822901</v>
+        <v>1.2081407953648848</v>
       </c>
       <c r="AK73" s="12">
-        <v>6.3812955947077015</v>
+        <v>1.2652385958260808</v>
       </c>
       <c r="AL73" s="12">
-        <v>6.9320108585858424</v>
+        <v>1.1363288910023288</v>
       </c>
       <c r="AM73" s="12">
-        <v>7.0882225896794866</v>
+        <v>1.1527868440041702</v>
       </c>
       <c r="AN73" s="12">
-        <v>7.2290558972781973</v>
+        <v>1.2079498124135619</v>
       </c>
       <c r="AO73" s="12">
-        <v>7.2456850742951593</v>
+        <v>1.1418984456036834</v>
       </c>
       <c r="AP73" s="12">
-        <v>7.4140083785399682</v>
+        <v>1.1101076714701534</v>
       </c>
       <c r="AQ73" s="12">
-        <v>7.4160005506790094</v>
+        <v>1.0929826908010931</v>
       </c>
       <c r="AR73" s="12">
-        <v>7.1656390656990423</v>
+        <v>1.096274456261672</v>
       </c>
       <c r="AS73" s="12">
-        <v>7.5396568078591795</v>
+        <v>1.1594805855732426</v>
       </c>
       <c r="AT73" s="12">
-        <v>8.8452116602944777</v>
+        <v>1.0786997728847831</v>
       </c>
       <c r="AU73" s="12">
-        <v>8.6967368689083546</v>
+        <v>1.113893725296184</v>
       </c>
       <c r="AV73" s="12">
-        <v>9.838017894858206</v>
+        <v>1.270765483121193</v>
       </c>
       <c r="AW73" s="12">
-        <v>10.596386419675598</v>
+        <v>1.2895141245044981</v>
       </c>
       <c r="AX73" s="12">
-        <v>10.550923003174365</v>
+        <v>1.3045569410830709</v>
       </c>
       <c r="AY73" s="12">
-        <v>10.770728418641752</v>
+        <v>1.4062291598401639</v>
       </c>
       <c r="AZ73" s="12">
-        <v>10.631325660372788</v>
+        <v>1.3914807791117934</v>
       </c>
       <c r="BA73" s="12">
-        <v>10.344051007171439</v>
+        <v>1.4225103943585387</v>
       </c>
       <c r="BB73" s="12">
-        <v>9.3398793931259654</v>
+        <v>1.4150687652282989</v>
       </c>
       <c r="BC73" s="12">
-        <v>9.2584687614987011</v>
+        <v>1.4206290686036827</v>
       </c>
       <c r="BD73" s="12">
-        <v>9.1251226513462793</v>
+        <v>1.4244545884901405</v>
       </c>
       <c r="BE73" s="12">
-        <v>8.9864929211840359</v>
+        <v>1.3787026354986041</v>
       </c>
       <c r="BF73" s="12">
-        <v>8.7637402720224777</v>
+        <v>1.3716074111660337</v>
       </c>
       <c r="BG73" s="12">
-        <v>9.6062786716700881</v>
+        <v>1.4050711928493336</v>
       </c>
       <c r="BH73" s="12">
-        <v>8.6328179127525111</v>
+        <v>1.2984753726606169</v>
       </c>
       <c r="BI73" s="12">
-        <v>8.4873902541020776</v>
+        <v>1.3353906990361613</v>
       </c>
       <c r="BJ73" s="12">
-        <v>8.2536921003336658</v>
+        <v>1.2811168571462799</v>
+      </c>
+      <c r="BK73" s="12">
+        <v>1.2407502908220305</v>
       </c>
     </row>
-    <row r="74" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A74" s="22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B74" s="25" t="s">
         <v>35</v>
       </c>
       <c r="C74" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D74" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E74" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F74" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G74" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H74" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I74" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J74" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K74" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L74" s="12">
-        <v>95.661690782525227</v>
+        <v>95.661691327384645</v>
       </c>
       <c r="M74" s="12">
-        <v>95.739628439725735</v>
+        <v>95.739633524205757</v>
       </c>
       <c r="N74" s="12">
-        <v>95.702078600249223</v>
+        <v>95.702094522269306</v>
       </c>
       <c r="O74" s="12">
-        <v>94.69963419017769</v>
+        <v>94.699635122826024</v>
       </c>
       <c r="P74" s="12">
-        <v>94.379154857049002</v>
+        <v>94.379146164951493</v>
       </c>
       <c r="Q74" s="12">
-        <v>94.70087066855119</v>
+        <v>94.700870575240728</v>
       </c>
       <c r="R74" s="12">
-        <v>94.241103046762248</v>
+        <v>94.241103420658746</v>
       </c>
       <c r="S74" s="12">
-        <v>95.215474382369635</v>
+        <v>95.215473085129986</v>
       </c>
       <c r="T74" s="12">
-        <v>93.498424874755116</v>
+        <v>93.49842495216177</v>
       </c>
       <c r="U74" s="12">
-        <v>90.951445928972291</v>
+        <v>90.951446035259366</v>
       </c>
       <c r="V74" s="12">
-        <v>90.45128043862087</v>
+        <v>90.451280475280555</v>
       </c>
       <c r="W74" s="12">
-        <v>87.960534877105431</v>
+        <v>87.960534822429466</v>
       </c>
       <c r="X74" s="12">
-        <v>87.535232680402856</v>
+        <v>87.535230714315716</v>
       </c>
       <c r="Y74" s="12">
-        <v>88.85124776035228</v>
+        <v>88.851249377605797</v>
       </c>
       <c r="Z74" s="12">
-        <v>88.886028081879275</v>
+        <v>88.886028750232001</v>
       </c>
       <c r="AA74" s="12">
-        <v>87.900348265560694</v>
+        <v>87.90034780511543</v>
       </c>
       <c r="AB74" s="12">
-        <v>88.323517293873238</v>
+        <v>88.323517287493033</v>
       </c>
       <c r="AC74" s="12">
-        <v>86.860464783073709</v>
+        <v>86.860464906518615</v>
       </c>
       <c r="AD74" s="12">
-        <v>87.075572738544025</v>
+        <v>87.075572404037601</v>
       </c>
       <c r="AE74" s="12">
-        <v>87.285388095289264</v>
+        <v>87.285387714245047</v>
       </c>
       <c r="AF74" s="12">
-        <v>86.843619470757048</v>
+        <v>86.843619438608627</v>
       </c>
       <c r="AG74" s="12">
-        <v>86.533407533213364</v>
+        <v>86.533407356552019</v>
       </c>
       <c r="AH74" s="12">
-        <v>85.657914811578522</v>
+        <v>85.687626605988285</v>
       </c>
       <c r="AI74" s="12">
-        <v>85.834154675077201</v>
+        <v>85.862927980333765</v>
       </c>
       <c r="AJ74" s="12">
-        <v>83.346694715523114</v>
+        <v>83.374335226656044</v>
       </c>
       <c r="AK74" s="12">
-        <v>82.894599594846085</v>
+        <v>82.921337207067168</v>
       </c>
       <c r="AL74" s="12">
-        <v>82.734374208451953</v>
+        <v>82.760507991851057</v>
       </c>
       <c r="AM74" s="12">
-        <v>82.729293740717551</v>
+        <v>82.754464160569626</v>
       </c>
       <c r="AN74" s="12">
-        <v>83.274611128510273</v>
+        <v>83.299391660792153</v>
       </c>
       <c r="AO74" s="12">
-        <v>79.516897355737399</v>
+        <v>79.54002593325599</v>
       </c>
       <c r="AP74" s="12">
-        <v>78.655659044943178</v>
+        <v>78.674664295510382</v>
       </c>
       <c r="AQ74" s="12">
-        <v>77.549799707422451</v>
+        <v>77.583411991628026</v>
       </c>
       <c r="AR74" s="12">
-        <v>77.188892152543204</v>
+        <v>77.200421256298938</v>
       </c>
       <c r="AS74" s="12">
-        <v>76.685668428480497</v>
+        <v>76.702980302044537</v>
       </c>
       <c r="AT74" s="12">
-        <v>77.436371435574799</v>
+        <v>77.457506756515116</v>
       </c>
       <c r="AU74" s="12">
-        <v>76.785338285704668</v>
+        <v>76.797746339627508</v>
       </c>
       <c r="AV74" s="12">
-        <v>74.757061292396116</v>
+        <v>74.769984334664514</v>
       </c>
       <c r="AW74" s="12">
-        <v>77.366992189246133</v>
+        <v>77.374299178238999</v>
       </c>
       <c r="AX74" s="12">
-        <v>75.904950781527845</v>
+        <v>75.916781226635806</v>
       </c>
       <c r="AY74" s="12">
-        <v>72.314141208336821</v>
+        <v>72.323732404707471</v>
       </c>
       <c r="AZ74" s="12">
-        <v>75.579106871742667</v>
+        <v>75.592854076935595</v>
       </c>
       <c r="BA74" s="12">
-        <v>75.948480429996863</v>
+        <v>75.972475253754482</v>
       </c>
       <c r="BB74" s="12">
-        <v>75.507221340177637</v>
+        <v>75.527926119143032</v>
       </c>
       <c r="BC74" s="12">
-        <v>74.814414972930507</v>
+        <v>74.826341095754955</v>
       </c>
       <c r="BD74" s="12">
-        <v>74.360212335050278</v>
+        <v>74.357606066150311</v>
       </c>
       <c r="BE74" s="12">
-        <v>74.718996058272353</v>
+        <v>74.711516560975326</v>
       </c>
       <c r="BF74" s="12">
-        <v>74.733633516778781</v>
+        <v>74.725491058917797</v>
       </c>
       <c r="BG74" s="12">
-        <v>73.956554641415707</v>
+        <v>73.944403214931882</v>
       </c>
       <c r="BH74" s="12">
-        <v>74.948343642968567</v>
+        <v>74.940937727162591</v>
       </c>
       <c r="BI74" s="12">
-        <v>75.889342901854164</v>
+        <v>75.904786766974397</v>
       </c>
       <c r="BJ74" s="12">
-        <v>75.499687552112832</v>
+        <v>75.576001378809593</v>
+      </c>
+      <c r="BK74" s="12">
+        <v>75.106055916817283</v>
       </c>
     </row>
-    <row r="75" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A75" s="22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B75" s="25" t="s">
         <v>35</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D75" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E75" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F75" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G75" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H75" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I75" s="12" t="s">
         <v>3</v>
       </c>
@@ -38432,370 +39032,376 @@
       <c r="L75" s="12" t="s">
         <v>3</v>
       </c>
       <c r="M75" s="12" t="s">
         <v>3</v>
       </c>
       <c r="N75" s="12" t="s">
         <v>3</v>
       </c>
       <c r="O75" s="12" t="s">
         <v>3</v>
       </c>
       <c r="P75" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Q75" s="12" t="s">
         <v>3</v>
       </c>
       <c r="R75" s="12" t="s">
         <v>3</v>
       </c>
       <c r="S75" s="12" t="s">
         <v>3</v>
       </c>
       <c r="T75" s="12">
-        <v>0.52611682939075577</v>
+        <v>0.52611682312689745</v>
       </c>
       <c r="U75" s="12">
-        <v>1.5396817355982333</v>
+        <v>1.5396817175126629</v>
       </c>
       <c r="V75" s="12">
-        <v>1.5275847393990978</v>
+        <v>1.52758473353436</v>
       </c>
       <c r="W75" s="12">
-        <v>3.1400413385701458</v>
+        <v>3.1400413528303166</v>
       </c>
       <c r="X75" s="12">
-        <v>3.5592677331974301</v>
+        <v>3.5592677171920717</v>
       </c>
       <c r="Y75" s="12">
-        <v>2.7791814174603622</v>
+        <v>2.7791814217383601</v>
       </c>
       <c r="Z75" s="12">
-        <v>2.6596789949308381</v>
+        <v>2.6596789992531726</v>
       </c>
       <c r="AA75" s="12">
-        <v>3.4623551167744302</v>
+        <v>3.4623545826596027</v>
       </c>
       <c r="AB75" s="12">
-        <v>3.6816783270497666</v>
+        <v>3.6816781086361274</v>
       </c>
       <c r="AC75" s="12">
-        <v>4.8157507972561531</v>
+        <v>4.8157511449156765</v>
       </c>
       <c r="AD75" s="12">
-        <v>4.5327156682486125</v>
+        <v>4.5327159836270861</v>
       </c>
       <c r="AE75" s="12">
-        <v>4.2669694383175001</v>
+        <v>4.2669691899291946</v>
       </c>
       <c r="AF75" s="12">
-        <v>4.3254932029667259</v>
+        <v>4.3254930160038096</v>
       </c>
       <c r="AG75" s="12">
-        <v>4.7695552576382196</v>
+        <v>4.7695553199280889</v>
       </c>
       <c r="AH75" s="12">
-        <v>4.9889734947780138</v>
+        <v>4.9907039986680353</v>
       </c>
       <c r="AI75" s="12">
-        <v>4.9661607201524411</v>
+        <v>4.967825475387639</v>
       </c>
       <c r="AJ75" s="12">
-        <v>7.3923605041560929</v>
+        <v>7.3948120545566365</v>
       </c>
       <c r="AK75" s="12">
-        <v>7.5930673664446919</v>
+        <v>7.5960698809870326</v>
       </c>
       <c r="AL75" s="12">
-        <v>7.7776877172007817</v>
+        <v>7.7805256276415671</v>
       </c>
       <c r="AM75" s="12">
-        <v>7.8859859700906991</v>
+        <v>7.8887861034021993</v>
       </c>
       <c r="AN75" s="12">
-        <v>7.6460660472561504</v>
+        <v>7.6490605119100454</v>
       </c>
       <c r="AO75" s="12">
-        <v>11.728823626199429</v>
+        <v>11.732590395060638</v>
       </c>
       <c r="AP75" s="12">
-        <v>12.809918911691707</v>
+        <v>12.814793603906379</v>
       </c>
       <c r="AQ75" s="12">
-        <v>13.921701324802099</v>
+        <v>13.929700004103912</v>
       </c>
       <c r="AR75" s="12">
-        <v>14.224739315611689</v>
+        <v>14.233013513265288</v>
       </c>
       <c r="AS75" s="12">
-        <v>14.622685889808229</v>
+        <v>14.629365595714344</v>
       </c>
       <c r="AT75" s="12">
-        <v>14.042456491543426</v>
+        <v>14.048697997823611</v>
       </c>
       <c r="AU75" s="12">
-        <v>14.273160898726253</v>
+        <v>14.279174144696006</v>
       </c>
       <c r="AV75" s="12">
-        <v>15.860021930653762</v>
+        <v>15.865170947579438</v>
       </c>
       <c r="AW75" s="12">
-        <v>13.129576264367646</v>
+        <v>13.132080870583817</v>
       </c>
       <c r="AX75" s="12">
-        <v>14.481623697202414</v>
+        <v>14.485203675566167</v>
       </c>
       <c r="AY75" s="12">
-        <v>17.902129750590266</v>
+        <v>17.905617007758863</v>
       </c>
       <c r="AZ75" s="12">
-        <v>14.33391241554229</v>
+        <v>14.336545150452171</v>
       </c>
       <c r="BA75" s="12">
-        <v>13.827944077536666</v>
+        <v>13.841023426350427</v>
       </c>
       <c r="BB75" s="12">
-        <v>14.169018023872788</v>
+        <v>14.182623077619333</v>
       </c>
       <c r="BC75" s="12">
-        <v>14.825424480655865</v>
+        <v>14.839383888409289</v>
       </c>
       <c r="BD75" s="12">
-        <v>15.479926511133868</v>
+        <v>15.494704315830132</v>
       </c>
       <c r="BE75" s="12">
-        <v>15.303925423663792</v>
+        <v>15.321929056929475</v>
       </c>
       <c r="BF75" s="12">
-        <v>15.44138084384902</v>
+        <v>15.460741921064638</v>
       </c>
       <c r="BG75" s="12">
-        <v>16.583795793231914</v>
+        <v>16.60457987126691</v>
       </c>
       <c r="BH75" s="12">
-        <v>15.734688623052474</v>
+        <v>15.755348056353629</v>
       </c>
       <c r="BI75" s="12">
-        <v>15.133450832240014</v>
+        <v>15.167983798878263</v>
       </c>
       <c r="BJ75" s="12">
-        <v>15.909736462576806</v>
+        <v>15.895364486118394</v>
+      </c>
+      <c r="BK75" s="12">
+        <v>16.96210713143752</v>
       </c>
     </row>
-    <row r="76" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A76" s="22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B76" s="25" t="s">
         <v>35</v>
       </c>
       <c r="C76" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D76" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E76" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F76" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G76" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H76" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I76" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J76" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K76" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L76" s="12">
-        <v>4.3383092174753983</v>
+        <v>4.3383086726153923</v>
       </c>
       <c r="M76" s="12">
-        <v>4.2603715602737458</v>
+        <v>4.2603664757942301</v>
       </c>
       <c r="N76" s="12">
-        <v>4.2979213997490797</v>
+        <v>4.2979195825427006</v>
       </c>
       <c r="O76" s="12">
-        <v>5.300365809821125</v>
+        <v>5.3003648771739664</v>
       </c>
       <c r="P76" s="12">
-        <v>5.6208451429532724</v>
+        <v>5.6208454209241436</v>
       </c>
       <c r="Q76" s="12">
-        <v>5.2991293314495751</v>
+        <v>5.2991294247592755</v>
       </c>
       <c r="R76" s="12">
-        <v>5.7588969532361167</v>
+        <v>5.7588965793412532</v>
       </c>
       <c r="S76" s="12">
-        <v>4.7845256176312816</v>
+        <v>4.784526914870006</v>
       </c>
       <c r="T76" s="12">
-        <v>5.975458295854132</v>
+        <v>5.9754582247113319</v>
       </c>
       <c r="U76" s="12">
-        <v>7.5088723354294702</v>
+        <v>7.5088722472279681</v>
       </c>
       <c r="V76" s="12">
-        <v>8.0211348219800129</v>
+        <v>8.0211347911850908</v>
       </c>
       <c r="W76" s="12">
-        <v>8.8994237843244122</v>
+        <v>8.899423824740218</v>
       </c>
       <c r="X76" s="12">
-        <v>8.9054995863997277</v>
+        <v>8.9054995463533686</v>
       </c>
       <c r="Y76" s="12">
-        <v>8.0679269416131163</v>
+        <v>8.0679269540320888</v>
       </c>
       <c r="Z76" s="12">
-        <v>7.8340829444883227</v>
+        <v>7.8340829572197554</v>
       </c>
       <c r="AA76" s="12">
-        <v>7.8932702143561171</v>
+        <v>7.8932707497730794</v>
       </c>
       <c r="AB76" s="12">
-        <v>7.3831461815018349</v>
+        <v>7.3831464026557354</v>
       </c>
       <c r="AC76" s="12">
-        <v>7.7961267552481477</v>
+        <v>7.7961267600844399</v>
       </c>
       <c r="AD76" s="12">
-        <v>7.8040666835600581</v>
+        <v>7.8040670722188956</v>
       </c>
       <c r="AE76" s="12">
-        <v>7.9145410664460529</v>
+        <v>7.9145408421124941</v>
       </c>
       <c r="AF76" s="12">
-        <v>8.3669601026536817</v>
+        <v>8.3669604562662059</v>
       </c>
       <c r="AG76" s="12">
-        <v>8.2365280117199866</v>
+        <v>8.2365276988476648</v>
       </c>
       <c r="AH76" s="12">
-        <v>8.5666930193206561</v>
+        <v>8.5349779393401235</v>
       </c>
       <c r="AI76" s="12">
-        <v>8.5728365858466393</v>
+        <v>8.5421883935085674</v>
       </c>
       <c r="AJ76" s="12">
-        <v>8.7805377906100635</v>
+        <v>8.7502864102842395</v>
       </c>
       <c r="AK76" s="12">
-        <v>9.0116550372489055</v>
+        <v>8.9822661343028649</v>
       </c>
       <c r="AL76" s="12">
-        <v>9.0218745883950202</v>
+        <v>8.9927328380446561</v>
       </c>
       <c r="AM76" s="12">
-        <v>8.8957284437262398</v>
+        <v>8.8675842607387487</v>
       </c>
       <c r="AN76" s="12">
-        <v>8.6395587570031669</v>
+        <v>8.6116115332062684</v>
       </c>
       <c r="AO76" s="12">
-        <v>8.3726287317251327</v>
+        <v>8.3456108164961194</v>
       </c>
       <c r="AP76" s="12">
-        <v>8.1547796153107388</v>
+        <v>8.1307552032312032</v>
       </c>
       <c r="AQ76" s="12">
-        <v>8.0927088033031183</v>
+        <v>8.0508474576271176</v>
       </c>
       <c r="AR76" s="12">
-        <v>8.1317006902628872</v>
+        <v>8.1116329192204315</v>
       </c>
       <c r="AS76" s="12">
-        <v>8.2483327337631795</v>
+        <v>8.2241386470286955</v>
       </c>
       <c r="AT76" s="12">
-        <v>8.0817468747446686</v>
+        <v>8.0541747344651231</v>
       </c>
       <c r="AU76" s="12">
-        <v>8.4959558441631362</v>
+        <v>8.4773468373202121</v>
       </c>
       <c r="AV76" s="12">
-        <v>8.9622641509433958</v>
+        <v>8.9440555252615344</v>
       </c>
       <c r="AW76" s="12">
-        <v>9.043309304065108</v>
+        <v>9.0334099356480948</v>
       </c>
       <c r="AX76" s="12">
-        <v>9.1435443327928247</v>
+        <v>9.1280177507657427</v>
       </c>
       <c r="AY76" s="12">
-        <v>9.3504680177858752</v>
+        <v>9.3373051668799434</v>
       </c>
       <c r="AZ76" s="12">
-        <v>9.6951383730256211</v>
+        <v>9.6786702781107987</v>
       </c>
       <c r="BA76" s="12">
-        <v>9.777854018354919</v>
+        <v>9.7406255988148125</v>
       </c>
       <c r="BB76" s="12">
-        <v>9.6360400676752143</v>
+        <v>9.601000584222696</v>
       </c>
       <c r="BC76" s="12">
-        <v>9.6645841238623067</v>
+        <v>9.6385703174904389</v>
       </c>
       <c r="BD76" s="12">
-        <v>9.4958694276660669</v>
+        <v>9.4836962045902702</v>
       </c>
       <c r="BE76" s="12">
-        <v>9.3409834178902642</v>
+        <v>9.3302485045373356</v>
       </c>
       <c r="BF76" s="12">
-        <v>9.2056256601256319</v>
+        <v>9.1942256427597044</v>
       </c>
       <c r="BG76" s="12">
-        <v>8.8527922229121394</v>
+        <v>8.8439729728418772</v>
       </c>
       <c r="BH76" s="12">
-        <v>8.6663680875139821</v>
+        <v>8.6533801793070015</v>
       </c>
       <c r="BI76" s="12">
-        <v>8.2024643156347317</v>
+        <v>8.1517826771404387</v>
       </c>
       <c r="BJ76" s="12">
-        <v>7.9257308623378435</v>
+        <v>7.8634318424343324</v>
+      </c>
+      <c r="BK76" s="12">
+        <v>7.488804496326301</v>
       </c>
     </row>
-    <row r="77" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A77" s="22" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B77" s="25" t="s">
         <v>36</v>
       </c>
       <c r="C77" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D77" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E77" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F77" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G77" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H77" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I77" s="12" t="s">
         <v>3</v>
       </c>
@@ -38865,125 +39471,128 @@
       <c r="AE77" s="12">
         <v>66.52582076622528</v>
       </c>
       <c r="AF77" s="12">
         <v>65.420299012351464</v>
       </c>
       <c r="AG77" s="12">
         <v>66.203703108549178</v>
       </c>
       <c r="AH77" s="12">
         <v>68.677247938327895</v>
       </c>
       <c r="AI77" s="12">
         <v>69.285206223920852</v>
       </c>
       <c r="AJ77" s="12">
         <v>70.266968525201051</v>
       </c>
       <c r="AK77" s="12">
         <v>70.578613939658865</v>
       </c>
       <c r="AL77" s="12">
         <v>70.119470112328287</v>
       </c>
       <c r="AM77" s="12">
-        <v>71.771248313467567</v>
+        <v>71.771248309812279</v>
       </c>
       <c r="AN77" s="12">
-        <v>69.232161619941664</v>
+        <v>69.232161605288525</v>
       </c>
       <c r="AO77" s="12">
-        <v>67.430801554743724</v>
+        <v>67.430801541705975</v>
       </c>
       <c r="AP77" s="12">
-        <v>66.968471762319012</v>
+        <v>66.968471694498049</v>
       </c>
       <c r="AQ77" s="12">
-        <v>67.414888004030246</v>
+        <v>67.414887926225148</v>
       </c>
       <c r="AR77" s="12">
-        <v>68.24884989505054</v>
+        <v>68.248849863152827</v>
       </c>
       <c r="AS77" s="12">
-        <v>67.952227784528603</v>
+        <v>67.952227781253185</v>
       </c>
       <c r="AT77" s="12">
-        <v>67.47884255770245</v>
+        <v>67.478842590642088</v>
       </c>
       <c r="AU77" s="12">
-        <v>65.243117317036081</v>
+        <v>65.243117320974164</v>
       </c>
       <c r="AV77" s="12">
-        <v>63.699569578379226</v>
+        <v>63.699569583476169</v>
       </c>
       <c r="AW77" s="12">
-        <v>64.590785957987265</v>
+        <v>64.590785921668697</v>
       </c>
       <c r="AX77" s="12">
-        <v>64.314996720481503</v>
+        <v>64.314996761672717</v>
       </c>
       <c r="AY77" s="12">
-        <v>63.124161452910066</v>
+        <v>63.1241614563152</v>
       </c>
       <c r="AZ77" s="12">
-        <v>62.910967762585223</v>
+        <v>62.910967811058441</v>
       </c>
       <c r="BA77" s="12">
-        <v>62.947424591228504</v>
+        <v>62.9474245708724</v>
       </c>
       <c r="BB77" s="12">
-        <v>63.773734795270606</v>
+        <v>63.773734827345073</v>
       </c>
       <c r="BC77" s="12">
-        <v>64.455436915095405</v>
+        <v>64.455436898605996</v>
       </c>
       <c r="BD77" s="12">
-        <v>64.530558195196576</v>
+        <v>64.530558224317687</v>
       </c>
       <c r="BE77" s="12">
-        <v>64.483449471602</v>
+        <v>64.48344943643599</v>
       </c>
       <c r="BF77" s="12">
-        <v>64.229309388413029</v>
+        <v>64.229309375682007</v>
       </c>
       <c r="BG77" s="12">
-        <v>62.972963173129706</v>
+        <v>62.97296315123171</v>
       </c>
       <c r="BH77" s="12">
-        <v>64.292790629962312</v>
+        <v>64.292790605720171</v>
       </c>
       <c r="BI77" s="12">
-        <v>64.575856746011937</v>
+        <v>64.575856738267433</v>
       </c>
       <c r="BJ77" s="12">
-        <v>64.022007492654481</v>
+        <v>63.9477449328934</v>
+      </c>
+      <c r="BK77" s="12">
+        <v>63.693909371117527</v>
       </c>
     </row>
-    <row r="78" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A78" s="22" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B78" s="25" t="s">
         <v>36</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D78" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E78" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F78" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G78" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H78" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I78" s="12" t="s">
         <v>3</v>
       </c>
@@ -39053,125 +39662,128 @@
       <c r="AE78" s="12">
         <v>33.474179233774734</v>
       </c>
       <c r="AF78" s="12">
         <v>34.579700987648529</v>
       </c>
       <c r="AG78" s="12">
         <v>33.796296891450815</v>
       </c>
       <c r="AH78" s="12">
         <v>30.940094547130421</v>
       </c>
       <c r="AI78" s="12">
         <v>30.357730132871819</v>
       </c>
       <c r="AJ78" s="12">
         <v>29.410504717991497</v>
       </c>
       <c r="AK78" s="12">
         <v>29.099030596995306</v>
       </c>
       <c r="AL78" s="12">
         <v>29.588630195686331</v>
       </c>
       <c r="AM78" s="12">
-        <v>27.913815251254903</v>
+        <v>27.91381527874308</v>
       </c>
       <c r="AN78" s="12">
-        <v>30.461016748966575</v>
+        <v>30.461016718542467</v>
       </c>
       <c r="AO78" s="12">
-        <v>32.279472122396534</v>
+        <v>32.279472131995171</v>
       </c>
       <c r="AP78" s="12">
-        <v>32.748924716360953</v>
+        <v>32.748924741133848</v>
       </c>
       <c r="AQ78" s="12">
-        <v>32.288060800822365</v>
+        <v>32.288060783742338</v>
       </c>
       <c r="AR78" s="12">
-        <v>31.414619750429939</v>
+        <v>31.4146197606123</v>
       </c>
       <c r="AS78" s="12">
-        <v>31.687689957958337</v>
+        <v>31.687689939597398</v>
       </c>
       <c r="AT78" s="12">
-        <v>32.126572874187382</v>
+        <v>32.126572890429053</v>
       </c>
       <c r="AU78" s="12">
-        <v>34.36538882596124</v>
+        <v>34.365388797956719</v>
       </c>
       <c r="AV78" s="12">
-        <v>35.947621006066349</v>
+        <v>35.947621032878082</v>
       </c>
       <c r="AW78" s="12">
-        <v>35.038935668676864</v>
+        <v>35.038935629368432</v>
       </c>
       <c r="AX78" s="12">
-        <v>35.323173087894283</v>
+        <v>35.323173120012697</v>
       </c>
       <c r="AY78" s="12">
-        <v>36.542585812046049</v>
+        <v>36.542585822693241</v>
       </c>
       <c r="AZ78" s="12">
-        <v>36.767687071412297</v>
+        <v>36.767687099651667</v>
       </c>
       <c r="BA78" s="12">
-        <v>36.707788713757559</v>
+        <v>36.707788689490279</v>
       </c>
       <c r="BB78" s="12">
-        <v>35.880749747661561</v>
+        <v>35.880749753163791</v>
       </c>
       <c r="BC78" s="12">
-        <v>35.232426269084414</v>
+        <v>35.232426247320689</v>
       </c>
       <c r="BD78" s="12">
-        <v>35.162501347349426</v>
+        <v>35.162501359952707</v>
       </c>
       <c r="BE78" s="12">
-        <v>35.209157568786019</v>
+        <v>35.209157571333485</v>
       </c>
       <c r="BF78" s="12">
-        <v>35.453325392617479</v>
+        <v>35.453325406599895</v>
       </c>
       <c r="BG78" s="12">
-        <v>36.736498313259055</v>
+        <v>36.736498297486229</v>
       </c>
       <c r="BH78" s="12">
-        <v>35.393169055367849</v>
+        <v>35.393169045081137</v>
       </c>
       <c r="BI78" s="12">
-        <v>35.050010393378066</v>
+        <v>35.050010404485192</v>
       </c>
       <c r="BJ78" s="12">
-        <v>35.668882311499942</v>
+        <v>35.742529005894937</v>
+      </c>
+      <c r="BK78" s="12">
+        <v>35.985321029984704</v>
       </c>
     </row>
-    <row r="79" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A79" s="22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B79" s="25" t="s">
         <v>37</v>
       </c>
       <c r="C79" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D79" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E79" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F79" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G79" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H79" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I79" s="12" t="s">
         <v>3</v>
       </c>
@@ -39211,155 +39823,158 @@
       <c r="U79" s="12">
         <v>56.278557973852564</v>
       </c>
       <c r="V79" s="12">
         <v>55.699316789974858</v>
       </c>
       <c r="W79" s="12">
         <v>55.751965008057361</v>
       </c>
       <c r="X79" s="12">
         <v>55.922043735430769</v>
       </c>
       <c r="Y79" s="12">
         <v>56.945795640999577</v>
       </c>
       <c r="Z79" s="12">
         <v>56.334940815431835</v>
       </c>
       <c r="AA79" s="12">
         <v>57.595478677855795</v>
       </c>
       <c r="AB79" s="12">
         <v>56.885219117998219</v>
       </c>
       <c r="AC79" s="12">
-        <v>57.622910271941976</v>
+        <v>57.622909809595981</v>
       </c>
       <c r="AD79" s="12">
-        <v>57.916193909335469</v>
+        <v>57.9161943080952</v>
       </c>
       <c r="AE79" s="12">
-        <v>58.011263773265696</v>
+        <v>58.011263692589353</v>
       </c>
       <c r="AF79" s="12">
-        <v>57.278884793086874</v>
+        <v>57.27888490490156</v>
       </c>
       <c r="AG79" s="12">
-        <v>57.767174796204259</v>
+        <v>57.767175244198008</v>
       </c>
       <c r="AH79" s="12">
-        <v>58.514127350647527</v>
+        <v>58.514127952759445</v>
       </c>
       <c r="AI79" s="12">
-        <v>59.269113525149322</v>
+        <v>59.269112881688017</v>
       </c>
       <c r="AJ79" s="12">
-        <v>59.846824295660461</v>
+        <v>59.846823957078222</v>
       </c>
       <c r="AK79" s="12">
-        <v>60.741469916643872</v>
+        <v>60.741470784813387</v>
       </c>
       <c r="AL79" s="12">
-        <v>59.4727405312941</v>
+        <v>59.472741141451714</v>
       </c>
       <c r="AM79" s="12">
-        <v>61.304383978973298</v>
+        <v>61.304384052261042</v>
       </c>
       <c r="AN79" s="12">
-        <v>59.58687970837385</v>
+        <v>59.586879393468031</v>
       </c>
       <c r="AO79" s="12">
-        <v>58.813085099758602</v>
+        <v>58.813085318593139</v>
       </c>
       <c r="AP79" s="12">
-        <v>59.471530982261953</v>
+        <v>59.471530845668028</v>
       </c>
       <c r="AQ79" s="12">
-        <v>58.945190978276564</v>
+        <v>58.945190901375341</v>
       </c>
       <c r="AR79" s="12">
-        <v>58.995212778056327</v>
+        <v>58.995212609014061</v>
       </c>
       <c r="AS79" s="12">
-        <v>59.123613176683179</v>
+        <v>59.123613077634609</v>
       </c>
       <c r="AT79" s="12">
-        <v>58.663867132283841</v>
+        <v>58.663866996649091</v>
       </c>
       <c r="AU79" s="12">
-        <v>60.098912286210016</v>
+        <v>60.09891230172267</v>
       </c>
       <c r="AV79" s="12">
-        <v>59.645055046682337</v>
+        <v>59.645055315130811</v>
       </c>
       <c r="AW79" s="12">
-        <v>60.00904428489121</v>
+        <v>60.009043816234687</v>
       </c>
       <c r="AX79" s="12">
-        <v>60.181721143985357</v>
+        <v>60.181721481356497</v>
       </c>
       <c r="AY79" s="12">
-        <v>60.029979357731065</v>
+        <v>60.029979301211334</v>
       </c>
       <c r="AZ79" s="12">
-        <v>60.128641064044132</v>
+        <v>60.128641406296012</v>
       </c>
       <c r="BA79" s="12">
-        <v>59.58925740125197</v>
+        <v>59.58925759802073</v>
       </c>
       <c r="BB79" s="12">
-        <v>59.95673314281408</v>
+        <v>59.956733217293504</v>
       </c>
       <c r="BC79" s="12">
-        <v>59.351257870194296</v>
+        <v>59.351257550368494</v>
       </c>
       <c r="BD79" s="12">
-        <v>60.078723275916154</v>
+        <v>60.078723524895253</v>
       </c>
       <c r="BE79" s="12">
-        <v>59.472546398254224</v>
+        <v>59.472546400714222</v>
       </c>
       <c r="BF79" s="12">
-        <v>59.558718096633754</v>
+        <v>59.558718440390422</v>
       </c>
       <c r="BG79" s="12">
-        <v>58.636516265057637</v>
+        <v>58.636516663867113</v>
       </c>
       <c r="BH79" s="12">
-        <v>60.23526185895679</v>
+        <v>60.235262288116751</v>
       </c>
       <c r="BI79" s="12">
-        <v>58.625281213927373</v>
+        <v>58.516622836693585</v>
       </c>
       <c r="BJ79" s="12">
-        <v>58.560923448150213</v>
+        <v>58.222929007044868</v>
+      </c>
+      <c r="BK79" s="12">
+        <v>58.442034020671997</v>
       </c>
     </row>
-    <row r="80" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A80" s="22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B80" s="25" t="s">
         <v>37</v>
       </c>
       <c r="C80" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D80" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E80" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F80" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G80" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H80" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I80" s="12" t="s">
         <v>3</v>
       </c>
@@ -39399,155 +40014,158 @@
       <c r="U80" s="12">
         <v>25.604729666722616</v>
       </c>
       <c r="V80" s="12">
         <v>26.080569223689331</v>
       </c>
       <c r="W80" s="12">
         <v>25.3214720294669</v>
       </c>
       <c r="X80" s="12">
         <v>26.090610678549343</v>
       </c>
       <c r="Y80" s="12">
         <v>25.59642219285891</v>
       </c>
       <c r="Z80" s="12">
         <v>26.035553167116852</v>
       </c>
       <c r="AA80" s="12">
         <v>25.32441013345278</v>
       </c>
       <c r="AB80" s="12">
         <v>25.523759252975402</v>
       </c>
       <c r="AC80" s="12">
-        <v>24.939616168776155</v>
+        <v>24.939615533033553</v>
       </c>
       <c r="AD80" s="12">
-        <v>24.60186777258771</v>
+        <v>24.601868131433712</v>
       </c>
       <c r="AE80" s="12">
-        <v>24.575232783258201</v>
+        <v>24.575232701281685</v>
       </c>
       <c r="AF80" s="12">
-        <v>24.899052963785696</v>
+        <v>24.8990525086068</v>
       </c>
       <c r="AG80" s="12">
-        <v>24.446293843206401</v>
+        <v>24.446293543015575</v>
       </c>
       <c r="AH80" s="12">
-        <v>23.973848247167503</v>
+        <v>23.973847990612697</v>
       </c>
       <c r="AI80" s="12">
-        <v>23.569378020765839</v>
+        <v>23.569378213730324</v>
       </c>
       <c r="AJ80" s="12">
-        <v>23.227222948175953</v>
+        <v>23.227223020729586</v>
       </c>
       <c r="AK80" s="12">
-        <v>22.850037283951</v>
+        <v>22.850037635325666</v>
       </c>
       <c r="AL80" s="12">
-        <v>23.687537599149262</v>
+        <v>23.687537989383369</v>
       </c>
       <c r="AM80" s="12">
-        <v>22.641755343999904</v>
+        <v>22.641755717990939</v>
       </c>
       <c r="AN80" s="12">
-        <v>23.701040519087186</v>
+        <v>23.70104041830886</v>
       </c>
       <c r="AO80" s="12">
-        <v>24.643841617381543</v>
+        <v>24.643841762852887</v>
       </c>
       <c r="AP80" s="12">
-        <v>24.167214832141212</v>
+        <v>24.167215036872953</v>
       </c>
       <c r="AQ80" s="12">
-        <v>24.861872129966304</v>
+        <v>24.861872083011981</v>
       </c>
       <c r="AR80" s="12">
-        <v>25.215834375417096</v>
+        <v>25.215834472747073</v>
       </c>
       <c r="AS80" s="12">
-        <v>25.146648628142653</v>
+        <v>25.146648473596589</v>
       </c>
       <c r="AT80" s="12">
-        <v>25.522820078568582</v>
+        <v>25.522819906761836</v>
       </c>
       <c r="AU80" s="12">
-        <v>24.605760670978981</v>
+        <v>24.605760961998197</v>
       </c>
       <c r="AV80" s="12">
-        <v>24.798960452411915</v>
+        <v>24.798960327729436</v>
       </c>
       <c r="AW80" s="12">
-        <v>24.719743413744599</v>
+        <v>24.719743287550568</v>
       </c>
       <c r="AX80" s="12">
-        <v>24.627713938432326</v>
+        <v>24.627714187476663</v>
       </c>
       <c r="AY80" s="12">
-        <v>24.852954608619932</v>
+        <v>24.85295454994867</v>
       </c>
       <c r="AZ80" s="12">
-        <v>24.709788045164306</v>
+        <v>24.709787914083151</v>
       </c>
       <c r="BA80" s="12">
-        <v>25.030243301125488</v>
+        <v>25.030243111857846</v>
       </c>
       <c r="BB80" s="12">
-        <v>24.734001957539199</v>
+        <v>24.734002144801877</v>
       </c>
       <c r="BC80" s="12">
-        <v>25.039569265231293</v>
+        <v>25.039569414496217</v>
       </c>
       <c r="BD80" s="12">
-        <v>24.553795133964876</v>
+        <v>24.553795018307476</v>
       </c>
       <c r="BE80" s="12">
-        <v>24.966945623679599</v>
+        <v>24.966945610343561</v>
       </c>
       <c r="BF80" s="12">
-        <v>25.033012356453487</v>
+        <v>25.033012547985724</v>
       </c>
       <c r="BG80" s="12">
-        <v>25.620929816080253</v>
+        <v>25.620929731338986</v>
       </c>
       <c r="BH80" s="12">
-        <v>24.488994831880515</v>
+        <v>24.488994985064988</v>
       </c>
       <c r="BI80" s="12">
-        <v>25.593949326881173</v>
+        <v>25.531072844299846</v>
       </c>
       <c r="BJ80" s="12">
-        <v>25.836790738971892</v>
+        <v>25.76734509321787</v>
+      </c>
+      <c r="BK80" s="12">
+        <v>25.73489213526063</v>
       </c>
     </row>
-    <row r="81" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A81" s="22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B81" s="25" t="s">
         <v>37</v>
       </c>
       <c r="C81" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D81" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E81" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F81" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G81" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H81" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I81" s="12" t="s">
         <v>3</v>
       </c>
@@ -39587,531 +40205,540 @@
       <c r="U81" s="12">
         <v>18.116712359424831</v>
       </c>
       <c r="V81" s="12">
         <v>18.2201139863358</v>
       </c>
       <c r="W81" s="12">
         <v>18.926562962475746</v>
       </c>
       <c r="X81" s="12">
         <v>17.987345586019885</v>
       </c>
       <c r="Y81" s="12">
         <v>17.457782166141513</v>
       </c>
       <c r="Z81" s="12">
         <v>17.629506017451316</v>
       </c>
       <c r="AA81" s="12">
         <v>17.080111188691426</v>
       </c>
       <c r="AB81" s="12">
         <v>17.591021629026379</v>
       </c>
       <c r="AC81" s="12">
-        <v>17.437473559281855</v>
+        <v>17.437473488227752</v>
       </c>
       <c r="AD81" s="12">
-        <v>17.481938318076811</v>
+        <v>17.481938686732104</v>
       </c>
       <c r="AE81" s="12">
-        <v>17.413503443476113</v>
+        <v>17.413503606128955</v>
       </c>
       <c r="AF81" s="12">
-        <v>17.82206224312743</v>
+        <v>17.822062586491647</v>
       </c>
       <c r="AG81" s="12">
-        <v>17.786531360589354</v>
+        <v>17.786531212786418</v>
       </c>
       <c r="AH81" s="12">
-        <v>17.512024402184974</v>
+        <v>17.512024056627869</v>
       </c>
       <c r="AI81" s="12">
-        <v>17.161508454084839</v>
+        <v>17.161507968943397</v>
       </c>
       <c r="AJ81" s="12">
-        <v>16.925952756163596</v>
+        <v>16.925953022192189</v>
       </c>
       <c r="AK81" s="12">
-        <v>16.408492799405124</v>
+        <v>16.408492459879788</v>
       </c>
       <c r="AL81" s="12">
-        <v>16.83972186955663</v>
+        <v>16.839721727136737</v>
       </c>
       <c r="AM81" s="12">
-        <v>16.053860677026822</v>
+        <v>16.05386101423348</v>
       </c>
       <c r="AN81" s="12">
-        <v>16.712079772538964</v>
+        <v>16.712079403431744</v>
       </c>
       <c r="AO81" s="12">
-        <v>16.543073282859869</v>
+        <v>16.543073688226432</v>
       </c>
       <c r="AP81" s="12">
-        <v>16.361254185596835</v>
+        <v>16.361254117459026</v>
       </c>
       <c r="AQ81" s="12">
-        <v>16.192936891757135</v>
+        <v>16.192937015612674</v>
       </c>
       <c r="AR81" s="12">
-        <v>15.788952846526572</v>
+        <v>15.788952918238891</v>
       </c>
       <c r="AS81" s="12">
-        <v>15.729738195174159</v>
+        <v>15.729738448768801</v>
       </c>
       <c r="AT81" s="12">
-        <v>15.813312789147584</v>
+        <v>15.813312431996849</v>
       </c>
       <c r="AU81" s="12">
-        <v>15.295327042810996</v>
+        <v>15.295326736279117</v>
       </c>
       <c r="AV81" s="12">
-        <v>15.555984500905758</v>
+        <v>15.555984357139764</v>
       </c>
       <c r="AW81" s="12">
-        <v>15.271212301364196</v>
+        <v>15.271212276002155</v>
       </c>
       <c r="AX81" s="12">
-        <v>15.190564917582334</v>
+        <v>15.190564931987605</v>
       </c>
       <c r="AY81" s="12">
-        <v>15.117066033649005</v>
+        <v>15.117066148839992</v>
       </c>
       <c r="AZ81" s="12">
-        <v>15.161570890791563</v>
+        <v>15.161570679620839</v>
       </c>
       <c r="BA81" s="12">
-        <v>15.380499297622535</v>
+        <v>15.380499290121415</v>
       </c>
       <c r="BB81" s="12">
-        <v>15.309264899646733</v>
+        <v>15.30926463790462</v>
       </c>
       <c r="BC81" s="12">
-        <v>15.609172864574406</v>
+        <v>15.60917303513529</v>
       </c>
       <c r="BD81" s="12">
-        <v>15.367481590118953</v>
+        <v>15.367481456797263</v>
       </c>
       <c r="BE81" s="12">
-        <v>15.560507978066182</v>
+        <v>15.560507988942222</v>
       </c>
       <c r="BF81" s="12">
-        <v>15.408269546912756</v>
+        <v>15.40826951593249</v>
       </c>
       <c r="BG81" s="12">
-        <v>15.742553918862113</v>
+        <v>15.742554119085616</v>
       </c>
       <c r="BH81" s="12">
-        <v>15.275743309162698</v>
+        <v>15.27574320668878</v>
       </c>
       <c r="BI81" s="12">
-        <v>15.780769459191468</v>
+        <v>15.952304793656586</v>
       </c>
       <c r="BJ81" s="12">
-        <v>15.602285812877891</v>
+        <v>16.009725899737255</v>
+      </c>
+      <c r="BK81" s="12">
+        <v>15.82307429043002</v>
       </c>
     </row>
-    <row r="82" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A82" s="22" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B82" s="25" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D82" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E82" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F82" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G82" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H82" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I82" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J82" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K82" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L82" s="12" t="s">
         <v>3</v>
       </c>
       <c r="M82" s="12" t="s">
         <v>3</v>
       </c>
       <c r="N82" s="12" t="s">
         <v>3</v>
       </c>
       <c r="O82" s="12" t="s">
         <v>3</v>
       </c>
       <c r="P82" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Q82" s="12" t="s">
         <v>3</v>
       </c>
       <c r="R82" s="12" t="s">
         <v>3</v>
       </c>
       <c r="S82" s="12">
-        <v>93.710342681849596</v>
+        <v>93.716719914802965</v>
       </c>
       <c r="T82" s="12">
-        <v>91.387096623854248</v>
+        <v>91.344873501997327</v>
       </c>
       <c r="U82" s="12">
-        <v>93.805368832197459</v>
+        <v>93.788819875776412</v>
       </c>
       <c r="V82" s="12">
-        <v>93.509991420978835</v>
+        <v>93.472803347280333</v>
       </c>
       <c r="W82" s="12">
-        <v>92.592314253732994</v>
+        <v>92.580849714648082</v>
       </c>
       <c r="X82" s="12">
-        <v>89.785912124695756</v>
+        <v>89.795165159623551</v>
       </c>
       <c r="Y82" s="12">
-        <v>90.016278613756214</v>
+        <v>90.016750418760466</v>
       </c>
       <c r="Z82" s="12">
-        <v>90.247035431144766</v>
+        <v>90.241126680418233</v>
       </c>
       <c r="AA82" s="12">
-        <v>89.863830416572981</v>
+        <v>89.862191888014621</v>
       </c>
       <c r="AB82" s="12">
-        <v>91.214510745289303</v>
+        <v>91.216789146410377</v>
       </c>
       <c r="AC82" s="12">
-        <v>91.222726152454555</v>
+        <v>91.22276567363275</v>
       </c>
       <c r="AD82" s="12">
-        <v>91.077428724455928</v>
+        <v>91.077437258504787</v>
       </c>
       <c r="AE82" s="12">
         <v>91.679069027804402</v>
       </c>
       <c r="AF82" s="12">
         <v>91.459139682038028</v>
       </c>
       <c r="AG82" s="12">
         <v>90.893357555723696</v>
       </c>
       <c r="AH82" s="12">
         <v>87.196338042483418</v>
       </c>
       <c r="AI82" s="12">
         <v>87.492363047536855</v>
       </c>
       <c r="AJ82" s="12">
-        <v>87.551025423356705</v>
+        <v>87.551026173161773</v>
       </c>
       <c r="AK82" s="12">
-        <v>84.345639215899354</v>
+        <v>84.345640763981891</v>
       </c>
       <c r="AL82" s="12">
         <v>85.907339535757927</v>
       </c>
       <c r="AM82" s="12">
-        <v>91.111078679898313</v>
+        <v>91.111078768206909</v>
       </c>
       <c r="AN82" s="12">
-        <v>91.247917352263499</v>
+        <v>91.247917366219994</v>
       </c>
       <c r="AO82" s="12">
-        <v>93.480310274502827</v>
+        <v>93.480310282059506</v>
       </c>
       <c r="AP82" s="12">
-        <v>94.137027392602036</v>
+        <v>94.1370274113427</v>
       </c>
       <c r="AQ82" s="12">
-        <v>92.977686985844457</v>
+        <v>92.97768699054096</v>
       </c>
       <c r="AR82" s="12">
-        <v>92.371831701473255</v>
+        <v>92.371831684948901</v>
       </c>
       <c r="AS82" s="12">
-        <v>91.709942994706068</v>
+        <v>91.709943149518452</v>
       </c>
       <c r="AT82" s="12">
-        <v>91.564772099644358</v>
+        <v>91.564772152261114</v>
       </c>
       <c r="AU82" s="12">
-        <v>91.305110442788333</v>
+        <v>91.305110435196426</v>
       </c>
       <c r="AV82" s="12">
-        <v>91.217141858705645</v>
+        <v>91.217141736486468</v>
       </c>
       <c r="AW82" s="12">
-        <v>90.685260565767805</v>
+        <v>90.685260519330754</v>
       </c>
       <c r="AX82" s="12">
-        <v>91.19431216836557</v>
+        <v>91.194312290062001</v>
       </c>
       <c r="AY82" s="12">
-        <v>91.071056796327341</v>
+        <v>91.071056796335</v>
       </c>
       <c r="AZ82" s="12">
-        <v>91.248147223779881</v>
+        <v>91.248147309542233</v>
       </c>
       <c r="BA82" s="12">
-        <v>90.55849775810924</v>
+        <v>90.558497685230037</v>
       </c>
       <c r="BB82" s="12">
-        <v>90.366049160514294</v>
+        <v>90.366049089932218</v>
       </c>
       <c r="BC82" s="12">
-        <v>90.309329834464137</v>
+        <v>90.309329795118018</v>
       </c>
       <c r="BD82" s="12">
-        <v>90.497898650726739</v>
+        <v>90.497898648585803</v>
       </c>
       <c r="BE82" s="12">
-        <v>90.402542666341404</v>
+        <v>90.402542631282671</v>
       </c>
       <c r="BF82" s="12">
-        <v>90.810458012931605</v>
+        <v>90.810458022927079</v>
       </c>
       <c r="BG82" s="12">
-        <v>90.593585040764069</v>
+        <v>90.593585004819388</v>
       </c>
       <c r="BH82" s="12">
-        <v>90.526814988912989</v>
+        <v>90.526815002078578</v>
       </c>
       <c r="BI82" s="12">
-        <v>90.260825987415728</v>
+        <v>90.260825992906689</v>
       </c>
       <c r="BJ82" s="12">
-        <v>90.966378430986651</v>
+        <v>90.966378422939655</v>
+      </c>
+      <c r="BK82" s="12">
+        <v>91.274317984631892</v>
       </c>
     </row>
-    <row r="83" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A83" s="22" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B83" s="25" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C83" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D83" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E83" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F83" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G83" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H83" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I83" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J83" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K83" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L83" s="12" t="s">
         <v>3</v>
       </c>
       <c r="M83" s="12" t="s">
         <v>3</v>
       </c>
       <c r="N83" s="12" t="s">
         <v>3</v>
       </c>
       <c r="O83" s="12" t="s">
         <v>3</v>
       </c>
       <c r="P83" s="12" t="s">
         <v>3</v>
       </c>
       <c r="Q83" s="12" t="s">
         <v>3</v>
       </c>
       <c r="R83" s="12" t="s">
         <v>3</v>
       </c>
       <c r="S83" s="12">
-        <v>6.2896573181503852</v>
+        <v>6.2832800851970187</v>
       </c>
       <c r="T83" s="12">
-        <v>8.6129033761457379</v>
+        <v>8.588548601864181</v>
       </c>
       <c r="U83" s="12">
-        <v>6.1946311678025365</v>
+        <v>6.2111801242236027</v>
       </c>
       <c r="V83" s="12">
-        <v>6.4900085790211541</v>
+        <v>6.485355648535565</v>
       </c>
       <c r="W83" s="12">
-        <v>7.4076857462669992</v>
+        <v>7.4191502853519342</v>
       </c>
       <c r="X83" s="12">
-        <v>10.214087875304237</v>
+        <v>10.223288429599558</v>
       </c>
       <c r="Y83" s="12">
-        <v>9.9837213862437775</v>
+        <v>9.9832495812395319</v>
       </c>
       <c r="Z83" s="12">
-        <v>9.7529645688552282</v>
+        <v>9.7517604381534948</v>
       </c>
       <c r="AA83" s="12">
-        <v>10.136169583427037</v>
+        <v>10.137808111985393</v>
       </c>
       <c r="AB83" s="12">
-        <v>8.7854892547106953</v>
+        <v>8.7855662332768034</v>
       </c>
       <c r="AC83" s="12">
-        <v>8.7772738475454375</v>
+        <v>8.7772343263672745</v>
       </c>
       <c r="AD83" s="12">
-        <v>8.9225712755440867</v>
+        <v>8.9225627414952093</v>
       </c>
       <c r="AE83" s="12">
         <v>8.3209309721956064</v>
       </c>
       <c r="AF83" s="12">
         <v>8.5408603179619806</v>
       </c>
       <c r="AG83" s="12">
         <v>9.1066424442762983</v>
       </c>
       <c r="AH83" s="12">
         <v>12.803661957516589</v>
       </c>
       <c r="AI83" s="12">
         <v>12.507636952463136</v>
       </c>
       <c r="AJ83" s="12">
-        <v>12.448974576643288</v>
+        <v>12.448973826838234</v>
       </c>
       <c r="AK83" s="12">
-        <v>15.654360784099286</v>
+        <v>15.654359236018106</v>
       </c>
       <c r="AL83" s="12">
         <v>14.09266046424208</v>
       </c>
       <c r="AM83" s="12">
-        <v>8.8889213201016766</v>
+        <v>8.8889212317930841</v>
       </c>
       <c r="AN83" s="12">
-        <v>8.7520826477365077</v>
+        <v>8.7520826337799935</v>
       </c>
       <c r="AO83" s="12">
-        <v>6.5196897254971757</v>
+        <v>6.519689717940488</v>
       </c>
       <c r="AP83" s="12">
-        <v>5.8629726073979631</v>
+        <v>5.8629725886573025</v>
       </c>
       <c r="AQ83" s="12">
-        <v>7.022313014155519</v>
+        <v>7.0223130094590562</v>
       </c>
       <c r="AR83" s="12">
-        <v>7.6281682985267301</v>
+        <v>7.6281683150510746</v>
       </c>
       <c r="AS83" s="12">
-        <v>8.2900570052939315</v>
+        <v>8.2900568504815482</v>
       </c>
       <c r="AT83" s="12">
-        <v>8.4352279003556347</v>
+        <v>8.4352278477388865</v>
       </c>
       <c r="AU83" s="12">
-        <v>8.6948895572121128</v>
+        <v>8.6948895648035904</v>
       </c>
       <c r="AV83" s="12">
-        <v>8.7828581412956357</v>
+        <v>8.7828582635135231</v>
       </c>
       <c r="AW83" s="12">
-        <v>9.3147394342325249</v>
+        <v>9.3147394806692407</v>
       </c>
       <c r="AX83" s="12">
-        <v>8.8056878316347245</v>
+        <v>8.8056877099380131</v>
       </c>
       <c r="AY83" s="12">
-        <v>8.9289432036726506</v>
+        <v>8.9289432036649909</v>
       </c>
       <c r="AZ83" s="12">
-        <v>8.7518527762201082</v>
+        <v>8.7518526904577545</v>
       </c>
       <c r="BA83" s="12">
-        <v>9.4415022418909516</v>
+        <v>9.441502314769961</v>
       </c>
       <c r="BB83" s="12">
-        <v>9.633950839485534</v>
+        <v>9.6339509100677745</v>
       </c>
       <c r="BC83" s="12">
-        <v>9.6906701655358383</v>
+        <v>9.6906702048819522</v>
       </c>
       <c r="BD83" s="12">
-        <v>9.5021013492731363</v>
+        <v>9.5021013514141899</v>
       </c>
       <c r="BE83" s="12">
-        <v>9.5974573336590492</v>
+        <v>9.5974573687173272</v>
       </c>
       <c r="BF83" s="12">
-        <v>9.1895419870681998</v>
+        <v>9.1895419770729188</v>
       </c>
       <c r="BG83" s="12">
-        <v>9.4064149592359136</v>
+        <v>9.4064149951805973</v>
       </c>
       <c r="BH83" s="12">
-        <v>9.4731850110864002</v>
+        <v>9.4731849979214235</v>
       </c>
       <c r="BI83" s="12">
-        <v>9.7391740125839306</v>
+        <v>9.7391740070932968</v>
       </c>
       <c r="BJ83" s="12">
-        <v>9.033621569013496</v>
+        <v>9.033621560834689</v>
+      </c>
+      <c r="BK83" s="12">
+        <v>8.7256820153680845</v>
       </c>
     </row>
-    <row r="84" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A84" s="22" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B84" s="25" t="s">
         <v>38</v>
       </c>
       <c r="C84" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D84" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E84" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F84" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G84" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H84" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I84" s="12" t="s">
         <v>3</v>
       </c>
@@ -40181,125 +40808,128 @@
       <c r="AE84" s="12">
         <v>95.044641567222399</v>
       </c>
       <c r="AF84" s="12">
         <v>95.067584823920015</v>
       </c>
       <c r="AG84" s="12">
         <v>95.291636153147891</v>
       </c>
       <c r="AH84" s="12">
         <v>95.265968741611459</v>
       </c>
       <c r="AI84" s="12">
         <v>95.32740635551292</v>
       </c>
       <c r="AJ84" s="12">
         <v>95.323575245271343</v>
       </c>
       <c r="AK84" s="12">
         <v>95.463241585510062</v>
       </c>
       <c r="AL84" s="12">
         <v>95.460903728081391</v>
       </c>
       <c r="AM84" s="12">
-        <v>95.453748855995968</v>
+        <v>95.453824734553777</v>
       </c>
       <c r="AN84" s="12">
         <v>95.265211602550025</v>
       </c>
       <c r="AO84" s="12">
         <v>95.016851034714989</v>
       </c>
       <c r="AP84" s="12">
-        <v>94.746012472897647</v>
+        <v>94.746133038798604</v>
       </c>
       <c r="AQ84" s="12">
-        <v>94.762522551327194</v>
+        <v>94.762695280349135</v>
       </c>
       <c r="AR84" s="12">
-        <v>94.825295939029459</v>
+        <v>94.825512215557168</v>
       </c>
       <c r="AS84" s="12">
-        <v>94.864227416805363</v>
+        <v>94.864429324819127</v>
       </c>
       <c r="AT84" s="12">
-        <v>94.889062976440059</v>
+        <v>94.889273737481545</v>
       </c>
       <c r="AU84" s="12">
-        <v>94.656221905385948</v>
+        <v>94.656378376354027</v>
       </c>
       <c r="AV84" s="12">
-        <v>94.176566072868013</v>
+        <v>94.176517671506616</v>
       </c>
       <c r="AW84" s="12">
-        <v>94.336337479465925</v>
+        <v>94.336348468908241</v>
       </c>
       <c r="AX84" s="12">
-        <v>94.578859198637858</v>
+        <v>94.580655080018147</v>
       </c>
       <c r="AY84" s="12">
-        <v>94.562715608463193</v>
+        <v>94.565400935816498</v>
       </c>
       <c r="AZ84" s="12">
-        <v>94.565911323137357</v>
+        <v>94.568778584337934</v>
       </c>
       <c r="BA84" s="12">
-        <v>94.581234054231714</v>
+        <v>94.584096689096071</v>
       </c>
       <c r="BB84" s="12">
-        <v>94.605321182046637</v>
+        <v>94.608204487718524</v>
       </c>
       <c r="BC84" s="12">
-        <v>94.640694585767719</v>
+        <v>94.643346785089605</v>
       </c>
       <c r="BD84" s="12">
-        <v>94.641166317423398</v>
+        <v>94.643712447316346</v>
       </c>
       <c r="BE84" s="12">
-        <v>94.475459461038824</v>
+        <v>94.541469264530761</v>
       </c>
       <c r="BF84" s="12">
-        <v>94.360571480252148</v>
+        <v>94.386339106581943</v>
       </c>
       <c r="BG84" s="12">
-        <v>93.995523746211205</v>
+        <v>93.97989381811179</v>
       </c>
       <c r="BH84" s="12">
-        <v>94.75608657509234</v>
+        <v>94.755110057229871</v>
       </c>
       <c r="BI84" s="12">
-        <v>95.149514905585491</v>
+        <v>95.137897334351777</v>
       </c>
       <c r="BJ84" s="12">
-        <v>95.217995095455734</v>
+        <v>95.195017539314705</v>
+      </c>
+      <c r="BK84" s="12">
+        <v>95.078964855235839</v>
       </c>
     </row>
-    <row r="85" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A85" s="22" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B85" s="25" t="s">
         <v>38</v>
       </c>
       <c r="C85" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D85" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E85" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F85" s="12" t="s">
         <v>3</v>
       </c>
       <c r="G85" s="12" t="s">
         <v>3</v>
       </c>
       <c r="H85" s="12" t="s">
         <v>3</v>
       </c>
       <c r="I85" s="12" t="s">
         <v>3</v>
       </c>
@@ -40369,125 +40999,128 @@
       <c r="AE85" s="12">
         <v>4.0162963391025457</v>
       </c>
       <c r="AF85" s="12">
         <v>3.9046907367644414</v>
       </c>
       <c r="AG85" s="12">
         <v>3.7725672137905022</v>
       </c>
       <c r="AH85" s="12">
         <v>3.7272082597146601</v>
       </c>
       <c r="AI85" s="12">
         <v>3.7971432671898722</v>
       </c>
       <c r="AJ85" s="12">
         <v>3.8385096226567752</v>
       </c>
       <c r="AK85" s="12">
         <v>3.8580232077448882</v>
       </c>
       <c r="AL85" s="12">
         <v>3.9163956765927752</v>
       </c>
       <c r="AM85" s="12">
-        <v>3.9537335562460538</v>
+        <v>3.9536675670187407</v>
       </c>
       <c r="AN85" s="12">
         <v>4.1653447438994959</v>
       </c>
       <c r="AO85" s="12">
         <v>4.4635865309318712</v>
       </c>
       <c r="AP85" s="12">
-        <v>4.7555139943698972</v>
+        <v>4.7554048671924498</v>
       </c>
       <c r="AQ85" s="12">
-        <v>4.7262857038061492</v>
+        <v>4.7261298335966968</v>
       </c>
       <c r="AR85" s="12">
-        <v>4.6757783792853207</v>
+        <v>4.6755829553344679</v>
       </c>
       <c r="AS85" s="12">
-        <v>4.6381081703422735</v>
+        <v>4.6379258275314958</v>
       </c>
       <c r="AT85" s="12">
-        <v>4.6366838570380908</v>
+        <v>4.6364926528980019</v>
       </c>
       <c r="AU85" s="12">
-        <v>4.8188486251752662</v>
+        <v>4.8187075246475128</v>
       </c>
       <c r="AV85" s="12">
-        <v>5.2718189185146516</v>
+        <v>5.2718627351382921</v>
       </c>
       <c r="AW85" s="12">
-        <v>5.0923298452250156</v>
+        <v>5.0923199643634991</v>
       </c>
       <c r="AX85" s="12">
-        <v>4.8834207563232912</v>
+        <v>4.881803007452743</v>
       </c>
       <c r="AY85" s="12">
-        <v>4.9108318785344354</v>
+        <v>4.908406551804906</v>
       </c>
       <c r="AZ85" s="12">
-        <v>4.9208993966605865</v>
+        <v>4.918302916413217</v>
       </c>
       <c r="BA85" s="12">
-        <v>4.9173107091186923</v>
+        <v>4.9147129838772488</v>
       </c>
       <c r="BB85" s="12">
-        <v>4.8898475607986009</v>
+        <v>4.8872340733821114</v>
       </c>
       <c r="BC85" s="12">
-        <v>4.8445261575659586</v>
+        <v>4.8421287108827178</v>
       </c>
       <c r="BD85" s="12">
-        <v>4.8560900260245301</v>
+        <v>4.8537827635285336</v>
       </c>
       <c r="BE85" s="12">
-        <v>5.051672877399314</v>
+        <v>4.9855592370465693</v>
       </c>
       <c r="BF85" s="12">
-        <v>5.1788336273309303</v>
+        <v>5.1533938449620731</v>
       </c>
       <c r="BG85" s="12">
-        <v>5.5850406025038168</v>
+        <v>5.6008932478027003</v>
       </c>
       <c r="BH85" s="12">
-        <v>5.2439134249076496</v>
+        <v>5.2448899427701301</v>
       </c>
       <c r="BI85" s="12">
-        <v>4.8504850944145135</v>
+        <v>4.8621026656482371</v>
       </c>
       <c r="BJ85" s="12">
-        <v>4.7820049045442516</v>
+        <v>4.804982460685296</v>
+      </c>
+      <c r="BK85" s="12">
+        <v>4.9210351447641649</v>
       </c>
     </row>
-    <row r="86" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A86" s="22" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B86" s="25" t="s">
         <v>39</v>
       </c>
       <c r="C86" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D86" t="s">
         <v>3</v>
       </c>
       <c r="E86" t="s">
         <v>3</v>
       </c>
       <c r="F86" t="s">
         <v>3</v>
       </c>
       <c r="G86" t="s">
         <v>3</v>
       </c>
       <c r="H86" t="s">
         <v>3</v>
       </c>
       <c r="I86" t="s">
         <v>3</v>
       </c>
@@ -40563,119 +41196,122 @@
       <c r="AG86" s="19">
         <v>66.10054879247987</v>
       </c>
       <c r="AH86" s="19">
         <v>66.612601247188636</v>
       </c>
       <c r="AI86" s="19">
         <v>67.241931235549941</v>
       </c>
       <c r="AJ86" s="19">
         <v>67.917966220097227</v>
       </c>
       <c r="AK86" s="19">
         <v>68.237380995235327</v>
       </c>
       <c r="AL86" s="19">
         <v>68.464373223074958</v>
       </c>
       <c r="AM86" s="19">
         <v>68.944075823449339</v>
       </c>
       <c r="AN86" s="19">
         <v>68.0377755193647</v>
       </c>
       <c r="AO86" s="19">
-        <v>65.93050089450935</v>
+        <v>65.930502140909667</v>
       </c>
       <c r="AP86" s="19">
-        <v>65.038190609945474</v>
+        <v>65.038188117131412</v>
       </c>
       <c r="AQ86" s="19">
-        <v>64.763085085253081</v>
+        <v>64.763086250010929</v>
       </c>
       <c r="AR86" s="19">
         <v>65.363203942314499</v>
       </c>
       <c r="AS86" s="19">
-        <v>65.846469198412606</v>
+        <v>65.846471968246405</v>
       </c>
       <c r="AT86" s="19">
-        <v>65.695018123529564</v>
+        <v>65.695014576522297</v>
       </c>
       <c r="AU86" s="19">
         <v>64.633213772801284</v>
       </c>
       <c r="AV86" s="19">
-        <v>61.701660353129171</v>
+        <v>61.701663816933518</v>
       </c>
       <c r="AW86" s="19">
-        <v>62.723794277075974</v>
+        <v>62.723793217232817</v>
       </c>
       <c r="AX86" s="19">
-        <v>62.999585239069113</v>
+        <v>62.9995882336883</v>
       </c>
       <c r="AY86" s="19">
-        <v>63.472545550644668</v>
+        <v>63.47254273161159</v>
       </c>
       <c r="AZ86" s="19">
-        <v>65.173691065832287</v>
+        <v>65.173693095406307</v>
       </c>
       <c r="BA86" s="19">
         <v>65.987027669158266</v>
       </c>
       <c r="BB86" s="19">
-        <v>66.448479808212952</v>
+        <v>66.448480370602311</v>
       </c>
       <c r="BC86" s="19">
-        <v>66.061033911842941</v>
+        <v>66.061029419732989</v>
       </c>
       <c r="BD86" s="19">
-        <v>66.702893058029247</v>
+        <v>66.702890234737893</v>
       </c>
       <c r="BE86" s="19">
         <v>64.513830334370169</v>
       </c>
       <c r="BF86" s="19">
-        <v>64.012875429234896</v>
+        <v>64.014167031444842</v>
       </c>
       <c r="BG86" s="19">
-        <v>64.285732246876677</v>
+        <v>64.193199074423191</v>
       </c>
       <c r="BH86" s="19">
-        <v>65.005466791208349</v>
+        <v>65.014499255661008</v>
       </c>
       <c r="BI86" s="19">
-        <v>66.014760743075854</v>
+        <v>66.30588739996864</v>
       </c>
       <c r="BJ86" s="19">
-        <v>65.186230155045834</v>
+        <v>65.036693012895569</v>
+      </c>
+      <c r="BK86" s="19">
+        <v>65.204484197731858</v>
       </c>
     </row>
-    <row r="87" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:63" ht="13" x14ac:dyDescent="0.3">
       <c r="A87" s="22" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B87" s="25" t="s">
         <v>39</v>
       </c>
       <c r="C87" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D87" t="s">
         <v>3</v>
       </c>
       <c r="E87" t="s">
         <v>3</v>
       </c>
       <c r="F87" t="s">
         <v>3</v>
       </c>
       <c r="G87" t="s">
         <v>3</v>
       </c>
       <c r="H87" t="s">
         <v>3</v>
       </c>
       <c r="I87" t="s">
         <v>3</v>
       </c>
@@ -40751,119 +41387,122 @@
       <c r="AG87" s="19">
         <v>20.127580542305587</v>
       </c>
       <c r="AH87" s="19">
         <v>20.041674351778113</v>
       </c>
       <c r="AI87" s="19">
         <v>19.761779226232349</v>
       </c>
       <c r="AJ87" s="19">
         <v>19.322360705328663</v>
       </c>
       <c r="AK87" s="19">
         <v>19.319586043058987</v>
       </c>
       <c r="AL87" s="19">
         <v>19.173114389905134</v>
       </c>
       <c r="AM87" s="19">
         <v>18.879443253856778</v>
       </c>
       <c r="AN87" s="19">
         <v>19.220374562450761</v>
       </c>
       <c r="AO87" s="19">
-        <v>19.712978789766172</v>
+        <v>19.712978068585542</v>
       </c>
       <c r="AP87" s="19">
-        <v>20.085541159519931</v>
+        <v>20.085542591640319</v>
       </c>
       <c r="AQ87" s="19">
-        <v>20.226277932606152</v>
+        <v>20.226277264025587</v>
       </c>
       <c r="AR87" s="19">
         <v>20.051659924159047</v>
       </c>
       <c r="AS87" s="19">
-        <v>19.8085597811395</v>
+        <v>19.808558174675479</v>
       </c>
       <c r="AT87" s="19">
-        <v>19.711732098380779</v>
+        <v>19.711734136500421</v>
       </c>
       <c r="AU87" s="19">
         <v>20.292912249348426</v>
       </c>
       <c r="AV87" s="19">
-        <v>20.695283441448566</v>
+        <v>20.695281569711753</v>
       </c>
       <c r="AW87" s="19">
-        <v>20.580889435204679</v>
+        <v>20.580890020363885</v>
       </c>
       <c r="AX87" s="19">
-        <v>20.925794937025653</v>
+        <v>20.925793243401756</v>
       </c>
       <c r="AY87" s="19">
-        <v>20.837675218291157</v>
+        <v>20.837676826454015</v>
       </c>
       <c r="AZ87" s="19">
-        <v>20.158637745407201</v>
+        <v>20.158636570621557</v>
       </c>
       <c r="BA87" s="19">
         <v>19.541095656258502</v>
       </c>
       <c r="BB87" s="19">
-        <v>19.298940687851935</v>
+        <v>19.29894036436378</v>
       </c>
       <c r="BC87" s="19">
-        <v>19.256237719306185</v>
+        <v>19.256240268032542</v>
       </c>
       <c r="BD87" s="19">
-        <v>18.910294613095608</v>
+        <v>18.910296216516347</v>
       </c>
       <c r="BE87" s="19">
         <v>20.334047096241534</v>
       </c>
       <c r="BF87" s="19">
-        <v>20.820863649294346</v>
+        <v>20.819643762758282</v>
       </c>
       <c r="BG87" s="19">
-        <v>20.343761304470334</v>
+        <v>20.417101901078645</v>
       </c>
       <c r="BH87" s="19">
-        <v>21.10668525805929</v>
+        <v>20.893512111775198</v>
       </c>
       <c r="BI87" s="19">
-        <v>20.868668013282957</v>
+        <v>20.50343925192837</v>
       </c>
       <c r="BJ87" s="19">
-        <v>20.78897610054932</v>
+        <v>20.503873070207892</v>
+      </c>
+      <c r="BK87" s="19">
+        <v>20.26234086515117</v>
       </c>
     </row>
-    <row r="88" spans="1:62" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:63" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A88" s="22" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B88" s="26" t="s">
         <v>39</v>
       </c>
       <c r="C88" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D88" s="18" t="s">
         <v>3</v>
       </c>
       <c r="E88" s="18" t="s">
         <v>3</v>
       </c>
       <c r="F88" s="18" t="s">
         <v>3</v>
       </c>
       <c r="G88" s="18" t="s">
         <v>3</v>
       </c>
       <c r="H88" s="18" t="s">
         <v>3</v>
       </c>
       <c r="I88" s="18" t="s">
         <v>3</v>
       </c>
@@ -40939,177 +41578,178 @@
       <c r="AG88" s="13">
         <v>13.771870665214536</v>
       </c>
       <c r="AH88" s="13">
         <v>13.345724401033246</v>
       </c>
       <c r="AI88" s="13">
         <v>12.996289538217717</v>
       </c>
       <c r="AJ88" s="13">
         <v>12.759673074574096</v>
       </c>
       <c r="AK88" s="13">
         <v>12.443032961705669</v>
       </c>
       <c r="AL88" s="13">
         <v>12.362512387019905</v>
       </c>
       <c r="AM88" s="13">
         <v>12.176480922693885</v>
       </c>
       <c r="AN88" s="13">
         <v>12.741849918184537</v>
       </c>
       <c r="AO88" s="13">
-        <v>14.356520315724474</v>
+        <v>14.356519790504796</v>
       </c>
       <c r="AP88" s="13">
-        <v>14.876268230534576</v>
+        <v>14.876269291228281</v>
       </c>
       <c r="AQ88" s="13">
-        <v>15.010636982140783</v>
+        <v>15.010636485963474</v>
       </c>
       <c r="AR88" s="13">
         <v>14.585136133526454</v>
       </c>
       <c r="AS88" s="13">
-        <v>14.344971020447883</v>
+        <v>14.344969857078105</v>
       </c>
       <c r="AT88" s="13">
-        <v>14.593249778089648</v>
+        <v>14.593251286977294</v>
       </c>
       <c r="AU88" s="13">
         <v>15.073873977850283</v>
       </c>
       <c r="AV88" s="13">
-        <v>17.603056205422252</v>
+        <v>17.60305461335474</v>
       </c>
       <c r="AW88" s="13">
-        <v>16.695316287719347</v>
+        <v>16.695316762403305</v>
       </c>
       <c r="AX88" s="13">
-        <v>16.074619823905241</v>
+        <v>16.074618522909969</v>
       </c>
       <c r="AY88" s="13">
-        <v>15.689779231064172</v>
+        <v>15.689780441934381</v>
       </c>
       <c r="AZ88" s="13">
-        <v>14.667671188760517</v>
+        <v>14.667670333972124</v>
       </c>
       <c r="BA88" s="13">
         <v>14.471876674583248</v>
       </c>
       <c r="BB88" s="13">
-        <v>14.252579503935111</v>
+        <v>14.252579265033882</v>
       </c>
       <c r="BC88" s="13">
-        <v>14.682728368850873</v>
+        <v>14.682730312234485</v>
       </c>
       <c r="BD88" s="13">
-        <v>14.386812328875131</v>
+        <v>14.386813548745774</v>
       </c>
       <c r="BE88" s="13">
         <v>15.152122569388302</v>
       </c>
       <c r="BF88" s="13">
-        <v>15.16626092147075</v>
+        <v>15.16618920579687</v>
       </c>
       <c r="BG88" s="13">
-        <v>15.370506448652987</v>
+        <v>15.389699024498164</v>
       </c>
       <c r="BH88" s="13">
-        <v>13.887847950732368</v>
+        <v>14.09198863256379</v>
       </c>
       <c r="BI88" s="13">
-        <v>13.116571243641189</v>
+        <v>13.19067334810299</v>
       </c>
       <c r="BJ88" s="13">
-        <v>14.024793744404857</v>
+        <v>14.459433916896542</v>
+      </c>
+      <c r="BK88" s="13">
+        <v>14.533174937116966</v>
       </c>
     </row>
-    <row r="89" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:63" x14ac:dyDescent="0.25">
       <c r="B89" s="27" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C89" s="8" t="str">
         <f>tax_rev!C89</f>
-        <v>Preliminary data for 2023 were not available for Australia and Japan at the time this database was updated (December 2024).</v>
+        <v>Preliminary data for 2024 were not available for Australia and Japan at the time this database was updated (December 2025).</v>
       </c>
     </row>
-    <row r="90" spans="1:62" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:63" x14ac:dyDescent="0.25">
       <c r="B90" s="27" t="s">
         <v>40</v>
       </c>
       <c r="C90" s="8" t="str">
         <f>tax_rev!C90</f>
-        <v>OECD (2024), Revenue Statistics 2024, OECD Publishing, Paris, https://doi.org/10.1787/2522770x.</v>
+        <v>OECD (2025), Revenue Statistics 2025, OECD Publishing, Paris, https://doi.org/10.1787/2522770x.</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K0000FF Restricted Use - À usage restreint</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>tax_rev</vt:lpstr>
       <vt:lpstr>tot_tax_rev</vt:lpstr>
       <vt:lpstr>tax_rev_%_total</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>OECD</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Table 9 Tax revenue as percentage of total general government tax revenue</dc:title>
-[...1 lines deleted...]
-  <dc:creator>OECD</dc:creator>
+  <dc:creator>BEISEMANN Leonie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_0e5510b0-e729-4ef0-a3dd-4ba0dfe56c99_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_0e5510b0-e729-4ef0-a3dd-4ba0dfe56c99_SetDate">
     <vt:lpwstr>2025-01-30T22:21:46Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_0e5510b0-e729-4ef0-a3dd-4ba0dfe56c99_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_0e5510b0-e729-4ef0-a3dd-4ba0dfe56c99_Name">
     <vt:lpwstr>Restricted Use</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_0e5510b0-e729-4ef0-a3dd-4ba0dfe56c99_SiteId">
     <vt:lpwstr>ac41c7d4-1f61-460d-b0f4-fc925a2b471c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_0e5510b0-e729-4ef0-a3dd-4ba0dfe56c99_ActionId">
     <vt:lpwstr>41df26b7-276b-4d17-a605-9c00660eded0</vt:lpwstr>